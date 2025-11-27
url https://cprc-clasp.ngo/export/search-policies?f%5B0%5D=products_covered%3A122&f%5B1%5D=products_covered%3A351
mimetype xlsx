--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,341 +12,414 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60879</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Ventilating Fans Version 4.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions of a Residential Ventilating Fan as specified in the policy document and are intended for residential household use only are eligible for ENERGY STAR certification. The following product types are eligible: range hoods; in-line single and multi-port; bathroom; and utility room fans- including ducted and direct-discharge models. Ventilating fans with sensors and timers may certify under this specification. Residential ventilating fans that certify under this specification may also be appropriate for some light commercial applications such as the bathroom of a restaurant.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>ANSI/AMCA 210-16; ANSI/AMCA 300-14</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-ventilating-fans-version-41</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/heating_cooling/fans_ventilating/partners</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>JS 2112:2013 Technical Regulation on eco-design requirements for fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market or putting into service of fans, including those integrated in other energy-related products as covered by the Framework Technical Regulation.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2112</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21122013-technical-regulation-eco-design-requirements-fans</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5472</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -610,615 +683,690 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="179" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="179.242" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="721.824" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2020</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4">
+        <v>2017</v>
+      </c>
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2015</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>69</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>76</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>35</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>85</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>86</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>91</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10">
+        <v>2013</v>
+      </c>
+      <c r="I10">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-[...6 lines deleted...]
-      <c r="K2" t="s">
+      <c r="J10" t="s">
+        <v>46</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" t="s">
+        <v>98</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
+        <v>101</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>34</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1997</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12" t="s">
+        <v>104</v>
+      </c>
+      <c r="M12" t="s">
+        <v>105</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...411 lines deleted...]
-        <v>83</v>
+      <c r="O12" t="s">
+        <v>106</v>
+      </c>
+      <c r="P12" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>