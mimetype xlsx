--- v1 (2025-11-27)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -80,90 +80,93 @@
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
     <t>7821/2014 Energy efficiency of household electrical appliances Methods for measuring and calculating energy efficiency of electric circulating air fans</t>
   </si>
   <si>
     <t>This standard specifies the MEPS and testing methods for electric circulating air fans.</t>
   </si>
   <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Integrated Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Electricity</t>
+  </si>
+  <si>
+    <t>IEC 60879</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/78212014-energy-efficiency-household-electrical-appliances-methods-measuring-and</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/14009</t>
+  </si>
+  <si>
+    <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
+  </si>
+  <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Windows, Insulations</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
     <t>Entered into force, New</t>
-  </si>
-[...37 lines deleted...]
-    <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
     <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
   </si>
   <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
     <t>Applies to Aluminum Thermal Profiles.</t>
   </si>
@@ -827,510 +830,510 @@
       </c>
       <c r="P2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
         <v>30</v>
       </c>
       <c r="B3" t="s">
         <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>32</v>
       </c>
       <c r="D3" t="s">
         <v>33</v>
       </c>
       <c r="E3" t="s">
         <v>34</v>
       </c>
       <c r="F3" t="s">
         <v>35</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H3">
         <v>2020</v>
       </c>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N3" t="s">
         <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="P3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
         <v>32</v>
       </c>
       <c r="D4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>35</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H4">
         <v>2009</v>
       </c>
       <c r="I4">
         <v>2017</v>
       </c>
       <c r="J4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K4" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H5">
         <v>2015</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>34</v>
       </c>
       <c r="F6" t="s">
         <v>35</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H6">
         <v>2012</v>
       </c>
       <c r="I6">
         <v>2015</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E7" t="s">
         <v>34</v>
       </c>
       <c r="F7" t="s">
         <v>35</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H7">
         <v>2015</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="K7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L7"/>
       <c r="M7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E8" t="s">
         <v>34</v>
       </c>
       <c r="F8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G8" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H8">
         <v>2022</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>34</v>
       </c>
       <c r="F9" t="s">
         <v>35</v>
       </c>
       <c r="G9" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H9">
         <v>2010</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B10" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10">
         <v>2013</v>
       </c>
       <c r="I10">
         <v>2014</v>
       </c>
       <c r="J10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C11" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D11" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E11" t="s">
         <v>34</v>
       </c>
       <c r="F11" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H11">
         <v>2018</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K11" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>35</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="H12">
         <v>1997</v>
       </c>
       <c r="I12">
         <v>2011</v>
       </c>
       <c r="J12" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L12" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">