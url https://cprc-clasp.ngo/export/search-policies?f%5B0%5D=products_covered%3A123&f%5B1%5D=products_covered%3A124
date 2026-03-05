--- v0 (2025-11-27)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -355,85 +355,88 @@
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
     <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/12848/</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -1731,788 +1734,788 @@
       </c>
       <c r="P13" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>121</v>
       </c>
       <c r="B14" t="s">
         <v>122</v>
       </c>
       <c r="C14" t="s">
         <v>114</v>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>115</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H14">
         <v>2013</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M14" t="s">
         <v>118</v>
       </c>
       <c r="N14" t="s">
         <v>26</v>
       </c>
       <c r="O14" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C15" t="s">
         <v>56</v>
       </c>
       <c r="D15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>115</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2023</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>50</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="M15" t="s">
         <v>58</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="P15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
         <v>84</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>49</v>
       </c>
       <c r="H16">
         <v>2008</v>
       </c>
       <c r="I16">
         <v>2021</v>
       </c>
       <c r="J16" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="M16" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="N16" t="s">
         <v>26</v>
       </c>
       <c r="O16" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B17" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D17" t="s">
         <v>32</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="G17" t="s">
         <v>49</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2014</v>
       </c>
       <c r="J17" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M17" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P17"/>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D18" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2022</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="P18" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B19" t="s">
         <v>82</v>
       </c>
       <c r="C19" t="s">
         <v>83</v>
       </c>
       <c r="D19" t="s">
         <v>84</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>33</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2009</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>85</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
         <v>86</v>
       </c>
       <c r="M19" t="s">
         <v>87</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P19" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D20" t="s">
         <v>84</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>115</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2021</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M20" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="P20" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C21" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D21" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>115</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="P21" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B22" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C22" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D22" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E22" t="s">
         <v>74</v>
       </c>
       <c r="F22" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2009</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P22" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B23" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C23" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
       <c r="E23" t="s">
         <v>74</v>
       </c>
       <c r="F23" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B24" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C24" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2023</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>50</v>
       </c>
       <c r="K24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="N24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="O24" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="P24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F25" t="s">
         <v>115</v>
       </c>
       <c r="G25" t="s">
         <v>65</v>
       </c>
       <c r="H25"/>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25"/>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="P25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C26" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D26" t="s">
         <v>64</v>
       </c>
       <c r="E26" t="s">
         <v>74</v>
       </c>
       <c r="F26" t="s">
         <v>75</v>
       </c>
       <c r="G26" t="s">
         <v>49</v>
       </c>
       <c r="H26">
         <v>1997</v>
       </c>
       <c r="I26">
         <v>2011</v>
       </c>
       <c r="J26" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P26" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C27" t="s">
         <v>46</v>
       </c>
       <c r="D27" t="s">
         <v>64</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>115</v>
       </c>
       <c r="G27" t="s">
         <v>49</v>
       </c>
       <c r="H27">
         <v>2007</v>
       </c>
       <c r="I27">
         <v>2020</v>
       </c>
       <c r="J27" t="s">
         <v>50</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M27" t="s">
         <v>51</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E28" t="s">
         <v>74</v>
       </c>
       <c r="F28" t="s">
         <v>75</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2011</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="M28" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="P28" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C29" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D29" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E29" t="s">
         <v>74</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>49</v>
       </c>
       <c r="H29">
         <v>2001</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>66</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="M29" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="P29" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">