--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -12,2354 +12,3388 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="735">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1068">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>3795-1/2016 Energy efficiency label requirements for air conditioners part 1: room air conditioner (window-split) with fixed capacity and fixed compressor</t>
   </si>
   <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with fixed capacity and fixed compressors.</t>
+  </si>
+  <si>
     <t>Egypt</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814.</t>
   </si>
   <si>
     <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-12016-energy-efficiency-label-requirements-air-conditioners-part-1-room-air</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14491</t>
+  </si>
+  <si>
     <t>3795-2/2017 Energy Efficiency Label Requirements For Air Conditioners Part 2: Variable Capacity Room Air Conditioner (Window-Split) with Variable Speed Compressor</t>
+  </si>
+  <si>
+    <t>This standard establishes label requirements for room air conditioners, both window and split with variable speed compressors.</t>
   </si>
   <si>
     <t>ISO 5151:2010
 ,   
                     Egyptian Standard ES 4814</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-22017-energy-efficiency-label-requirements-air-conditioners-part-2-variable-capacity</t>
   </si>
   <si>
+    <t>http://eos.org.eg/en/standard/14613</t>
+  </si>
+  <si>
     <t>3795-5/2018 Energy efficiency label requirements for air conditioners part 5: fixed capacity ducted room air conditioner with fixed speed compressor</t>
   </si>
   <si>
+    <t>This standard establishes requirements for fixed-capacity ducted room air conditioners with fixed-speed compressors.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/3795-52018-energy-efficiency-label-requirements-air-conditioners-part-5-fixed-capacity</t>
   </si>
   <si>
+    <t>http://www.eos.org.eg/en/standard/14798</t>
+  </si>
+  <si>
     <t>3795/2023 Energy Efficiency Label Requirements for Air Conditioner Room Air Conditioner (Window - Split)</t>
   </si>
   <si>
-    <t>Africa, Egypt</t>
+    <t>This standard is mandatory and applies to window and split air conditioners.</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>April 2025</t>
   </si>
   <si>
     <t>ICS 23.120 - 27.015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/37952023-energy-efficiency-label-requirements-air-conditioner-room-air-conditioner-window</t>
   </si>
   <si>
+    <t>https://www.eos.org.eg/en/standard/8643</t>
+  </si>
+  <si>
     <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
   </si>
   <si>
     <t>JIS C 9612:2013 (Air Conditioners)
 ,   
                     JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
   </si>
   <si>
     <t>Ministry of Economy, Trade, and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
   </si>
   <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>CARICOM Regional Energy Efficiency Labelling Scheme</t>
   </si>
   <si>
+    <t>The CARICOM Regional Energy Efficiency Labelling Scheme is an approach, crafted by CROSQ under the mandate of COTED, to respond to the high energy costs and usage within CARICOM. The scheme is based on the implementation of minimum energy performance standards and labelling requirements for LED and CFL light bulbs, refrigerators and air conditioners. It involves the creation of labels for each electrical device indicated, which will be used by stores in the retail of these items.</t>
+  </si>
+  <si>
     <t>CARICOM</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CARICOM Regional Organization for Standards and Quality</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/caricom-regional-energy-efficiency-labelling-scheme</t>
   </si>
   <si>
+    <t>https://energy.crosq.org/the-caricom-energy-efficiency-labelling-scheme-what-you-need-to-know/</t>
+  </si>
+  <si>
     <t>CEL-023. Room Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does not apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>GB/T 7725-2004 GB 12021.3-2010</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-023-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://app.sist.org.cn/label/Upload/ProductFile/ee65aebc-6a40-477d-8864-0479f0ec2fa4.pdf</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>Consumer Protection -Approved Standards for Restricted Electrical Products- Regulations 2016</t>
   </si>
   <si>
+    <t>Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire.</t>
+  </si>
+  <si>
     <t>Solomon Islands</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.1-1.4: 2012</t>
   </si>
   <si>
     <t>Ministry of Commerce, Industries, Labour and Immigration</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-approved-standards-restricted-electrical-products-regulations-2016</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/pals_compressed.pdf</t>
+  </si>
+  <si>
     <t>Consumer Protection Act 2001 (Section 30) Minimum Energy Performance Standards and Labelling - MEPSL - Regulations 2016</t>
   </si>
   <si>
+    <t>Kiribati has drafted Minimum Energy Performance Standards and Labeling (MEPSL) under the Pacific Alliance Labelling and Standards Programme (PALS), but they have not yet been signed into law. Policies are drafted for a voluntary Comparative Label and voluntary Minimum Performance Standards for air conditioners, ballasts, incandescent lamps, self-ballasted CFLs, tubular lamps, freezers, and refrigerator-freezers.</t>
+  </si>
+  <si>
     <t>Kiribati</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Kiribati Ministry of Public Works and Utilities</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/consumer-protection-act-2001-section-30-minimum-energy-performance-standards-and-labelling</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf</t>
+  </si>
+  <si>
     <t>CQC31-439121-2013. CQC Mark Certification - Room Air Conditioner -Variable Speed</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor completely closed type with variable electric motor-compressor type AC whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable fixed speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>GB/T 7725; GB/T 17758, GB 21455-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439121-2013-cqc-mark-certification-room-air-conditioner-variable-speed</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492741.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439122-2010. CQC Mark Certification - Room AC</t>
   </si>
   <si>
+    <t>Applies to air-cooling condensor; completely closed type electric motor-compressor type AC; whose cooling capacity is below 14000W and climate type is T1. Does NOT apply to portable; variable speed or multi-connected types of ACs.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439122-2010-cqc-mark-certification-room-ac</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-01-14/492744.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439125-2019. Energy Conservation Certification Rules for Unitary Air Conditioners for Computer and Data Processing Room</t>
   </si>
   <si>
+    <t>Applies to products of water-cooling type and air-cooling type</t>
+  </si>
+  <si>
     <t>GB 19576-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439125-2019-energy-conservation-certification-rules-unitary-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492735.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439139-2016 Energy Conservation Certification Rules for Water-source multiple air conditioning -heat pump unit</t>
   </si>
   <si>
+    <t>Applies to water-source multiple air conditioning -heat pump unit that use A1 type refrigerant according to GB-T 7778 rules.</t>
+  </si>
+  <si>
     <t>CQC 3156-2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439139-2016-energy-conservation-certification-rules-water-source-multiple-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/529439.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 107/2018 on the adoption of Gulf Standard 2530:2016 on Energy Labeling and Minimum Energy Performance Requirements For Air Conditioners as a mandatory Omani Standard</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and labeling requirements for window single-package, split-system non-ducted air conditioners using air-cooled condensers, split-system ducted air-conditioners using air-cooled condensers, and heat pumps using air-cooled condensers for residential, commercial and industrial sector as applicable in accordance with GSO SASO Standards. It is applied to units designed to operate in AC single phase or three-phase circuits according to GSO 1899/2009 "GCC Standard voltages and frequencies for AC transmission and distribution systems". It covers units with capacities up to and including 70000 Btu/h (20 kW).</t>
+  </si>
+  <si>
     <t>Oman</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>GSO 2530:2016</t>
   </si>
   <si>
     <t>Ministry of Commerce and Industry</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-1072018-adoption-gulf-standard-25302016-energy-labeling-and-minimum-energy</t>
   </si>
   <si>
+    <t>https://www.ul.com/news/sultanate-oman-energy-efficiency-and-labeling-requirements-air-conditioners-0</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Directive N° 04/2020/Cm/Uemoa Portant Etiquetage Energetique Des Lampes Electriques Et Des Appareils Electromenagers Neufs Dans Les Etats Membres De L’ UEMOA</t>
   </si>
   <si>
+    <t>This Directive sets out provisions relating to the energy labeling of electric lamps and new household appliances and to additional information relating to these appliances, in the WAEMU member states. It applies to the following new electrical appliances: - domestic refrigeration equipment (refrigerators, freezers and combined appliances).- air conditioners. - electric lamps.</t>
+  </si>
+  <si>
     <t>WAEMU/UEMOA</t>
   </si>
   <si>
     <t>Tubular Lamps, Directional Lamps, Room ACs - Stationary ACs, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>May 2020</t>
   </si>
   <si>
     <t>WAEMU Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/directive-ndeg-042020cmuemoa-portant-etiquetage-energetique-des-lampes-electriques-et-des</t>
   </si>
   <si>
+    <t>http://www.uemoa.int/sites/default/files/bibliotheque/reglement_04_2009_cm_uemoa.pdf</t>
+  </si>
+  <si>
     <t>DRAFT Mexican Official Standard PROY-NOM-034-ENER/SE-2020</t>
   </si>
   <si>
+    <t>This Draft Official Mexican Standard establishes the minimum Energy Efficiency of ceiling fans , with or without lighting equipment and, wall, pedestal, floor and table fans, as well as the test methods, safety requirements, the labeling and the procedure for conformity assessment.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>La Comisión Nacional para el Uso Eficiente de la Energía (Conuee)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-mexican-official-standard-proy-nom-034-enerse-2020</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5612480&amp;fecha=02/03/2021#gsc.tab=0</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Amendment Act 2012</t>
   </si>
   <si>
+    <t>An Act to amend the Energy Act 1998, which provides for the establishment of the Office of the Energy Commissioner and related provisions and duties.</t>
+  </si>
+  <si>
     <t>Cook Islands</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007</t>
   </si>
   <si>
     <t>Development Division, Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-amendment-act-2012</t>
   </si>
   <si>
+    <t>http://prdrse4all.spc.int/node/4/content/cook-islands-energy-amendment-act-2012</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Labeling Program Requirements for Non-ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This policy applies to room air conditioners (window and split). The product shall meet the requirements of CNS 3615 for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>CNS 3615-95 CNS 7183</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=1</t>
+  </si>
+  <si>
     <t>Energy Efficiency (Minimum Energy Efficiency Standards And Energy Labelling) Regulations, 2023</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy efficiency standards (MEPS) and label for air-conditioners:
+{a} casement or window type air-conditioner (cooling capacity of 7.1 kW or lower);
+(b} split type non-inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower);
+{c} split type inverter air-conditioner with one or more than one indoor unit (cooling capacity of 7.1 kW or lower).</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>ISO 5151 
 ,   
                     ISO 15042</t>
   </si>
   <si>
     <t>The Office of the Prime Minister</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-minimum-energy-efficiency-standards-and-energy-labelling-regulations</t>
   </si>
   <si>
+    <t>https://www.agc.gov.bn/AGC%20Images/LAWS/Gazette_PDF/2023/EN/S%2037_2023%20[E].pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency of Electrical Appliances, Equipment and Lighting Products Act No. 24 of 2016</t>
   </si>
   <si>
+    <t>This documents contains Regulations on MEPS and Energy labelling requirements for Air conditioners. This include Single phase and 3-phase up to 65kW rated total cooling Capacity.It also  Includes air source heat Pumps but not water source heat pumps.  Household refrigerating appliances: This includes any electrical household refrigerating appliances covered under the standards, and including refrigerators, refrigerators and freezers or freezers covered under the standard which: (a) Operate using the vapour Compensation cycle, and (b) Use mains electricity (230/240 volts at 50Hz) as the primary power source,  Fluorescent lamp ballasts ,  Incandescent lamps, Compact fluorescent lamps and Linear Fluorescent lamps</t>
+  </si>
+  <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>AS 4934.2-2011; AS/NZS 4934.1:2014</t>
   </si>
   <si>
     <t>Vanuatu Department of Energy, Mines and Minerals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-electrical-appliances-equipment-and-lighting-products-act-no-24-2016</t>
   </si>
   <si>
+    <t>http://www.paclii.org/vu/legis/num_act/eeoeaealpa2016660/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Cassette, Floor Standing Tower, Ceiling, Corner AC)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling instructions for Single-phase split and unitary air conditioners of the vapour compression type for household use up to a rated cooling capacity of 10.5 kW.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>IS 1391 (part II)</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-cassette-floor-standing-tower-ceiling</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/AC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Fixed Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for fixed speed unitary and split ACs.</t>
+  </si>
+  <si>
     <t>IS 1391 (part I), IS 1391 (part II)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-fixed-speed</t>
   </si>
   <si>
+    <t>http://egazette.nic.in/WriteReadData/2017/177975.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Split Air Conditioners)</t>
   </si>
   <si>
+    <t>This policy revises seasonal energy efficiency ratio for split air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-split-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Notification/RAC/IAC_Notification_SO_3984_E_dated_28th_Auguest_2025.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Policy for Room Air Conditioners (Variable Speed)</t>
   </si>
   <si>
+    <t>This policy specifies the MEPS and labeling for variable speed unitary and split type of ACs.</t>
+  </si>
+  <si>
     <t>ISO 16358-1: 2013, IS 1391 (part 1 and 2)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-room-air-conditioners-variable-speed</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/IAC_Notification.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Labeling Program - Air Conditioners</t>
   </si>
   <si>
+    <t>Cooling and heating for home-use; wall-hung and non-ducted type; for home-use and other uses. Manufacturers can affix the Energy-Saving Label on their products. This label typically consists of the energy conservation logo, information on target year, achievement rate of energy efficiency standards, and energy consumption efficiency. Participation in the Energy Saving Labeling Program is voluntary.</t>
+  </si>
+  <si>
     <t>Energy Conservation Centre, Japan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-labeling-program-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.asiaeec-col.eccj.or.jp/wpdata/wp-content/uploads/2018/03/09.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Room Air Conditioners Version 4.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a room air conditioner as specified in the policy document are eligible for ENERGY STAR certification, with the exception of those products listed in Section 2.B. PTACs, portable air conditioners, and room air conditioner models with electric resistance heat as the primary heat source are not eligible for ENERGY STAR certification under this specification. Products that are covered under other ENERGY STAR product specifications, e.g., dehumidifiers, are not eligible for certification under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix F</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-room-air-conditioners-version-42</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
+    <t>https://www.energystar.gov/products/heating_cooling/air_conditioning_room/partners</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
+    <t>https://cprc-clasp.ngo/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008 Minimum allowable values of energy efficiency and the energy efficiency grades for AC electric fans</t>
   </si>
   <si>
+    <t>Applies to AC motor driven fans including; table fans; rotary fans; wall-mounted fans; table-pedestal fans; pedestal fans and ceiling fans with single phase rated voltage below 250V and other rated voltage below 480V.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB 12021.9-2008, GB 13380</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C8C1D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 12021.9-2021  Minimum allowable values of energy efficiency and energy efficiency grades for electric fans</t>
+  </si>
+  <si>
+    <t>This standard applies to table fans, louver fans, wall fans, pedestal fans, floor fans, and ceiling fans driven by AC or DC motors, with a single-phase rated voltage not exceeding 250 V and other rated voltages not exceeding 480 V.</t>
   </si>
   <si>
     <t>ＧＢ／Ｔ３５７５８—２０１7
 ,   
                     ＧＢ／Ｔ３５７５８—２０１７ 
 ,   
                     ＱＢ／Ｔ５２６２—２０１８</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
+  </si>
+  <si>
     <t>GB 19576-2019 The minimum allowable values of the energy efficiency and energy efficiency grades for unitary air conditioners</t>
   </si>
   <si>
+    <t>Applies to the following types of unitary AC which have a rated cooling capacity of bigger than 7100W: electric driven compressor type unitary AC and duct type and roof type unitary AC. Not including multi-connected AC -heat pump- or variable speed type AC.</t>
+  </si>
+  <si>
     <t>GB 19576-2004 GB/T 17758 GB/T 18836 JB/T 8072</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19576-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBC0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 21455-2019 Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Room Air Conditioners</t>
   </si>
   <si>
     <t>GB/T 7725-2004; GB/T 35758-2017; JB/T 13573-2018</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-21455-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-room</t>
   </si>
   <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=BC04CDC71AD8C36B62C0FF4AE58F633C&amp;refer=outter</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners above 65kW) Determination) 2022</t>
   </si>
   <si>
+    <t>The products covered by this Determination are air‑to‑air single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of more than 65kW. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less are covered by the Air Conditioners up to 65kW Determination. This policy covers product classes 24-27.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>July 2025</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-above-65kw-determination-2022</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2022L00182</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Air Conditioners up to 65kW) Determination 2019</t>
   </si>
   <si>
+    <t>The products covered by this Determination are single-phase and three-phase: air conditioners; and multi‑split outdoor units (whether or not supplied or offered for supply as part of a multi‑split system); and single‑split outdoor units;  that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of 65kW or less. Air conditioners that have a rated standard cooling full capacity, or for heating only products, a rated standard heating full capacity, of greater than 65kW are expected to be covered by another GEMS determination.</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-air-conditioners-65kw-determination-2019</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2019L00490</t>
+  </si>
+  <si>
     <t>Greenmark N29 - Air Conditioners</t>
   </si>
   <si>
+    <t>Applies to the non-ducted air conditioners which meet the definition of CNS 3615. This standard is applicable to both the integrated and split-type air conditioners.</t>
+  </si>
+  <si>
     <t>CNS 3615-2013 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n29-air-conditioners</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/29/e9a201dc-b4bf-48d1-8e8a-a839581e22c8.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standard Requirements for Air Conditioner in Cambodia</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Cambodia</t>
   </si>
   <si>
     <t>April 2019</t>
   </si>
   <si>
     <t>ISO16358-1:2013; ISO 5151:2012</t>
   </si>
   <si>
     <t>Ministry of Mines and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cambodia</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 234 of 29 June 2020</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for monoblock, window, and wall split air conditioners.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>NBR 5858 NBR 5882 NBR 12010.</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-234-29-june-2020</t>
   </si>
   <si>
+    <t>https://www.gov.br/inmetro/pt-br/centrais-de-conteudo/publicacoes/portaria-234-29-de-junho-de-2020.pdf</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 299 of 09 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for table, wall, pedestal, and air circulation fans.</t>
+  </si>
+  <si>
     <t>ABNT NBR NM 60335-1:2010 and IEC 60335-2-25:2010; IEC 60705; IEC 62301; ABNT NBR 5426 and 5427; NBR 5891</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-299-09-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-299-de-9-de-julho-de-2021-331562798</t>
+  </si>
+  <si>
     <t>INTE E14-1 2015</t>
   </si>
   <si>
+    <t>This standard aims to establish the energy efficiency ranges of air conditioners. This Standard covers all split-window air conditioners with rated cooling capacities up to 17 589 W.</t>
+  </si>
+  <si>
     <t>Costa Rica</t>
   </si>
   <si>
     <t>ISO 5151</t>
   </si>
   <si>
     <t>Institute of Technical Standards of Costa Rica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-1-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-1-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-dividido-y-paquete-requisitos-1077?search=INTE+E14&amp;order=name+asc</t>
+  </si>
+  <si>
     <t>INTE E14-2 2015</t>
   </si>
   <si>
+    <t>The purpose of this standard is to establish the requirements that must be met by the energy efficiency label of air conditioners. This Standard covers all air conditioners; window type; split; package with nominal cooling capacities up to 17 589 W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/inte-e14-2-2015</t>
   </si>
   <si>
+    <t>https://www.inteco.org/shop/product/inte-e14-2-2015-eficiencia-energetica-acondicionadores-de-aire-tipo-ventana-tipo-dividido-y-tipo-paquete-etiquetado-1538?search=INTE+28</t>
+  </si>
+  <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10638 -Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Single package non ducted single and multi split Product sub-type is yet to be determined.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/isiri-10638-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 6016-2</t>
   </si>
   <si>
+    <t>Split-system non-ducted air conditioners and heat pumps - method for measuring of energy consumption and energy labeling instruction</t>
+  </si>
+  <si>
     <t>ISIRI 6016, ISIRI 6016-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-6016-2</t>
   </si>
   <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>JS 2108:2013 Energy efficiency labeling of air conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of 12 kW for cooling or heating if the product has no cooling function. This policy does not apply to: a) appliances that use non-electric energy sources; b) air conditioners of which the condensor- or evaporator-side do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/js-21082013-energy-efficiency-labeling-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5451</t>
+  </si>
+  <si>
     <t>JS1 Part 21:2015 Jamaican Standard Specification for Labelling of commodities Part 21: Energy Labelling of appliances and products</t>
   </si>
   <si>
+    <t>This labeling standard applies to refrigerators, freezers, refrigerator-freezers,</t>
+  </si>
+  <si>
     <t>Jamaica</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>JS178:2016</t>
   </si>
   <si>
     <t>Bureau of Standards Jamaica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1-part-212015-jamaican-standard-specification-labelling-commodities-part-21-energy</t>
   </si>
   <si>
+    <t>https://www.bsj.org.jm/articles/energy-efficiency-programme</t>
+  </si>
+  <si>
     <t>JS179:2016 Jamaican Standard Specification for Room air conditioners energy and other performance testing</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js1792016-jamaican-standard-specification-room-air-conditioners-energy-and-other</t>
   </si>
   <si>
     <t>KS 2463:2019 Non-ducted air conditioners - Testing and rating performance</t>
   </si>
   <si>
+    <t>This standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-24632019-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=15545</t>
+  </si>
+  <si>
     <t>L.I. 1815 Energy Efficiency Standards and Labelling Regulations - Non-ducted Air Conditioners and Self-ballasted Fluorescent Lamps</t>
   </si>
   <si>
+    <t>These Regulations apply to non-ducted air conditioners or self-ballasted fluorescent lamps manufactured in Ghana or imported for use in Ghana.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>GS 324:2003</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-1815-energy-efficiency-standards-and-labelling-regulations-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.energycom.gov.gh/files/LI_1815.pdf</t>
+  </si>
+  <si>
     <t>Law 2009-07</t>
   </si>
   <si>
+    <t>Air conditioners with a power consumption below 12 kW , Since September 2004, Tunisian law requires the display of an EU-style energy label (with eight classes, the top one representing the recently added EU A+ and A++ classes) in a bilingual version (French and Arabic, and the numbers 1-8 indicating classes instead of letters). From July 2006  onwards, the lowest two energy classes (7 and 8) have been banned from the Tunisian market, followed in July 2007  with the banning of classes 5 and 6, from April 2009 class 4 has been likewise banned from the Tunisian market</t>
+  </si>
+  <si>
     <t>Tunisia</t>
   </si>
   <si>
+    <t>National Agency for Energy Conservation (ANME)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
+  </si>
+  <si>
+    <t>http://www.profiscal.com/newfisaf/loi/loi_2009-7_af.pdf</t>
+  </si>
+  <si>
+    <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
+  </si>
+  <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
-    <t>National Agency for Energy Conservation (ANME)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/policies/law-2009-07-0</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/law-2009-07</t>
-[...1 lines deleted...]
-  <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
+    <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
+  </si>
+  <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Casement and Window Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy defines the minimum energy labeling scheme for casement and window air-conditioners up to 8.8kW.</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>ISO 5151:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MELS for Split Type Air-Conditioners</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.</t>
   </si>
   <si>
     <t>ISO 15042:2017
 ,   
                     IEC 62301:2005
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-split-type-air-conditioners</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for air conditioners</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%23, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%22, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia</t>
+  </si>
+  <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-1</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/country/guatemala</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-2</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Comparative Label</t>
   </si>
   <si>
     <t>Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-3</t>
   </si>
   <si>
+    <t>https://caricom.org/media-center/communications/news-from-the-community/guyana-standards-bureau-working-with-crosq-on-energy-efficiency-standard</t>
+  </si>
+  <si>
+    <t>Non inverter type and single phase</t>
+  </si>
+  <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Energy Labelling and Standards Task Force of Energy Department, Prime Ministers…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners-4</t>
   </si>
   <si>
+    <t>http://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/8145.pdf</t>
+  </si>
+  <si>
+    <t>Namibian standards are similar to South African standards (SANS 941 and VC 9008).</t>
+  </si>
+  <si>
     <t>Namibia</t>
   </si>
   <si>
     <t>SANS 941</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.ctc-n.org/system/files/dossier/3b/country_profile_-_namibia.pdf</t>
+  </si>
+  <si>
     <t>MEPS and labeling schemes for split unit air conditioners</t>
   </si>
   <si>
+    <t>Under new regulations, the energy efficiency ratio (EER) of split unit air-conditioners will be increased from existing 9.5 EER to 10.5 EER.</t>
+  </si>
+  <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>General Electricity &amp; Water Corporation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-split-unit-air-conditioners</t>
   </si>
   <si>
+    <t>https://thepeninsulaqatar.com/article/08/06/2019/New-regulations-to-make-electric-appliances-more-energy-efficient</t>
+  </si>
+  <si>
+    <t>MEPS for air conditioners</t>
+  </si>
+  <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
+  </si>
+  <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners</t>
   </si>
   <si>
-    <t>MEPS for air conditioners</t>
-[...4 lines deleted...]
-  <si>
     <t>MEPS for casement and window air-conditioners</t>
   </si>
   <si>
+    <t>This policy applies to casement and window (up to 8.8 kW). The Minimum Coefficient of Performance (COP) is set at COP100% &gt; 3.78. Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards: ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1.</t>
+  </si>
+  <si>
     <t>ISO 5151:2017, Section 5.1: Cooling capacity test, Climate Class T1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-casement-and-window-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-electric-fan</t>
   </si>
   <si>
-    <t>MEPS for Split Type Air-Conditioners</t>
+    <t>MEPS for Split Type Air-Conditioners (2022)</t>
+  </si>
+  <si>
+    <t>This policy applies to any single-phase non-ducted room air-conditioner (split type (inverter)) with a cooling capacity of 17.6 kW or lower and any single-phase non-ducted room air-conditioner (split type (non-inverter)) with a cooling capacity of 17.6 kW or lower.
+The established MEPS are: 
+Single/Multi Split (inverter) up to 17.6kW: COP100% ≥ 3.34
+Single/Multi Split (inverter) up to 17.6kW: COPweighted ≥ 4.04
+Single/Multi Split (non-inverter) up to 17.6kW: COP100% ≥ 4.04
+COPweighted = 0.4 x COP100% + 0.6 x COP50%</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     ISO 5151:2017, Section 5.1: Cooling capacity test, Climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011, Climate class Nil</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2022</t>
   </si>
   <si>
     <t>MEPS for Split Type Air-Conditioners (2025)</t>
   </si>
   <si>
+    <t>This policy raises MEPS for single and multi split air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-split-type-air-conditioners-2025</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Electric Fans of Table, Wall Mounted and Floor Standing Types, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers table fans, wall-mounted electric fans, and floor standing electric fans used for single-phase AC power. The rated voltage does not exceed 250 volts, the electric frequency is 50 hertz. Covers electric fan types and sizes: Table electric fan and wall-mounted electric fan size 300 and 400 mm. and Floor standing electric fan size 300 and 400 mm.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Portable Fans</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-electric-fans-table-wall-mounted-and</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/32.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Air Conditioners, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers an air conditioner split type, which is designed to be separated into two working parts: a condensing unit and a fan-coil unit. Alternating current (AC) power at a frequency of 50 Hz for use to reduce the temperature and humidity of the air flowing through the fan coil unit. Size categories of an air conditioner (watts): 1. Not more than 8,000 watts and 2. More than 8,000 but not more than 12,000 watts.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-air-conditioners-be-2552-2009</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2552/A/023/25.PDF</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing Highly Efficiency Electric Fans - Ceiling and Orbital Types, B.E. 2558 (2015)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers ceiling electric fans and orbit electric fans used for single-phase AC power with a rated voltage that does not exceed 250 volts and an electric frequency of 50 hertz. It covers the following electric fan types and sizes: ceiling electric fans (1,200 and 1,400 mm) and orbit electric fans (400 mm).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-highly-efficiency-electric-fans-ceiling-and-orbital</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2558/A/073/17.PDF</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>MME Resolution No. 1 of 29 April 2022</t>
   </si>
   <si>
+    <t>This policy specifies the minimum energy performance standards (MEPS) for air conditioners, including monoblock, window, wall split, floor-ceiling, and cassette type.</t>
+  </si>
+  <si>
     <t>Ministry of Mines and Energy (MME)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mme-resolution-no-1-29-april-2022</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/resolucao-n-1-de-29-de-abril-de-2022-396910853</t>
+  </si>
+  <si>
     <t>MS :200:2013 Energy efficiency and labelling requirements -household air conditioner</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household air conditioner</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 200</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2002013-energy-efficiency-and-labelling-requirements-household-air-conditioner</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-675/</t>
+  </si>
+  <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
+    <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
+  </si>
+  <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
+    <t>NIS 943:2017  Minimum Energy Performance Standards (MEPS) and Labels for Air Conditioners (2017)</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Standards Council of Nigeria</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/nis-9432017-minimum-energy-performance-standards-meps-and-labels-air-conditioners-2017</t>
+  </si>
+  <si>
+    <t>https://library.son.gov.ng/?g=elect&amp;s=5&amp;t=groups-opac</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2017</t>
   </si>
   <si>
+    <t>This Official Mexican Standard (NOM) establishes the specifications and test methods of the Combined Energy Efficiency Ratio (REEC) and standby mode, as well as the user safety specifications and the applicable test methods to verify said specifications. Likewise, it establishes the type of information that the Energy Efficiency label must bear, which in addition to the marking, the devices subject to this NOM must carry. Applies to new room type air conditioners, with or without heating, with air-cooled condenser and with cooling capacities of up to 10,600 Wt, domestic and foreign that are marketed in Mexico. For the room air conditioners that operate in the heating mode and without heating in the same device (reverse cycle), only the REEC specifications for its cooling mode apply. Not applicable for split room type air conditioners.</t>
+  </si>
+  <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-021-enerscfi-2017</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5489444&amp;fecha=07/07/2017</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2018</t>
   </si>
   <si>
+    <t>Applies to split type air conditioners; free discharge and without air ducts -known as minisplit and multisplit; simple cycle -cold; or reverse cycle -heat pump; in cooling capacity ratings of 1 Wt to 19050 Wt.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nom-023-ener-2018</t>
   </si>
   <si>
+    <t>https://www.gob.mx/cms/uploads/attachment/file/349255/023.pdf</t>
+  </si>
+  <si>
     <t>NTON 10 017-08 Energy efficiency. Window, split, packaged air conditioners. Energy efficiency ratings</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for window air conditioners, split air conditioners, packaged air conditioners with nominal cooling capacities of up to 17,589 W (60,000 Btu/h).</t>
+  </si>
+  <si>
     <t>Nicaragua</t>
   </si>
   <si>
     <t>Ministerio de Energía y Minas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nton-10-017-08-energy-efficiency-window-split-packaged-air-conditioners-energy-efficiency</t>
   </si>
   <si>
+    <t>http://legislacion.asamblea.gob.ni/Normaweb.nsf/xpNorma.xsp?documentId=B07CC5D87FAD7A89062579DF004E0350&amp;action=openDocument</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>PE No 1/26/2</t>
   </si>
   <si>
+    <t>This protocol provides specifications for single phase air conditioners, of the direct expansion refrigeration type, single or multi-split units, non-ducted, up to a cooling capacity of 12 kW (42000 Btu/h) and condensation by air.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>NCh 3081: 2007</t>
   </si>
   <si>
     <t>Superintendencia de Electricidad y Combustibles (SEC) -Fuel and Electricity Sup…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pe-no-1262</t>
   </si>
   <si>
+    <t>http://www.sec.cl/pls/portal/docs/PAGE/SECNORMATIVA/PRODUCTOS/PROTOCOLOS_ELECTRICIDAD/PE_1-26-2.PDF</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>Prakas on Energy Efficiency Label for Designated Appliances</t>
   </si>
   <si>
+    <t>This policy will establish energy efficiency standards and labels for designated appliances including room air conditioners, refrigerators, fans, rice cooker, and LED/lamp</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/prakas-energy-efficiency-label-designated-appliances</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2024/11/MEPS-Implementation-Status-Countries.pdf</t>
+  </si>
+  <si>
     <t>Procel Seal - Air Conditioners</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for window and split type room air conditioners.</t>
+  </si>
+  <si>
     <t>NBR 5858, NBR 5882, NBR 12010.</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Procel Seal - Table and Ceiling Fans</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for table and ceiling fans.</t>
+  </si>
+  <si>
     <t>NBR NM-IEC-335-1/ 1998; IEC 60335-2-80 / 1997; NBR 14532 : 2003; Energy Star / 2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-table-and-ceiling-fans</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Provision No 859 del 11|11|2008</t>
   </si>
   <si>
+    <t>Energy efficiency labelling of air conditioners.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/provision-no-859-del-11112008</t>
   </si>
   <si>
+    <t>http://www.energia.gov.ar/contenidos/verpagina.php?idpagina=3446</t>
+  </si>
+  <si>
     <t>RACs Packaged Terminal - Taiwan</t>
   </si>
   <si>
+    <t>Window or box-type Room Air Conditioners of both Air Cooled and Water Cooled types</t>
+  </si>
+  <si>
     <t>CNS 14464 CNS 7183 CNS 3615-95</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-packaged-terminal-taiwan</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>RACs Split - Taiwan</t>
   </si>
   <si>
+    <t>Product Scope and related MEPS Requirements based on testing standards CNS 3615 CNS 14464 and CNS 7183</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/racs-split-taiwan</t>
   </si>
   <si>
     <t>RACs Window MEPS</t>
   </si>
   <si>
+    <t>EER of No-duct RAC should be in accordance with No-Duct Air Conditioner and Heat Pump Testing Standard in CNS 14464. The ratio of total cooling capacity to effective input power under T1 standard testing condition should no be smaller than the values in the above table and must be more than 95 percent of the labeled value. Only products that the capacity is less than 70kW will be tested.</t>
+  </si>
+  <si>
     <t>CNS 3615-95 CNS 7183 CNS 14464</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/racs-window-meps</t>
   </si>
   <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulation on Energy Labelling and Minimum Energy Performance Requirements for Air-Conditioners</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the placing on Bahraini market the energy labelling requirements and Minimum Energy Performance Standard (MEPS) requirements for single-package and split-system non ducted air conditioners using air and water-cooled condensers and ducted air-conditioners using air-to air heat pumps for residential, commercial and industrial sector as applicable in accordance with Bahraini Standards.</t>
+  </si>
+  <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>GSO ISO 5151</t>
   </si>
   <si>
     <t>Ministry of Industry and Commerce</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-labelling-and-minimum-energy-performance-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://ec.europa.eu/growth/tools-databases/tbt/en/search/?tbtaction=search.detail&amp;Country_ID=BHR&amp;num=397&amp;dspLang=en&amp;basdatedeb=&amp;basdatefin=&amp;baspays=BHR&amp;basnotifnum=&amp;basnotifnum2=&amp;bastypepays=ANY&amp;baskeywords=</t>
+  </si>
+  <si>
     <t>Regulations under Consumer Protection Act 2015</t>
   </si>
   <si>
+    <t>This regulation covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values . Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source and Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.</t>
+  </si>
+  <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>Tonga Ministry of Commerce, Consumer, Trade, Innovation, and Labour</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-under-consumer-protection-act-2015</t>
   </si>
   <si>
+    <t>http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ ,http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.----http://www.pmo.gov.to/policies-by-department/ministry-of-information-and-communication/ , http://prdrse4all.spc.int/sites/default/files/final_pals_evaluation_report.pdf -Information about efficiency efforts in Tonga.</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Resolution No. 136/09 on Technical regulation of energy efficiency in electrical equipment, revised in 2013</t>
   </si>
   <si>
+    <t>Room air conditioners, washing machines, 1 and 3 phase induction motors, and refrigeration equipment</t>
+  </si>
+  <si>
     <t>Cuba</t>
   </si>
   <si>
     <t>Ceiling Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-13609-technical-regulation-energy-efficiency-electrical-equipment-revised</t>
   </si>
   <si>
+    <t>https://www.climate-laws.org/geographies/cuba/policies/resolution-no-136-09-on-technical-regulation-of-energy-efficiency-in-electrical-equipment</t>
+  </si>
+  <si>
     <t>Resolution No. 4 - Minimum Efficiency Standard for Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers the minimum energy performance standard (MEPS) for air conditioners.</t>
+  </si>
+  <si>
     <t>ISO 5151:1994</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-4-minimum-efficiency-standard-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1115032</t>
+  </si>
+  <si>
     <t>Resolution No.114: ductless, split type air conditioners with variable refrigerant flow</t>
   </si>
   <si>
+    <t>This regulation applies to ductless, split type air conditioners with variable refrigerant flow.</t>
+  </si>
+  <si>
     <t>Panama</t>
   </si>
   <si>
     <t>DGNTI-COPANIT 104:2017</t>
   </si>
   <si>
     <t>National Energy Secretariat of Panama</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no114-ductless-split-type-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.gma.trade/single-post/2019/01/24/New-Requirements-for-Air-Conditioners-Came-Into-Force-in-Panama</t>
+  </si>
+  <si>
     <t>Resolution No.115: ductless split type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to ductless split type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 103:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no115-ductless-split-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.116: room-type air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to room-type air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 102:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no116-room-type-air-conditioners</t>
   </si>
   <si>
     <t>Resolution No.117: central, packaged and split air conditioners</t>
   </si>
   <si>
+    <t>This regulation applies to central, packaged and split air conditioners.</t>
+  </si>
+  <si>
     <t>DGNTI-COPANIT 101:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no117-central-packaged-and-split-air-conditioners</t>
   </si>
   <si>
     <t>Resolution SE No 814|2013</t>
   </si>
   <si>
+    <t>This Document contains Energy efficiency labeling and standards for air conditioners</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/resolution-se-no-8142013</t>
   </si>
   <si>
     <t>Revisions to Requirements on Labeling and Inspection of Energy Consumption and Energy Efficiency Rating for Room Air Conditioners</t>
   </si>
   <si>
+    <t>The window or wall-type and box-type room air conditioners meeting the definition of air conditioners as defined in CNS 3615 and CNS 14464 and promulgated by the Bureau of Standards Metrology and Inspection  of the Ministry of Economic Affairs  as products requiring inspection before marketing.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/revisions-requirements-labeling-and-inspection-energy-consumption-and-energy-efficiency-1</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/_outweb/gen/law/upt.asp?pageno=&amp;uid=0&amp;con=&amp;cid=0&amp;year=&amp;month=&amp;day=&amp;key=&amp;lang=&amp;PDID=&amp;p0=29</t>
+  </si>
+  <si>
     <t>RTE INEN 072</t>
   </si>
   <si>
+    <t>Room Air Conditioners</t>
+  </si>
+  <si>
     <t>Ecuador</t>
   </si>
   <si>
     <t>Ministry of Electricity and Renewable Energy and Ecuadorian Standardization Ser…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf----https://united4efficiency.org/wp-content/uploads/2015/05/Report_english-version_final-version_05122014.pdf</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rte-inen-072-0</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2015/11/U4E_Policy-Assessment_ECU.pdf</t>
+  </si>
+  <si>
     <t>RTS 23.01.01:15 Energy efficiency. Central, packaged, split air conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for central, packaged, and split air conditioners, operated with electric power with frequency of 60 Hz and having cooling capacities from 8,800W to 19,050W. It does not apply to inverters.</t>
+  </si>
+  <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>National Energy Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010115-energy-efficiency-central-packaged-split-air-conditioners-limits-test-methods</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1398&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.02:15 Energy efficiency. Room air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for room air conditioners, with or without a heat pump, with air-cooled condensers and cooling capacities of up to 10,600W.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010215-energy-efficiency-room-air-conditioners-limits-test-methods-and-labelling</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1400&amp;catid=4</t>
+  </si>
+  <si>
     <t>RTS 23.01.03:15 Energy efficiency. Split, free-flow, ductless air-conditioners. Limits, test methods and labelling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS (in SEER) and labeling requirements for split, free-flow, ductless air-conditioners (known as mini-split and multi-split air-conditioners), whether single-cycle (cooling only) or reverse-cycle (heat pump), with air-cooled condensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/rts-23010315-energy-efficiency-split-free-flow-ductless-air-conditioners-limits-test</t>
   </si>
   <si>
+    <t>http://www.osartec.gob.sv/index.php?option=com_jdownloads&amp;Itemid=0&amp;view=finish&amp;cid=1397&amp;catid=4</t>
+  </si>
+  <si>
     <t>Rwanda MEPS for Air Conditioners</t>
   </si>
   <si>
+    <t>This is a national cooling strategy establishes minimum energy perfomance standards for cooling equipments( Refrigerators and Air conditioners).</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Utilities Regulatory Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/rwanda-meps-air-conditioners</t>
   </si>
   <si>
+    <t>https://energy-base.org/projects/r-cool-with-coolease-in-rwanda/</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>SASO 2663:2018 MEPS and labeling schemes for small air conditioners</t>
   </si>
   <si>
+    <t>This standard applies to single-package window type, single split-system non-ducted air conditioners using air-cooled condensers, single split-system ducted airconditioners using air-cooled condensers, and heat pumps using aircooled condensers or using electric resistance for residential, commercial and industrial sector as applicable.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>SASO 2681 / 2013 (based on ISO 5151) SASO 2682/2013 SASO 2763/2008</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-26632018-meps-and-labeling-schemes-small-air-conditioners</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 24 - Light Commercial Air Conditioners</t>
   </si>
   <si>
+    <t>This schedule specifies the requirement for participating in the star labeling program for light commercial air conditioners being manufactured and sold in India. The policy applies to single or three-phase non-ducted split with fixed and variable-speeds air conditioners and heat pumps employing air-cooled condensers with a rated capacity above 10,500 Watts and up to and including 18,000 Watts.</t>
+  </si>
+  <si>
     <t>IS 1391 (Part 2): 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-24-light-commercial-air-conditioners</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Schedule_24_LCAC.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 074 - Split Air Conditioners With Variable Refrigerant Flow</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners with variable refrigerant flow, using one evaporator and one condenser, without reverse cycle (cooling only), with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts to 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-026-ENER / NOM-003-SCFI</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-074-split-air-conditioners-variable-refrigerant-flow</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp074_02.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4113</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for room air conditioner without reverse cycle (cooling) or with reverse cycle (heating), with or without side slots, with air-cooled condenser and refrigerant R22 or higher, with cooling capacity up to 10,600 Watts (36,000 BTU / h), with a rated supply voltage of 115 Volts and 220 Volts, at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI/ECOL</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energ Eltrica (FIDE) -Trust for Saving Electrical…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4113</t>
   </si>
   <si>
+    <t>http://www.fide.org.mx/index.php?option=com_content&amp;view=article&amp;id=198:especificaciones-sello-fide&amp;catid=82:especificaciones-tipo-a&amp;Itemid=261</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4121</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for split type air conditioners, using one or more evaporators, without reverse cycle (cooling) or with reverse cycle (cooling and heating heat pump), air-cooled condenser, with cooling capacity up to 19.050 Watts (65,000 BTU / h), with a rated supply voltage of 115 volts, 127 volts, 220 volts or 230 volts at a nominal frequency of 60 Hz.</t>
+  </si>
+  <si>
     <t>NOM-23-ENER</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4121</t>
   </si>
   <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for energy efficiency labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for aircondition units used for domestic and similar purposes.</t>
+  </si>
+  <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t>Saint Lucia Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slbs.org/product/slns-93-2015/</t>
+  </si>
+  <si>
     <t>SLNS 93: 2015 Specification for Energy Efficiency Labelling of Air Conditioners</t>
   </si>
   <si>
+    <t>This National Standard specifies the method of classification of energy efficiency for air conditioning units used for domestic and similar purposes. The standard also specifies the test methods to be utilised and the features of the energy efficiency label for all air conditioner types (window, room or split units), with a capacity up to 10 kW (34,121.420 BTU/h).</t>
+  </si>
+  <si>
     <t>Saint Lucia Bureau of Standards (SLBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/slns-93-2015-specification-energy-efficiency-labelling-air-conditioners-0</t>
   </si>
   <si>
     <t>SLS 1586 Energy efficiency rating for single split type room air conditioners</t>
   </si>
   <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sls-1586-energy-efficiency-rating-single-split-type-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2440&amp;lang=en</t>
+  </si>
+  <si>
     <t>Standard NOM-021-ENER/SCFI-2008 - Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for room air conditioners, with or without heating, with air-cooled condensers and with cooling capacities until 10,600 Watts (36,000 Btu/h). It does not apply for mini-split and multi-split air conditioners.</t>
+  </si>
+  <si>
     <t>NOM-021-ENER/SCFI-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-021-enerscfi-2008-room-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle_popup.php?codigo=5055676</t>
+  </si>
+  <si>
     <t>Standard NOM-023-ENER-2010 - Split Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for split type air conditioners, free discharge and without air ducts (known as minisplit and multisplit) simple cycle (cold) or reverse cycle (heat pump) in cooling capacity ratings of 1 Wt to 19,050 Wt.</t>
+  </si>
+  <si>
     <t>NOM-023-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-023-ener-2010-split-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle_popup.php?codigo=5171765</t>
+  </si>
+  <si>
     <t>Standard NOM-026-ENER-2015 - Inverter Air Conditioners</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for inverter air conditioners with nominal cooling capacities of 1 Wt to 19 050 Wt, which operate by mechanical compression and include an air-cooling evaporator coil.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-026-ener-2015-inverter-air-conditioners</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5424751&amp;fecha=09/02/2016</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>TCVN 7826:2015 Electric fans - Energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for electric fans, including ceiling fans, table fans, wall fans, and pedestal fans.</t>
+  </si>
+  <si>
     <t>TCVN 7827:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78262015-electric-fans-energy-efficiency</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7826-2015-quat-dien-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2015 Non-ducted air conditioners - energy efficiency and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS, test methods, and star ratings for non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>TCVN 6576:2013, TCVN 10273-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302015-non-ducted-air-conditioners-energy-efficiency-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7830-2015-may-dieu-hoa-khong-khi-khong-ong-gio-hieu-suat-nang-luong</t>
+  </si>
+  <si>
     <t>TCVN 7830:2021: Energy Efficiency Standard for Non-Ducted Air Conditioners</t>
   </si>
   <si>
+    <t>This standard established MEPS for stand-alone and split-type non-ducted air conditioners with:
+→ Hermetic compressors
+→ Air cooling or naturally cooling condensers
+→ Constant speed type or variable frequency types
+→ And a rated cooling capacity that deoes not exceed 12000w (41000 BTU/h)
+The policy will enter into force in 2025.
+This policy does not apply to the following products:
+→ Water cooling condenser type air conditioners
+→ Duct type air conditioners (VRV, VRF, multi air conditioner)
+→ Portable air conditioners
+→ Cassette air conditioners
+→ Stand-Floor air conditioners
+→ Air conditioners with three-phase power supply</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/tcvn-78302021-energy-efficiency-standard-non-ducted-air-conditioners</t>
   </si>
   <si>
+    <t>https://static.luatvietnam.vn/xem-noi-dung-file-tieu-chuan-tcvn-78302021-may-dieu-hoa-khong-khi-ong-gio-hieu-suat-nang-luong-253650-d3/uploaded/VIETLAWFILE/2023/5/TCVN_7830_2021_TCDLCL_290523085326.pdf.aspx</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Ventilation, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>TIS 934 (AC electric fans, safety requirements)
 ,   
                     TIS 92 (AC electric fans, table and wall type)
 ,   
                     TIS 127 (AC electric fans, pedestal type)
 ,   
                     TIS 205 (AC electric fans, ceiling type)
 ,   
                     TIS 572 (AC electric fans, oscillating type)
 ,   
                     TIS 710 (AC electric fans, electric ventilating type)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-electric-fans-tgl-51-11</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-51-11.pdf</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Room Air Conditioner TGL-7-R4-20</t>
   </si>
   <si>
+    <t>These criteria shall apply to air conditioning products (including motor-compressor) with a rated voltage of up to 250 V for single-phase air conditioners and 600 V for multi-phase air conditioners with a total cooling capacity of not more than 18,000 watts.</t>
+  </si>
+  <si>
     <t>TIS 1529</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-room-air-conditioner-tgl-7-r4-20</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-07-R4-20.pdf</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>The Energy Efficiency Label No.5 for Air Conditioners</t>
+  </si>
+  <si>
+    <t>This program covers split type air conditioners - floor/ceiling type, wall type, concealed/duct type, cassette type, and floor standing type.</t>
   </si>
   <si>
     <t>TIS 2710–2015 or ISO 5151 : 2010
 ,   
                     TIS 2711-2015 or ISO 13253 : 2011
 ,   
                     TIS 2714, Volume 1–2015 or ISO 16358-1 : 2013</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-air-conditioners</t>
   </si>
   <si>
+    <t>https://labelno5.egat.co.th/home/wp-content/uploads/2022/11/short_air.pdf</t>
+  </si>
+  <si>
     <t>The Energy Efficiency Label No.5 for fans</t>
+  </si>
+  <si>
+    <t>This program covers the following fan types: table fans, floor fans, wall fans, orbit fans, and ventilation fans.</t>
   </si>
   <si>
     <t>TIS 92 - 2536 (Table Fans and Wall Fans)
 ,   
                     TIS 127 - 2536 (Floor Fans)
 ,   
                     TIS 572 - 2528 (Orbit Fans)
 ,   
                     TIS 710 - 2530 (Ventilating Fans)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-fans</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/fan.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2553 Thai Industrial Standard for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This standard defines minimum energy efficiency requirements of split-type room air conditioners that use alternating current single phase at a frequency of 50 Hz, with a cooling capacity of less than 12000 W. This standard also covers condenser units and/or fan-coil units.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2553-thai-industrial-standard-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.tisi.go.th/data/standard/fulltext/TIS-2134-2553m.pdf</t>
+  </si>
+  <si>
     <t>TIS 2134-2565 air conditioner for room Energy efficiency</t>
   </si>
   <si>
+    <t>This industrial product standard contains the energy efficiency requirements for room air conditioners with a total cooling capacity that does not exceed 18,000 W and a maximum rated voltage that does not exceed 250 V for air conditioners with single-phase electrical systems and no more than 600 V for air conditioner with multi-phase electrical system. This policy covers air conditioners with air ducts with a total cooling capacity of less than 8,000 W intended to operate at static pressure. </t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2134-2565-air-conditioner-room-energy-efficiency</t>
   </si>
   <si>
+    <t>https://a.tisi.go.th/t/?n=7393</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
+    <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
+  </si>
+  <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
   <si>
+    <t>https://www.tuvalu-legislation.tv/cms/images/LEGISLATION/PRINCIPAL/2016/2016-0003/EnergyEfficiencyAct_1.pdf</t>
+  </si>
+  <si>
     <t>UAE.S 5010-1: 2019 – Labeling – Energy efficiency label for electrical appliances Part 1: household air conditioners.</t>
   </si>
   <si>
+    <t>This standard deals with the energy efficiency labels requirements for residential single package and split-system non-ducted air conditioners.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>UAE.S ISO 5151:2011</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-1-2019-labeling-energy-efficiency-label-electrical-appliances-part-1-household</t>
   </si>
   <si>
+    <t>https://members.wto.org/crnattachments/2019/TBT/ARE/19_1431_00_e.pdf</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Air conditioners and heat pumps - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of air conditioners and heat pumps for domestic or similar use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-ISO 5151, UNIT-IEC 60335-1:1992, IEC 60335-2-40</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-air-conditioners-and-heat-pumps-specifications-and-labeling</t>
   </si>
   <si>
+    <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1170+-+Eficiencia+Energetica.+Acondicionadores+de+aire+y+bombas+de+calor.+Especificaciones+y+etiquetado.pdf/26a59c64-d828-496f-ae33-a4f07eadacf7</t>
+  </si>
+  <si>
     <t>UNIT 1170: 2009 Eficiencia Energética - Acondicionadores de aire y bombas de calor - Especificaciones y etiquetado</t>
   </si>
   <si>
+    <t>This standard specifies MEPS and labeling requirements for air conditioners and heat pumps for domestic use. It applies to air conditioners and heat pumps that have a capacity of up to 12kW and are included in the scope of UNIT-ISO 5151.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/unit-1170-2009-eficiencia-energetica-acondicionadores-de-aire-y-bombas-de-calor</t>
   </si>
   <si>
     <t>US 901: 2011 Non-ducted air conditioners - Testing and rating for performance</t>
   </si>
   <si>
+    <t>This Uganda Standard specifies the standard conditions on which the ratings of single-package and split-system non-ducted air conditioners employing air cooled condensers are based and the test methods to be applied for determination of the various ratings. This standard is limited to systems utilizing a single refrigeration circuit and having one evaporator and one condenser.</t>
+  </si>
+  <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-901-2011-non-ducted-air-conditioners-testing-and-rating-performance</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug/store.php?src=1759&amp;preview</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
+  </si>
+  <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -2623,7627 +3657,8740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N179"/>
+  <dimension ref="A1:P180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1808.416" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="194.524" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="609.851" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1980</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
-[...2 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J4" t="s">
+        <v>46</v>
+      </c>
+      <c r="K4" t="s">
+        <v>47</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+      <c r="K5" t="s">
+        <v>47</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>55</v>
+      </c>
+      <c r="P5" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2003</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+      <c r="K6" t="s">
+        <v>47</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>64</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2003</v>
+      </c>
+      <c r="I7">
+        <v>2023</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K7" t="s">
+        <v>47</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>49</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H8">
+        <v>1979</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
+      <c r="J8" t="s">
+        <v>46</v>
+      </c>
+      <c r="K8" t="s">
+        <v>47</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>82</v>
+      </c>
+      <c r="K9" t="s">
+        <v>47</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>83</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>84</v>
+      </c>
+      <c r="P9" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>86</v>
+      </c>
+      <c r="B10" t="s">
+        <v>87</v>
+      </c>
+      <c r="C10" t="s">
+        <v>88</v>
+      </c>
+      <c r="D10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>90</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1998</v>
+      </c>
+      <c r="I10">
+        <v>2017</v>
+      </c>
+      <c r="J10" t="s">
+        <v>91</v>
+      </c>
+      <c r="K10" t="s">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
+        <v>93</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>89</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>90</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>99</v>
+      </c>
+      <c r="K11" t="s">
+        <v>47</v>
+      </c>
+      <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
+        <v>101</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>59</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+      <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>107</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>108</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>111</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>81</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>35</v>
+      </c>
+      <c r="K13" t="s">
+        <v>47</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>112</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>113</v>
+      </c>
+      <c r="P13" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>118</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>90</v>
+      </c>
+      <c r="G14" t="s">
+        <v>119</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>120</v>
+      </c>
+      <c r="K14" t="s">
+        <v>47</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>121</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>122</v>
+      </c>
+      <c r="P14" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>124</v>
+      </c>
+      <c r="B15" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D15" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
+        <v>2010</v>
+      </c>
+      <c r="J15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K15" t="s">
+        <v>47</v>
+      </c>
+      <c r="L15" t="s">
+        <v>127</v>
+      </c>
+      <c r="M15" t="s">
+        <v>128</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
+        <v>132</v>
+      </c>
+      <c r="C16" t="s">
+        <v>133</v>
+      </c>
+      <c r="D16" t="s">
+        <v>134</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
+        <v>64</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2007</v>
+      </c>
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>82</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...37 lines deleted...]
-      <c r="L3" t="s">
+      <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
+        <v>136</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>141</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>81</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>142</v>
+      </c>
+      <c r="K17" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>143</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>139</v>
+      </c>
+      <c r="B18" t="s">
+        <v>140</v>
+      </c>
+      <c r="C18" t="s">
+        <v>146</v>
+      </c>
+      <c r="D18" t="s">
+        <v>141</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>81</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>147</v>
+      </c>
+      <c r="K18" t="s">
+        <v>47</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>148</v>
+      </c>
+      <c r="P18" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>146</v>
+      </c>
+      <c r="D19" t="s">
+        <v>152</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>81</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>147</v>
+      </c>
+      <c r="K19" t="s">
+        <v>47</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>153</v>
+      </c>
+      <c r="O19" t="s">
+        <v>154</v>
+      </c>
+      <c r="P19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" t="s">
+        <v>152</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>81</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>142</v>
+      </c>
+      <c r="K20" t="s">
+        <v>47</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>143</v>
+      </c>
+      <c r="N20" t="s">
+        <v>153</v>
+      </c>
+      <c r="O20" t="s">
+        <v>158</v>
+      </c>
+      <c r="P20" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" t="s">
+        <v>162</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H21">
+        <v>2012</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>147</v>
+      </c>
+      <c r="K21" t="s">
+        <v>47</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>133</v>
+      </c>
+      <c r="D22" t="s">
+        <v>162</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>81</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>142</v>
+      </c>
+      <c r="K22" t="s">
+        <v>47</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>143</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>169</v>
+      </c>
+      <c r="B23" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" t="s">
+        <v>171</v>
+      </c>
+      <c r="D23" t="s">
+        <v>172</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>90</v>
+      </c>
+      <c r="G23" t="s">
+        <v>81</v>
+      </c>
+      <c r="H23">
+        <v>2016</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L23" t="s">
+        <v>173</v>
+      </c>
+      <c r="M23" t="s">
+        <v>174</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>175</v>
+      </c>
+      <c r="P23" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" t="s">
+        <v>178</v>
+      </c>
+      <c r="C24" t="s">
+        <v>179</v>
+      </c>
+      <c r="D24" t="s">
+        <v>180</v>
+      </c>
+      <c r="E24" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...25 lines deleted...]
-      <c r="G4">
+      <c r="F24" t="s">
+        <v>90</v>
+      </c>
+      <c r="G24" t="s">
+        <v>119</v>
+      </c>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>181</v>
+      </c>
+      <c r="K24" t="s">
+        <v>47</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>183</v>
+      </c>
+      <c r="P24" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>126</v>
+      </c>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" t="s">
+        <v>64</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2003</v>
       </c>
-      <c r="H4">
-[...40 lines deleted...]
-      <c r="G5">
+      <c r="I25">
+        <v>2013</v>
+      </c>
+      <c r="J25" t="s">
+        <v>181</v>
+      </c>
+      <c r="K25" t="s">
+        <v>47</v>
+      </c>
+      <c r="L25" t="s">
+        <v>187</v>
+      </c>
+      <c r="M25" t="s">
+        <v>188</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>189</v>
+      </c>
+      <c r="P25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>191</v>
+      </c>
+      <c r="B26" t="s">
+        <v>192</v>
+      </c>
+      <c r="C26" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" t="s">
+        <v>59</v>
+      </c>
+      <c r="E26" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" t="s">
+        <v>64</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2003</v>
       </c>
-      <c r="H5">
-[...141 lines deleted...]
-      <c r="L8" t="s">
+      <c r="I26">
+        <v>2010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>181</v>
+      </c>
+      <c r="K26" t="s">
+        <v>47</v>
+      </c>
+      <c r="L26" t="s">
+        <v>127</v>
+      </c>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>193</v>
+      </c>
+      <c r="P26" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>195</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>126</v>
+      </c>
+      <c r="D27" t="s">
         <v>59</v>
       </c>
-      <c r="M8" t="s">
-[...756 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
         <v>64</v>
       </c>
-      <c r="G27">
+      <c r="G27" t="s">
+        <v>81</v>
+      </c>
+      <c r="H27">
         <v>2010</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2019</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>39</v>
+        <v>120</v>
       </c>
       <c r="K27" t="s">
-        <v>146</v>
+        <v>47</v>
       </c>
       <c r="L27" t="s">
-        <v>141</v>
+        <v>197</v>
       </c>
       <c r="M27" t="s">
+        <v>188</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>198</v>
+      </c>
+      <c r="P27" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>200</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" t="s">
+        <v>59</v>
+      </c>
+      <c r="E28" t="s">
+        <v>33</v>
+      </c>
+      <c r="F28" t="s">
+        <v>64</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2003</v>
+      </c>
+      <c r="I28">
+        <v>2016</v>
+      </c>
+      <c r="J28" t="s">
+        <v>181</v>
+      </c>
+      <c r="K28" t="s">
+        <v>47</v>
+      </c>
+      <c r="L28" t="s">
+        <v>202</v>
+      </c>
+      <c r="M28" t="s">
+        <v>188</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>205</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>90</v>
+      </c>
+      <c r="G29" t="s">
+        <v>81</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>208</v>
+      </c>
+      <c r="K29" t="s">
+        <v>47</v>
+      </c>
+      <c r="L29" t="s">
+        <v>209</v>
+      </c>
+      <c r="M29" t="s">
+        <v>210</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>211</v>
+      </c>
+      <c r="P29" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>213</v>
+      </c>
+      <c r="B30" t="s">
+        <v>214</v>
+      </c>
+      <c r="C30" t="s">
+        <v>215</v>
+      </c>
+      <c r="D30" t="s">
+        <v>216</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>217</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2023</v>
+      </c>
+      <c r="J30" t="s">
+        <v>218</v>
+      </c>
+      <c r="K30" t="s">
+        <v>47</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>219</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>224</v>
+      </c>
+      <c r="D31" t="s">
+        <v>225</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>81</v>
+      </c>
+      <c r="H31">
+        <v>2020</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>218</v>
+      </c>
+      <c r="K31" t="s">
+        <v>47</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>226</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>227</v>
+      </c>
+      <c r="P31" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>229</v>
+      </c>
+      <c r="B32" t="s">
+        <v>230</v>
+      </c>
+      <c r="C32" t="s">
+        <v>224</v>
+      </c>
+      <c r="D32" t="s">
+        <v>231</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>81</v>
+      </c>
+      <c r="H32">
+        <v>2020</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>218</v>
+      </c>
+      <c r="K32" t="s">
+        <v>47</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>226</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>236</v>
+      </c>
+      <c r="D33" t="s">
+        <v>59</v>
+      </c>
+      <c r="E33" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" t="s">
+        <v>64</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2016</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
+        <v>35</v>
+      </c>
+      <c r="K33" t="s">
+        <v>47</v>
+      </c>
+      <c r="L33" t="s">
+        <v>237</v>
+      </c>
+      <c r="M33" t="s">
+        <v>238</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>239</v>
+      </c>
+      <c r="P33" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
+        <v>243</v>
+      </c>
+      <c r="D34" t="s">
+        <v>244</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>34</v>
+      </c>
+      <c r="G34" t="s">
+        <v>81</v>
+      </c>
+      <c r="H34">
+        <v>2020</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>245</v>
+      </c>
+      <c r="K34" t="s">
+        <v>47</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>246</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>247</v>
+      </c>
+      <c r="P34" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>249</v>
+      </c>
+      <c r="B35" t="s">
+        <v>250</v>
+      </c>
+      <c r="C35" t="s">
+        <v>251</v>
+      </c>
+      <c r="D35" t="s">
+        <v>252</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>119</v>
+      </c>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>253</v>
+      </c>
+      <c r="K35" t="s">
+        <v>47</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>254</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>255</v>
+      </c>
+      <c r="P35" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>257</v>
+      </c>
+      <c r="B36" t="s">
+        <v>258</v>
+      </c>
+      <c r="C36" t="s">
+        <v>259</v>
+      </c>
+      <c r="D36" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>33</v>
+      </c>
+      <c r="F36" t="s">
+        <v>34</v>
+      </c>
+      <c r="G36" t="s">
+        <v>119</v>
+      </c>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>260</v>
+      </c>
+      <c r="K36" t="s">
+        <v>47</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>261</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>262</v>
+      </c>
+      <c r="P36" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>264</v>
+      </c>
+      <c r="B37" t="s">
+        <v>265</v>
+      </c>
+      <c r="C37" t="s">
+        <v>266</v>
+      </c>
+      <c r="D37" t="s">
+        <v>267</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>90</v>
+      </c>
+      <c r="G37" t="s">
+        <v>81</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>82</v>
+      </c>
+      <c r="K37" t="s">
+        <v>47</v>
+      </c>
+      <c r="L37" t="s">
+        <v>268</v>
+      </c>
+      <c r="M37" t="s">
+        <v>269</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>270</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>271</v>
+      </c>
+      <c r="B38" t="s">
+        <v>272</v>
+      </c>
+      <c r="C38" t="s">
+        <v>273</v>
+      </c>
+      <c r="D38" t="s">
+        <v>172</v>
+      </c>
+      <c r="E38" t="s">
+        <v>33</v>
+      </c>
+      <c r="F38" t="s">
+        <v>90</v>
+      </c>
+      <c r="G38" t="s">
+        <v>119</v>
+      </c>
+      <c r="H38"/>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>46</v>
+      </c>
+      <c r="K38" t="s">
+        <v>47</v>
+      </c>
+      <c r="L38" t="s">
+        <v>274</v>
+      </c>
+      <c r="M38" t="s">
+        <v>275</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>276</v>
+      </c>
+      <c r="P38" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>278</v>
+      </c>
+      <c r="B39" t="s">
+        <v>279</v>
+      </c>
+      <c r="C39" t="s">
+        <v>280</v>
+      </c>
+      <c r="D39" t="s">
+        <v>281</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>90</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>46</v>
+      </c>
+      <c r="K39" t="s">
+        <v>47</v>
+      </c>
+      <c r="L39" t="s">
+        <v>282</v>
+      </c>
+      <c r="M39" t="s">
+        <v>283</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>284</v>
+      </c>
+      <c r="P39" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>286</v>
+      </c>
+      <c r="B40" t="s">
+        <v>287</v>
+      </c>
+      <c r="C40" t="s">
+        <v>288</v>
+      </c>
+      <c r="D40" t="s">
+        <v>59</v>
+      </c>
+      <c r="E40" t="s">
+        <v>33</v>
+      </c>
+      <c r="F40" t="s">
+        <v>64</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2009</v>
+      </c>
+      <c r="I40">
+        <v>2015</v>
+      </c>
+      <c r="J40" t="s">
+        <v>91</v>
+      </c>
+      <c r="K40" t="s">
+        <v>47</v>
+      </c>
+      <c r="L40" t="s">
+        <v>289</v>
+      </c>
+      <c r="M40" t="s">
+        <v>290</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>291</v>
+      </c>
+      <c r="P40" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>293</v>
+      </c>
+      <c r="B41" t="s">
+        <v>294</v>
+      </c>
+      <c r="C41" t="s">
+        <v>295</v>
+      </c>
+      <c r="D41" t="s">
+        <v>296</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>90</v>
+      </c>
+      <c r="G41" t="s">
+        <v>81</v>
+      </c>
+      <c r="H41">
+        <v>2023</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>297</v>
+      </c>
+      <c r="K41" t="s">
+        <v>47</v>
+      </c>
+      <c r="L41" t="s">
+        <v>298</v>
+      </c>
+      <c r="M41" t="s">
+        <v>299</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>300</v>
+      </c>
+      <c r="P41" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>302</v>
+      </c>
+      <c r="B42" t="s">
+        <v>303</v>
+      </c>
+      <c r="C42" t="s">
+        <v>304</v>
+      </c>
+      <c r="D42" t="s">
+        <v>59</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>34</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1993</v>
+      </c>
+      <c r="I42">
+        <v>2009</v>
+      </c>
+      <c r="J42" t="s">
+        <v>208</v>
+      </c>
+      <c r="K42" t="s">
+        <v>47</v>
+      </c>
+      <c r="L42" t="s">
+        <v>305</v>
+      </c>
+      <c r="M42" t="s">
+        <v>306</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>307</v>
+      </c>
+      <c r="P42" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>309</v>
+      </c>
+      <c r="B43" t="s">
+        <v>310</v>
+      </c>
+      <c r="C43" t="s">
+        <v>304</v>
+      </c>
+      <c r="D43" t="s">
+        <v>311</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" t="s">
+        <v>81</v>
+      </c>
+      <c r="H43">
+        <v>2009</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>208</v>
+      </c>
+      <c r="K43" t="s">
+        <v>47</v>
+      </c>
+      <c r="L43" t="s">
+        <v>312</v>
+      </c>
+      <c r="M43" t="s">
+        <v>306</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>313</v>
+      </c>
+      <c r="P43" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>315</v>
+      </c>
+      <c r="B44" t="s">
+        <v>316</v>
+      </c>
+      <c r="C44" t="s">
+        <v>317</v>
+      </c>
+      <c r="D44" t="s">
+        <v>59</v>
+      </c>
+      <c r="E44" t="s">
+        <v>33</v>
+      </c>
+      <c r="F44" t="s">
+        <v>64</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1996</v>
+      </c>
+      <c r="I44">
+        <v>2021</v>
+      </c>
+      <c r="J44" t="s">
+        <v>46</v>
+      </c>
+      <c r="K44" t="s">
+        <v>47</v>
+      </c>
+      <c r="L44" t="s">
+        <v>318</v>
+      </c>
+      <c r="M44" t="s">
+        <v>319</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>320</v>
+      </c>
+      <c r="P44" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>322</v>
+      </c>
+      <c r="B45" t="s">
+        <v>323</v>
+      </c>
+      <c r="C45" t="s">
+        <v>324</v>
+      </c>
+      <c r="D45" t="s">
+        <v>325</v>
+      </c>
+      <c r="E45" t="s">
+        <v>33</v>
+      </c>
+      <c r="F45" t="s">
+        <v>90</v>
+      </c>
+      <c r="G45" t="s">
+        <v>81</v>
+      </c>
+      <c r="H45">
+        <v>2017</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>326</v>
+      </c>
+      <c r="K45" t="s">
+        <v>47</v>
+      </c>
+      <c r="L45" t="s">
+        <v>327</v>
+      </c>
+      <c r="M45" t="s">
+        <v>328</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>329</v>
+      </c>
+      <c r="P45" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>331</v>
+      </c>
+      <c r="B46" t="s">
+        <v>332</v>
+      </c>
+      <c r="C46" t="s">
+        <v>333</v>
+      </c>
+      <c r="D46" t="s">
+        <v>59</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>90</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46">
+        <v>2022</v>
+      </c>
+      <c r="J46" t="s">
+        <v>46</v>
+      </c>
+      <c r="K46" t="s">
+        <v>47</v>
+      </c>
+      <c r="L46" t="s">
+        <v>334</v>
+      </c>
+      <c r="M46" t="s">
+        <v>335</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>336</v>
+      </c>
+      <c r="P46" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>338</v>
+      </c>
+      <c r="B47" t="s">
+        <v>339</v>
+      </c>
+      <c r="C47" t="s">
+        <v>333</v>
+      </c>
+      <c r="D47" t="s">
+        <v>59</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>90</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2007</v>
+      </c>
+      <c r="I47">
+        <v>2024</v>
+      </c>
+      <c r="J47" t="s">
+        <v>23</v>
+      </c>
+      <c r="K47" t="s">
+        <v>47</v>
+      </c>
+      <c r="L47" t="s">
+        <v>340</v>
+      </c>
+      <c r="M47" t="s">
+        <v>335</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>341</v>
+      </c>
+      <c r="P47" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>343</v>
+      </c>
+      <c r="B48" t="s">
+        <v>344</v>
+      </c>
+      <c r="C48" t="s">
+        <v>333</v>
+      </c>
+      <c r="D48" t="s">
+        <v>345</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>21</v>
+      </c>
+      <c r="G48" t="s">
+        <v>8</v>
+      </c>
+      <c r="H48">
+        <v>2007</v>
+      </c>
+      <c r="I48">
+        <v>2025</v>
+      </c>
+      <c r="J48" t="s">
+        <v>297</v>
+      </c>
+      <c r="K48" t="s">
+        <v>47</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>335</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>346</v>
+      </c>
+      <c r="P48" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>348</v>
+      </c>
+      <c r="B49" t="s">
+        <v>349</v>
+      </c>
+      <c r="C49" t="s">
+        <v>333</v>
+      </c>
+      <c r="D49" t="s">
+        <v>59</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>90</v>
+      </c>
+      <c r="G49" t="s">
+        <v>81</v>
+      </c>
+      <c r="H49">
+        <v>2015</v>
+      </c>
+      <c r="I49">
+        <v>2022</v>
+      </c>
+      <c r="J49" t="s">
+        <v>46</v>
+      </c>
+      <c r="K49" t="s">
+        <v>47</v>
+      </c>
+      <c r="L49" t="s">
+        <v>350</v>
+      </c>
+      <c r="M49" t="s">
+        <v>335</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>351</v>
+      </c>
+      <c r="P49" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>353</v>
+      </c>
+      <c r="B50" t="s">
+        <v>354</v>
+      </c>
+      <c r="C50" t="s">
+        <v>355</v>
+      </c>
+      <c r="D50" t="s">
+        <v>356</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>90</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2016</v>
+      </c>
+      <c r="I50">
+        <v>2019</v>
+      </c>
+      <c r="J50" t="s">
+        <v>46</v>
+      </c>
+      <c r="K50" t="s">
+        <v>36</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>357</v>
+      </c>
+      <c r="N50" t="s">
+        <v>27</v>
+      </c>
+      <c r="O50" t="s">
+        <v>358</v>
+      </c>
+      <c r="P50" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>360</v>
+      </c>
+      <c r="B51" t="s">
+        <v>361</v>
+      </c>
+      <c r="C51" t="s">
+        <v>362</v>
+      </c>
+      <c r="D51" t="s">
+        <v>363</v>
+      </c>
+      <c r="E51" t="s">
+        <v>33</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>81</v>
+      </c>
+      <c r="H51">
+        <v>2013</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>99</v>
+      </c>
+      <c r="K51" t="s">
         <v>24</v>
       </c>
-      <c r="N27" t="s">
-[...25 lines deleted...]
-      <c r="H28">
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>364</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>365</v>
+      </c>
+      <c r="P51" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>367</v>
+      </c>
+      <c r="B52" t="s">
+        <v>368</v>
+      </c>
+      <c r="C52" t="s">
+        <v>71</v>
+      </c>
+      <c r="D52" t="s">
+        <v>59</v>
+      </c>
+      <c r="E52" t="s">
+        <v>33</v>
+      </c>
+      <c r="F52" t="s">
+        <v>34</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>2000</v>
+      </c>
+      <c r="I52">
+        <v>2012</v>
+      </c>
+      <c r="J52" t="s">
+        <v>208</v>
+      </c>
+      <c r="K52" t="s">
+        <v>47</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>369</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>370</v>
+      </c>
+      <c r="P52" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>372</v>
+      </c>
+      <c r="B53" t="s">
+        <v>373</v>
+      </c>
+      <c r="C53" t="s">
+        <v>374</v>
+      </c>
+      <c r="D53" t="s">
+        <v>59</v>
+      </c>
+      <c r="E53" t="s">
+        <v>33</v>
+      </c>
+      <c r="F53" t="s">
+        <v>64</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1996</v>
+      </c>
+      <c r="I53">
+        <v>2015</v>
+      </c>
+      <c r="J53" t="s">
+        <v>181</v>
+      </c>
+      <c r="K53" t="s">
+        <v>47</v>
+      </c>
+      <c r="L53" t="s">
+        <v>375</v>
+      </c>
+      <c r="M53" t="s">
+        <v>376</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>377</v>
+      </c>
+      <c r="P53" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>379</v>
+      </c>
+      <c r="B54" t="s">
+        <v>380</v>
+      </c>
+      <c r="C54" t="s">
+        <v>381</v>
+      </c>
+      <c r="D54" t="s">
+        <v>59</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>90</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2015</v>
+      </c>
+      <c r="I54">
+        <v>2023</v>
+      </c>
+      <c r="J54" t="s">
+        <v>382</v>
+      </c>
+      <c r="K54" t="s">
+        <v>47</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>383</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>384</v>
+      </c>
+      <c r="P54" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>386</v>
+      </c>
+      <c r="B55" t="s">
+        <v>387</v>
+      </c>
+      <c r="C55" t="s">
+        <v>388</v>
+      </c>
+      <c r="D55" t="s">
+        <v>267</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>81</v>
+      </c>
+      <c r="H55">
+        <v>2017</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>82</v>
+      </c>
+      <c r="K55" t="s">
+        <v>47</v>
+      </c>
+      <c r="L55" t="s">
+        <v>268</v>
+      </c>
+      <c r="M55" t="s">
+        <v>389</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>390</v>
+      </c>
+      <c r="P55" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>392</v>
+      </c>
+      <c r="B56" t="s">
+        <v>393</v>
+      </c>
+      <c r="C56" t="s">
+        <v>126</v>
+      </c>
+      <c r="D56" t="s">
+        <v>252</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>394</v>
+      </c>
+      <c r="H56">
+        <v>1989</v>
+      </c>
+      <c r="I56">
+        <v>2009</v>
+      </c>
+      <c r="J56" t="s">
+        <v>395</v>
+      </c>
+      <c r="K56" t="s">
+        <v>47</v>
+      </c>
+      <c r="L56" t="s">
+        <v>396</v>
+      </c>
+      <c r="M56" t="s">
+        <v>128</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>397</v>
+      </c>
+      <c r="P56" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>399</v>
+      </c>
+      <c r="B57" t="s">
+        <v>400</v>
+      </c>
+      <c r="C57" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" t="s">
+        <v>252</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1989</v>
+      </c>
+      <c r="I57">
+        <v>2021</v>
+      </c>
+      <c r="J57" t="s">
+        <v>395</v>
+      </c>
+      <c r="K57" t="s">
+        <v>47</v>
+      </c>
+      <c r="L57" t="s">
+        <v>401</v>
+      </c>
+      <c r="M57" t="s">
+        <v>402</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>403</v>
+      </c>
+      <c r="P57" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>405</v>
+      </c>
+      <c r="B58" t="s">
+        <v>406</v>
+      </c>
+      <c r="C58" t="s">
+        <v>126</v>
+      </c>
+      <c r="D58" t="s">
+        <v>59</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>21</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1989</v>
+      </c>
+      <c r="I58">
+        <v>2018</v>
+      </c>
+      <c r="J58" t="s">
+        <v>181</v>
+      </c>
+      <c r="K58" t="s">
+        <v>47</v>
+      </c>
+      <c r="L58" t="s">
+        <v>407</v>
+      </c>
+      <c r="M58" t="s">
+        <v>128</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>408</v>
+      </c>
+      <c r="P58" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>410</v>
+      </c>
+      <c r="B59" t="s">
+        <v>186</v>
+      </c>
+      <c r="C59" t="s">
+        <v>126</v>
+      </c>
+      <c r="D59" t="s">
+        <v>59</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>21</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1989</v>
+      </c>
+      <c r="I59">
+        <v>2020</v>
+      </c>
+      <c r="J59" t="s">
+        <v>120</v>
+      </c>
+      <c r="K59" t="s">
+        <v>47</v>
+      </c>
+      <c r="L59" t="s">
+        <v>411</v>
+      </c>
+      <c r="M59" t="s">
+        <v>412</v>
+      </c>
+      <c r="N59" t="s">
+        <v>27</v>
+      </c>
+      <c r="O59" t="s">
+        <v>413</v>
+      </c>
+      <c r="P59" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>415</v>
+      </c>
+      <c r="B60" t="s">
+        <v>416</v>
+      </c>
+      <c r="C60" t="s">
+        <v>417</v>
+      </c>
+      <c r="D60" t="s">
+        <v>59</v>
+      </c>
+      <c r="E60" t="s">
+        <v>33</v>
+      </c>
+      <c r="F60" t="s">
+        <v>21</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1986</v>
+      </c>
+      <c r="I60">
+        <v>1988</v>
+      </c>
+      <c r="J60" t="s">
+        <v>91</v>
+      </c>
+      <c r="K60" t="s">
+        <v>47</v>
+      </c>
+      <c r="L60"/>
+      <c r="M60" t="s">
+        <v>418</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>419</v>
+      </c>
+      <c r="P60" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>421</v>
+      </c>
+      <c r="B61" t="s">
+        <v>422</v>
+      </c>
+      <c r="C61" t="s">
+        <v>423</v>
+      </c>
+      <c r="D61" t="s">
+        <v>252</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>90</v>
+      </c>
+      <c r="G61" t="s">
+        <v>22</v>
+      </c>
+      <c r="H61">
+        <v>2013</v>
+      </c>
+      <c r="I61">
+        <v>2025</v>
+      </c>
+      <c r="J61" t="s">
+        <v>382</v>
+      </c>
+      <c r="K61" t="s">
+        <v>47</v>
+      </c>
+      <c r="L61" t="s">
+        <v>424</v>
+      </c>
+      <c r="M61" t="s">
+        <v>425</v>
+      </c>
+      <c r="N61" t="s">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>426</v>
+      </c>
+      <c r="P61" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>428</v>
+      </c>
+      <c r="B62" t="s">
+        <v>429</v>
+      </c>
+      <c r="C62" t="s">
+        <v>430</v>
+      </c>
+      <c r="D62" t="s">
+        <v>431</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>21</v>
+      </c>
+      <c r="G62" t="s">
+        <v>81</v>
+      </c>
+      <c r="H62">
+        <v>2022</v>
+      </c>
+      <c r="I62"/>
+      <c r="J62" t="s">
+        <v>432</v>
+      </c>
+      <c r="K62" t="s">
+        <v>47</v>
+      </c>
+      <c r="L62"/>
+      <c r="M62" t="s">
+        <v>433</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>434</v>
+      </c>
+      <c r="P62" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>436</v>
+      </c>
+      <c r="B63" t="s">
+        <v>437</v>
+      </c>
+      <c r="C63" t="s">
+        <v>430</v>
+      </c>
+      <c r="D63" t="s">
+        <v>431</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>90</v>
+      </c>
+      <c r="G63" t="s">
+        <v>22</v>
+      </c>
+      <c r="H63">
+        <v>2010</v>
+      </c>
+      <c r="I63">
+        <v>2019</v>
+      </c>
+      <c r="J63" t="s">
+        <v>253</v>
+      </c>
+      <c r="K63" t="s">
+        <v>47</v>
+      </c>
+      <c r="L63" t="s">
+        <v>438</v>
+      </c>
+      <c r="M63" t="s">
+        <v>433</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>439</v>
+      </c>
+      <c r="P63" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>441</v>
+      </c>
+      <c r="B64" t="s">
+        <v>442</v>
+      </c>
+      <c r="C64" t="s">
+        <v>288</v>
+      </c>
+      <c r="D64" t="s">
+        <v>59</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>64</v>
+      </c>
+      <c r="G64" t="s">
+        <v>22</v>
+      </c>
+      <c r="H64">
+        <v>2005</v>
+      </c>
+      <c r="I64">
+        <v>2013</v>
+      </c>
+      <c r="J64" t="s">
+        <v>91</v>
+      </c>
+      <c r="K64" t="s">
+        <v>47</v>
+      </c>
+      <c r="L64" t="s">
+        <v>443</v>
+      </c>
+      <c r="M64" t="s">
+        <v>444</v>
+      </c>
+      <c r="N64" t="s">
+        <v>27</v>
+      </c>
+      <c r="O64" t="s">
+        <v>445</v>
+      </c>
+      <c r="P64" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>447</v>
+      </c>
+      <c r="B65" t="s">
+        <v>448</v>
+      </c>
+      <c r="C65" t="s">
+        <v>449</v>
+      </c>
+      <c r="D65" t="s">
+        <v>59</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
+        <v>90</v>
+      </c>
+      <c r="G65" t="s">
+        <v>119</v>
+      </c>
+      <c r="H65"/>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>450</v>
+      </c>
+      <c r="K65" t="s">
+        <v>47</v>
+      </c>
+      <c r="L65" t="s">
+        <v>451</v>
+      </c>
+      <c r="M65" t="s">
+        <v>452</v>
+      </c>
+      <c r="N65" t="s">
+        <v>27</v>
+      </c>
+      <c r="O65" t="s">
+        <v>453</v>
+      </c>
+      <c r="P65"/>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>454</v>
+      </c>
+      <c r="B66" t="s">
+        <v>455</v>
+      </c>
+      <c r="C66" t="s">
+        <v>423</v>
+      </c>
+      <c r="D66" t="s">
+        <v>59</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>90</v>
+      </c>
+      <c r="G66" t="s">
+        <v>456</v>
+      </c>
+      <c r="H66">
+        <v>2015</v>
+      </c>
+      <c r="I66">
+        <v>2018</v>
+      </c>
+      <c r="J66" t="s">
+        <v>457</v>
+      </c>
+      <c r="K66" t="s">
+        <v>47</v>
+      </c>
+      <c r="L66" t="s">
+        <v>458</v>
+      </c>
+      <c r="M66" t="s">
+        <v>425</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>459</v>
+      </c>
+      <c r="P66" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>461</v>
+      </c>
+      <c r="B67" t="s">
+        <v>462</v>
+      </c>
+      <c r="C67" t="s">
+        <v>423</v>
+      </c>
+      <c r="D67" t="s">
+        <v>252</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>90</v>
+      </c>
+      <c r="G67" t="s">
+        <v>463</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
+        <v>457</v>
+      </c>
+      <c r="K67" t="s">
+        <v>47</v>
+      </c>
+      <c r="L67" t="s">
+        <v>464</v>
+      </c>
+      <c r="M67" t="s">
+        <v>425</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>465</v>
+      </c>
+      <c r="P67" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>467</v>
+      </c>
+      <c r="B68" t="s">
+        <v>468</v>
+      </c>
+      <c r="C68" t="s">
+        <v>224</v>
+      </c>
+      <c r="D68" t="s">
+        <v>469</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>90</v>
+      </c>
+      <c r="G68" t="s">
+        <v>81</v>
+      </c>
+      <c r="H68">
+        <v>2023</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>218</v>
+      </c>
+      <c r="K68" t="s">
+        <v>47</v>
+      </c>
+      <c r="L68" t="s">
+        <v>470</v>
+      </c>
+      <c r="M68" t="s">
+        <v>226</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>471</v>
+      </c>
+      <c r="P68" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>473</v>
+      </c>
+      <c r="B69" t="s">
+        <v>474</v>
+      </c>
+      <c r="C69" t="s">
+        <v>475</v>
+      </c>
+      <c r="D69" t="s">
+        <v>59</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2008</v>
+      </c>
+      <c r="I69">
+        <v>2020</v>
+      </c>
+      <c r="J69" t="s">
+        <v>476</v>
+      </c>
+      <c r="K69" t="s">
+        <v>47</v>
+      </c>
+      <c r="L69" t="s">
+        <v>477</v>
+      </c>
+      <c r="M69" t="s">
+        <v>478</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>479</v>
+      </c>
+      <c r="P69" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>481</v>
+      </c>
+      <c r="B70" t="s">
+        <v>482</v>
+      </c>
+      <c r="C70" t="s">
+        <v>475</v>
+      </c>
+      <c r="D70" t="s">
+        <v>311</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2008</v>
+      </c>
+      <c r="I70">
+        <v>2021</v>
+      </c>
+      <c r="J70" t="s">
+        <v>476</v>
+      </c>
+      <c r="K70" t="s">
+        <v>47</v>
+      </c>
+      <c r="L70" t="s">
+        <v>483</v>
+      </c>
+      <c r="M70" t="s">
+        <v>478</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>484</v>
+      </c>
+      <c r="P70" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>486</v>
+      </c>
+      <c r="B71" t="s">
+        <v>487</v>
+      </c>
+      <c r="C71" t="s">
+        <v>488</v>
+      </c>
+      <c r="D71" t="s">
+        <v>59</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
+        <v>21</v>
+      </c>
+      <c r="G71" t="s">
+        <v>22</v>
+      </c>
+      <c r="H71">
+        <v>1996</v>
+      </c>
+      <c r="I71">
+        <v>2019</v>
+      </c>
+      <c r="J71" t="s">
+        <v>35</v>
+      </c>
+      <c r="K71" t="s">
+        <v>47</v>
+      </c>
+      <c r="L71" t="s">
+        <v>489</v>
+      </c>
+      <c r="M71" t="s">
+        <v>490</v>
+      </c>
+      <c r="N71" t="s">
+        <v>27</v>
+      </c>
+      <c r="O71" t="s">
+        <v>491</v>
+      </c>
+      <c r="P71" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>493</v>
+      </c>
+      <c r="B72" t="s">
+        <v>494</v>
+      </c>
+      <c r="C72" t="s">
+        <v>488</v>
+      </c>
+      <c r="D72" t="s">
+        <v>59</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>1996</v>
+      </c>
+      <c r="I72">
+        <v>2019</v>
+      </c>
+      <c r="J72" t="s">
+        <v>35</v>
+      </c>
+      <c r="K72" t="s">
+        <v>47</v>
+      </c>
+      <c r="L72" t="s">
+        <v>489</v>
+      </c>
+      <c r="M72" t="s">
+        <v>490</v>
+      </c>
+      <c r="N72" t="s">
+        <v>27</v>
+      </c>
+      <c r="O72" t="s">
+        <v>495</v>
+      </c>
+      <c r="P72" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>497</v>
+      </c>
+      <c r="B73" t="s">
+        <v>498</v>
+      </c>
+      <c r="C73" t="s">
+        <v>499</v>
+      </c>
+      <c r="D73" t="s">
+        <v>59</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2008</v>
+      </c>
+      <c r="I73">
+        <v>2006</v>
+      </c>
+      <c r="J73" t="s">
+        <v>500</v>
+      </c>
+      <c r="K73" t="s">
+        <v>47</v>
+      </c>
+      <c r="L73" t="s">
+        <v>501</v>
+      </c>
+      <c r="M73" t="s">
+        <v>502</v>
+      </c>
+      <c r="N73" t="s">
+        <v>27</v>
+      </c>
+      <c r="O73" t="s">
+        <v>503</v>
+      </c>
+      <c r="P73" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>505</v>
+      </c>
+      <c r="B74" t="s">
+        <v>506</v>
+      </c>
+      <c r="C74" t="s">
+        <v>499</v>
+      </c>
+      <c r="D74" t="s">
+        <v>59</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>34</v>
+      </c>
+      <c r="G74" t="s">
+        <v>81</v>
+      </c>
+      <c r="H74">
+        <v>2009</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>500</v>
+      </c>
+      <c r="K74" t="s">
+        <v>47</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>502</v>
+      </c>
+      <c r="N74" t="s">
+        <v>27</v>
+      </c>
+      <c r="O74" t="s">
+        <v>507</v>
+      </c>
+      <c r="P74" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>508</v>
+      </c>
+      <c r="B75" t="s">
+        <v>509</v>
+      </c>
+      <c r="C75" t="s">
+        <v>499</v>
+      </c>
+      <c r="D75" t="s">
+        <v>59</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
+        <v>90</v>
+      </c>
+      <c r="G75" t="s">
+        <v>81</v>
+      </c>
+      <c r="H75">
+        <v>2002</v>
+      </c>
+      <c r="I75"/>
+      <c r="J75" t="s">
+        <v>500</v>
+      </c>
+      <c r="K75" t="s">
+        <v>47</v>
+      </c>
+      <c r="L75" t="s">
+        <v>510</v>
+      </c>
+      <c r="M75" t="s">
+        <v>502</v>
+      </c>
+      <c r="N75" t="s">
+        <v>27</v>
+      </c>
+      <c r="O75" t="s">
+        <v>511</v>
+      </c>
+      <c r="P75" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>512</v>
+      </c>
+      <c r="B76" t="s">
+        <v>513</v>
+      </c>
+      <c r="C76" t="s">
+        <v>514</v>
+      </c>
+      <c r="D76" t="s">
+        <v>162</v>
+      </c>
+      <c r="E76" t="s">
+        <v>20</v>
+      </c>
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
+      </c>
+      <c r="H76">
+        <v>2013</v>
+      </c>
+      <c r="I76">
+        <v>2014</v>
+      </c>
+      <c r="J76" t="s">
+        <v>181</v>
+      </c>
+      <c r="K76" t="s">
+        <v>47</v>
+      </c>
+      <c r="L76" t="s">
+        <v>515</v>
+      </c>
+      <c r="M76" t="s">
+        <v>516</v>
+      </c>
+      <c r="N76" t="s">
+        <v>27</v>
+      </c>
+      <c r="O76" t="s">
+        <v>517</v>
+      </c>
+      <c r="P76"/>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>518</v>
+      </c>
+      <c r="B77" t="s">
+        <v>519</v>
+      </c>
+      <c r="C77" t="s">
+        <v>514</v>
+      </c>
+      <c r="D77" t="s">
+        <v>59</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>34</v>
+      </c>
+      <c r="G77" t="s">
+        <v>22</v>
+      </c>
+      <c r="H77">
+        <v>2012</v>
+      </c>
+      <c r="I77">
+        <v>2013</v>
+      </c>
+      <c r="J77" t="s">
+        <v>181</v>
+      </c>
+      <c r="K77" t="s">
+        <v>47</v>
+      </c>
+      <c r="L77" t="s">
+        <v>515</v>
+      </c>
+      <c r="M77" t="s">
+        <v>516</v>
+      </c>
+      <c r="N77" t="s">
+        <v>27</v>
+      </c>
+      <c r="O77" t="s">
+        <v>520</v>
+      </c>
+      <c r="P77" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>522</v>
+      </c>
+      <c r="B78" t="s">
+        <v>523</v>
+      </c>
+      <c r="C78" t="s">
+        <v>524</v>
+      </c>
+      <c r="D78" t="s">
+        <v>525</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" t="s">
+        <v>22</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2017</v>
+      </c>
+      <c r="J78" t="s">
+        <v>208</v>
+      </c>
+      <c r="K78" t="s">
+        <v>47</v>
+      </c>
+      <c r="L78" t="s">
+        <v>526</v>
+      </c>
+      <c r="M78" t="s">
+        <v>527</v>
+      </c>
+      <c r="N78" t="s">
+        <v>27</v>
+      </c>
+      <c r="O78" t="s">
+        <v>528</v>
+      </c>
+      <c r="P78" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>530</v>
+      </c>
+      <c r="B79" t="s">
+        <v>448</v>
+      </c>
+      <c r="C79" t="s">
+        <v>524</v>
+      </c>
+      <c r="D79" t="s">
+        <v>59</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>81</v>
+      </c>
+      <c r="H79">
+        <v>2017</v>
+      </c>
+      <c r="I79"/>
+      <c r="J79" t="s">
+        <v>208</v>
+      </c>
+      <c r="K79" t="s">
+        <v>47</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>527</v>
+      </c>
+      <c r="N79" t="s">
+        <v>27</v>
+      </c>
+      <c r="O79" t="s">
+        <v>531</v>
+      </c>
+      <c r="P79" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>532</v>
+      </c>
+      <c r="B80" t="s">
+        <v>533</v>
+      </c>
+      <c r="C80" t="s">
+        <v>534</v>
+      </c>
+      <c r="D80" t="s">
+        <v>59</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>22</v>
+      </c>
+      <c r="H80">
         <v>2016</v>
       </c>
-      <c r="I28" t="s">
-[...11 lines deleted...]
-      <c r="M28" t="s">
+      <c r="I80">
+        <v>2019</v>
+      </c>
+      <c r="J80" t="s">
+        <v>35</v>
+      </c>
+      <c r="K80" t="s">
+        <v>47</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>535</v>
+      </c>
+      <c r="N80" t="s">
+        <v>27</v>
+      </c>
+      <c r="O80" t="s">
+        <v>536</v>
+      </c>
+      <c r="P80" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>538</v>
+      </c>
+      <c r="B81" t="s">
+        <v>539</v>
+      </c>
+      <c r="C81" t="s">
+        <v>540</v>
+      </c>
+      <c r="D81" t="s">
+        <v>541</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>90</v>
+      </c>
+      <c r="G81" t="s">
+        <v>22</v>
+      </c>
+      <c r="H81">
+        <v>2005</v>
+      </c>
+      <c r="I81">
+        <v>2008</v>
+      </c>
+      <c r="J81" t="s">
+        <v>82</v>
+      </c>
+      <c r="K81" t="s">
+        <v>47</v>
+      </c>
+      <c r="L81" t="s">
+        <v>542</v>
+      </c>
+      <c r="M81" t="s">
+        <v>543</v>
+      </c>
+      <c r="N81" t="s">
+        <v>27</v>
+      </c>
+      <c r="O81" t="s">
+        <v>544</v>
+      </c>
+      <c r="P81" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>546</v>
+      </c>
+      <c r="B82" t="s">
+        <v>547</v>
+      </c>
+      <c r="C82" t="s">
+        <v>548</v>
+      </c>
+      <c r="D82" t="s">
+        <v>59</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>34</v>
+      </c>
+      <c r="G82" t="s">
+        <v>22</v>
+      </c>
+      <c r="H82">
+        <v>2009</v>
+      </c>
+      <c r="I82">
+        <v>2012</v>
+      </c>
+      <c r="J82" t="s">
+        <v>46</v>
+      </c>
+      <c r="K82" t="s">
+        <v>47</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>549</v>
+      </c>
+      <c r="N82" t="s">
+        <v>27</v>
+      </c>
+      <c r="O82" t="s">
+        <v>550</v>
+      </c>
+      <c r="P82" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>546</v>
+      </c>
+      <c r="B83" t="s">
+        <v>552</v>
+      </c>
+      <c r="C83" t="s">
+        <v>548</v>
+      </c>
+      <c r="D83" t="s">
+        <v>59</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>22</v>
+      </c>
+      <c r="H83">
+        <v>2010</v>
+      </c>
+      <c r="I83">
+        <v>2012</v>
+      </c>
+      <c r="J83" t="s">
+        <v>46</v>
+      </c>
+      <c r="K83" t="s">
+        <v>47</v>
+      </c>
+      <c r="L83" t="s">
+        <v>553</v>
+      </c>
+      <c r="M83" t="s">
+        <v>549</v>
+      </c>
+      <c r="N83" t="s">
+        <v>27</v>
+      </c>
+      <c r="O83" t="s">
+        <v>554</v>
+      </c>
+      <c r="P83" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>555</v>
+      </c>
+      <c r="B84" t="s">
+        <v>556</v>
+      </c>
+      <c r="C84" t="s">
+        <v>540</v>
+      </c>
+      <c r="D84" t="s">
+        <v>469</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>81</v>
+      </c>
+      <c r="H84">
+        <v>2022</v>
+      </c>
+      <c r="I84"/>
+      <c r="J84" t="s">
+        <v>557</v>
+      </c>
+      <c r="K84" t="s">
+        <v>47</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>543</v>
+      </c>
+      <c r="N84" t="s">
+        <v>27</v>
+      </c>
+      <c r="O84" t="s">
+        <v>558</v>
+      </c>
+      <c r="P84" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>560</v>
+      </c>
+      <c r="B85" t="s">
+        <v>561</v>
+      </c>
+      <c r="C85" t="s">
+        <v>317</v>
+      </c>
+      <c r="D85" t="s">
+        <v>562</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>90</v>
+      </c>
+      <c r="G85" t="s">
+        <v>22</v>
+      </c>
+      <c r="H85">
+        <v>2008</v>
+      </c>
+      <c r="I85">
+        <v>2020</v>
+      </c>
+      <c r="J85" t="s">
+        <v>35</v>
+      </c>
+      <c r="K85" t="s">
+        <v>47</v>
+      </c>
+      <c r="L85" t="s">
+        <v>563</v>
+      </c>
+      <c r="M85" t="s">
+        <v>564</v>
+      </c>
+      <c r="N85" t="s">
+        <v>153</v>
+      </c>
+      <c r="O85" t="s">
+        <v>565</v>
+      </c>
+      <c r="P85" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>567</v>
+      </c>
+      <c r="B86" t="s">
+        <v>568</v>
+      </c>
+      <c r="C86" t="s">
+        <v>280</v>
+      </c>
+      <c r="D86" t="s">
+        <v>59</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" t="s">
+        <v>569</v>
+      </c>
+      <c r="H86">
+        <v>2008</v>
+      </c>
+      <c r="I86">
+        <v>2014</v>
+      </c>
+      <c r="J86" t="s">
+        <v>253</v>
+      </c>
+      <c r="K86" t="s">
+        <v>47</v>
+      </c>
+      <c r="L86" t="s">
+        <v>570</v>
+      </c>
+      <c r="M86" t="s">
+        <v>571</v>
+      </c>
+      <c r="N86" t="s">
+        <v>27</v>
+      </c>
+      <c r="O86" t="s">
+        <v>572</v>
+      </c>
+      <c r="P86" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>574</v>
+      </c>
+      <c r="B87" t="s">
+        <v>575</v>
+      </c>
+      <c r="C87" t="s">
+        <v>280</v>
+      </c>
+      <c r="D87" t="s">
+        <v>59</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>34</v>
+      </c>
+      <c r="G87" t="s">
+        <v>8</v>
+      </c>
+      <c r="H87">
+        <v>2008</v>
+      </c>
+      <c r="I87">
+        <v>2014</v>
+      </c>
+      <c r="J87" t="s">
+        <v>253</v>
+      </c>
+      <c r="K87" t="s">
+        <v>47</v>
+      </c>
+      <c r="L87" t="s">
+        <v>576</v>
+      </c>
+      <c r="M87" t="s">
+        <v>571</v>
+      </c>
+      <c r="N87" t="s">
+        <v>27</v>
+      </c>
+      <c r="O87" t="s">
+        <v>577</v>
+      </c>
+      <c r="P87" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>578</v>
+      </c>
+      <c r="B88" t="s">
+        <v>448</v>
+      </c>
+      <c r="C88" t="s">
+        <v>579</v>
+      </c>
+      <c r="D88" t="s">
+        <v>59</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>90</v>
+      </c>
+      <c r="G88" t="s">
+        <v>119</v>
+      </c>
+      <c r="H88"/>
+      <c r="I88"/>
+      <c r="J88" t="s">
+        <v>82</v>
+      </c>
+      <c r="K88" t="s">
+        <v>47</v>
+      </c>
+      <c r="L88"/>
+      <c r="M88" t="s">
+        <v>580</v>
+      </c>
+      <c r="N88" t="s">
+        <v>27</v>
+      </c>
+      <c r="O88" t="s">
+        <v>581</v>
+      </c>
+      <c r="P88" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>578</v>
+      </c>
+      <c r="B89" t="s">
+        <v>448</v>
+      </c>
+      <c r="C89" t="s">
+        <v>583</v>
+      </c>
+      <c r="D89" t="s">
+        <v>59</v>
+      </c>
+      <c r="E89" t="s">
+        <v>33</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>119</v>
+      </c>
+      <c r="H89"/>
+      <c r="I89"/>
+      <c r="J89" t="s">
+        <v>82</v>
+      </c>
+      <c r="K89" t="s">
+        <v>47</v>
+      </c>
+      <c r="L89"/>
+      <c r="M89" t="s">
+        <v>584</v>
+      </c>
+      <c r="N89" t="s">
+        <v>27</v>
+      </c>
+      <c r="O89" t="s">
+        <v>585</v>
+      </c>
+      <c r="P89" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>578</v>
+      </c>
+      <c r="B90" t="s">
+        <v>448</v>
+      </c>
+      <c r="C90" t="s">
+        <v>583</v>
+      </c>
+      <c r="D90" t="s">
+        <v>59</v>
+      </c>
+      <c r="E90" t="s">
+        <v>33</v>
+      </c>
+      <c r="F90" t="s">
+        <v>34</v>
+      </c>
+      <c r="G90" t="s">
+        <v>119</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90"/>
+      <c r="J90" t="s">
+        <v>82</v>
+      </c>
+      <c r="K90" t="s">
+        <v>47</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>584</v>
+      </c>
+      <c r="N90" t="s">
+        <v>27</v>
+      </c>
+      <c r="O90" t="s">
+        <v>587</v>
+      </c>
+      <c r="P90" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>578</v>
+      </c>
+      <c r="B91" t="s">
+        <v>448</v>
+      </c>
+      <c r="C91" t="s">
+        <v>588</v>
+      </c>
+      <c r="D91" t="s">
+        <v>59</v>
+      </c>
+      <c r="E91" t="s">
+        <v>20</v>
+      </c>
+      <c r="F91" t="s">
+        <v>589</v>
+      </c>
+      <c r="G91" t="s">
+        <v>119</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
+      <c r="J91" t="s">
+        <v>82</v>
+      </c>
+      <c r="K91" t="s">
+        <v>47</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>590</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>591</v>
+      </c>
+      <c r="P91" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>578</v>
+      </c>
+      <c r="B92" t="s">
+        <v>593</v>
+      </c>
+      <c r="C92" t="s">
+        <v>295</v>
+      </c>
+      <c r="D92" t="s">
+        <v>59</v>
+      </c>
+      <c r="E92" t="s">
+        <v>594</v>
+      </c>
+      <c r="F92" t="s">
+        <v>90</v>
+      </c>
+      <c r="G92" t="s">
+        <v>119</v>
+      </c>
+      <c r="H92"/>
+      <c r="I92"/>
+      <c r="J92" t="s">
+        <v>82</v>
+      </c>
+      <c r="K92" t="s">
+        <v>47</v>
+      </c>
+      <c r="L92"/>
+      <c r="M92" t="s">
+        <v>595</v>
+      </c>
+      <c r="N92" t="s">
+        <v>27</v>
+      </c>
+      <c r="O92" t="s">
+        <v>596</v>
+      </c>
+      <c r="P92" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
+      <c r="A93" t="s">
+        <v>578</v>
+      </c>
+      <c r="B93" t="s">
+        <v>598</v>
+      </c>
+      <c r="C93" t="s">
+        <v>599</v>
+      </c>
+      <c r="D93" t="s">
+        <v>59</v>
+      </c>
+      <c r="E93" t="s">
+        <v>33</v>
+      </c>
+      <c r="F93" t="s">
+        <v>90</v>
+      </c>
+      <c r="G93" t="s">
+        <v>81</v>
+      </c>
+      <c r="H93">
+        <v>2015</v>
+      </c>
+      <c r="I93"/>
+      <c r="J93" t="s">
+        <v>46</v>
+      </c>
+      <c r="K93" t="s">
+        <v>47</v>
+      </c>
+      <c r="L93" t="s">
+        <v>600</v>
+      </c>
+      <c r="M93" t="s">
+        <v>452</v>
+      </c>
+      <c r="N93" t="s">
+        <v>27</v>
+      </c>
+      <c r="O93" t="s">
+        <v>601</v>
+      </c>
+      <c r="P93" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>603</v>
+      </c>
+      <c r="B94" t="s">
+        <v>604</v>
+      </c>
+      <c r="C94" t="s">
+        <v>605</v>
+      </c>
+      <c r="D94" t="s">
+        <v>59</v>
+      </c>
+      <c r="E94" t="s">
+        <v>20</v>
+      </c>
+      <c r="F94" t="s">
+        <v>90</v>
+      </c>
+      <c r="G94" t="s">
+        <v>81</v>
+      </c>
+      <c r="H94">
+        <v>2016</v>
+      </c>
+      <c r="I94"/>
+      <c r="J94" t="s">
+        <v>82</v>
+      </c>
+      <c r="K94" t="s">
+        <v>47</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" t="s">
+        <v>606</v>
+      </c>
+      <c r="N94" t="s">
+        <v>27</v>
+      </c>
+      <c r="O94" t="s">
+        <v>607</v>
+      </c>
+      <c r="P94" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>609</v>
+      </c>
+      <c r="B95" t="s">
+        <v>610</v>
+      </c>
+      <c r="C95" t="s">
+        <v>79</v>
+      </c>
+      <c r="D95" t="s">
+        <v>80</v>
+      </c>
+      <c r="E95" t="s">
+        <v>20</v>
+      </c>
+      <c r="F95" t="s">
+        <v>21</v>
+      </c>
+      <c r="G95" t="s">
+        <v>81</v>
+      </c>
+      <c r="H95">
+        <v>2010</v>
+      </c>
+      <c r="I95"/>
+      <c r="J95" t="s">
+        <v>82</v>
+      </c>
+      <c r="K95" t="s">
+        <v>47</v>
+      </c>
+      <c r="L95"/>
+      <c r="M95" t="s">
+        <v>83</v>
+      </c>
+      <c r="N95" t="s">
+        <v>27</v>
+      </c>
+      <c r="O95" t="s">
+        <v>611</v>
+      </c>
+      <c r="P95" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
+      <c r="A96" t="s">
+        <v>613</v>
+      </c>
+      <c r="B96" t="s">
+        <v>303</v>
+      </c>
+      <c r="C96" t="s">
+        <v>304</v>
+      </c>
+      <c r="D96" t="s">
+        <v>59</v>
+      </c>
+      <c r="E96" t="s">
+        <v>20</v>
+      </c>
+      <c r="F96" t="s">
+        <v>21</v>
+      </c>
+      <c r="G96" t="s">
+        <v>22</v>
+      </c>
+      <c r="H96">
+        <v>1993</v>
+      </c>
+      <c r="I96">
+        <v>2009</v>
+      </c>
+      <c r="J96" t="s">
+        <v>208</v>
+      </c>
+      <c r="K96" t="s">
+        <v>47</v>
+      </c>
+      <c r="L96" t="s">
+        <v>305</v>
+      </c>
+      <c r="M96" t="s">
+        <v>306</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>614</v>
+      </c>
+      <c r="P96" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
+      <c r="A97" t="s">
+        <v>615</v>
+      </c>
+      <c r="B97" t="s">
+        <v>616</v>
+      </c>
+      <c r="C97" t="s">
+        <v>280</v>
+      </c>
+      <c r="D97" t="s">
+        <v>59</v>
+      </c>
+      <c r="E97" t="s">
+        <v>20</v>
+      </c>
+      <c r="F97" t="s">
+        <v>21</v>
+      </c>
+      <c r="G97" t="s">
+        <v>22</v>
+      </c>
+      <c r="H97">
+        <v>2011</v>
+      </c>
+      <c r="I97">
+        <v>2022</v>
+      </c>
+      <c r="J97" t="s">
+        <v>253</v>
+      </c>
+      <c r="K97" t="s">
+        <v>47</v>
+      </c>
+      <c r="L97" t="s">
+        <v>617</v>
+      </c>
+      <c r="M97" t="s">
+        <v>571</v>
+      </c>
+      <c r="N97" t="s">
+        <v>27</v>
+      </c>
+      <c r="O97" t="s">
+        <v>618</v>
+      </c>
+      <c r="P97" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>620</v>
+      </c>
+      <c r="B98" t="s">
+        <v>310</v>
+      </c>
+      <c r="C98" t="s">
+        <v>304</v>
+      </c>
+      <c r="D98" t="s">
+        <v>311</v>
+      </c>
+      <c r="E98" t="s">
+        <v>20</v>
+      </c>
+      <c r="F98" t="s">
+        <v>21</v>
+      </c>
+      <c r="G98" t="s">
+        <v>81</v>
+      </c>
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
+        <v>208</v>
+      </c>
+      <c r="K98" t="s">
+        <v>47</v>
+      </c>
+      <c r="L98" t="s">
+        <v>312</v>
+      </c>
+      <c r="M98" t="s">
+        <v>306</v>
+      </c>
+      <c r="N98" t="s">
+        <v>27</v>
+      </c>
+      <c r="O98" t="s">
+        <v>621</v>
+      </c>
+      <c r="P98" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>622</v>
+      </c>
+      <c r="B99" t="s">
+        <v>623</v>
+      </c>
+      <c r="C99" t="s">
+        <v>280</v>
+      </c>
+      <c r="D99" t="s">
+        <v>59</v>
+      </c>
+      <c r="E99" t="s">
+        <v>20</v>
+      </c>
+      <c r="F99" t="s">
+        <v>21</v>
+      </c>
+      <c r="G99" t="s">
+        <v>456</v>
+      </c>
+      <c r="H99">
+        <v>2011</v>
+      </c>
+      <c r="I99">
+        <v>2022</v>
+      </c>
+      <c r="J99" t="s">
+        <v>253</v>
+      </c>
+      <c r="K99" t="s">
+        <v>47</v>
+      </c>
+      <c r="L99" t="s">
+        <v>624</v>
+      </c>
+      <c r="M99" t="s">
+        <v>571</v>
+      </c>
+      <c r="N99" t="s">
+        <v>27</v>
+      </c>
+      <c r="O99" t="s">
+        <v>625</v>
+      </c>
+      <c r="P99" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>626</v>
+      </c>
+      <c r="B100" t="s">
+        <v>627</v>
+      </c>
+      <c r="C100" t="s">
+        <v>280</v>
+      </c>
+      <c r="D100" t="s">
+        <v>59</v>
+      </c>
+      <c r="E100" t="s">
+        <v>20</v>
+      </c>
+      <c r="F100" t="s">
+        <v>21</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2011</v>
+      </c>
+      <c r="I100">
+        <v>2025</v>
+      </c>
+      <c r="J100" t="s">
+        <v>297</v>
+      </c>
+      <c r="K100" t="s">
+        <v>47</v>
+      </c>
+      <c r="L100"/>
+      <c r="M100" t="s">
+        <v>571</v>
+      </c>
+      <c r="N100" t="s">
+        <v>27</v>
+      </c>
+      <c r="O100" t="s">
+        <v>628</v>
+      </c>
+      <c r="P100" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>629</v>
+      </c>
+      <c r="B101" t="s">
+        <v>630</v>
+      </c>
+      <c r="C101" t="s">
+        <v>381</v>
+      </c>
+      <c r="D101" t="s">
+        <v>311</v>
+      </c>
+      <c r="E101" t="s">
+        <v>20</v>
+      </c>
+      <c r="F101" t="s">
+        <v>90</v>
+      </c>
+      <c r="G101" t="s">
+        <v>81</v>
+      </c>
+      <c r="H101">
+        <v>2021</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
+        <v>46</v>
+      </c>
+      <c r="K101" t="s">
+        <v>47</v>
+      </c>
+      <c r="L101" t="s">
+        <v>631</v>
+      </c>
+      <c r="M101" t="s">
+        <v>632</v>
+      </c>
+      <c r="N101" t="s">
+        <v>27</v>
+      </c>
+      <c r="O101" t="s">
+        <v>633</v>
+      </c>
+      <c r="P101" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>635</v>
+      </c>
+      <c r="B102" t="s">
+        <v>636</v>
+      </c>
+      <c r="C102" t="s">
+        <v>288</v>
+      </c>
+      <c r="D102" t="s">
+        <v>59</v>
+      </c>
+      <c r="E102" t="s">
+        <v>20</v>
+      </c>
+      <c r="F102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G102" t="s">
+        <v>81</v>
+      </c>
+      <c r="H102">
+        <v>2002</v>
+      </c>
+      <c r="I102"/>
+      <c r="J102" t="s">
+        <v>46</v>
+      </c>
+      <c r="K102" t="s">
+        <v>47</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>290</v>
+      </c>
+      <c r="N102" t="s">
+        <v>27</v>
+      </c>
+      <c r="O102" t="s">
+        <v>637</v>
+      </c>
+      <c r="P102" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>639</v>
+      </c>
+      <c r="B103" t="s">
+        <v>640</v>
+      </c>
+      <c r="C103" t="s">
+        <v>362</v>
+      </c>
+      <c r="D103" t="s">
+        <v>363</v>
+      </c>
+      <c r="E103" t="s">
+        <v>33</v>
+      </c>
+      <c r="F103" t="s">
+        <v>21</v>
+      </c>
+      <c r="G103" t="s">
+        <v>81</v>
+      </c>
+      <c r="H103">
+        <v>2013</v>
+      </c>
+      <c r="I103"/>
+      <c r="J103" t="s">
+        <v>99</v>
+      </c>
+      <c r="K103" t="s">
+        <v>47</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>364</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>641</v>
+      </c>
+      <c r="P103" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>642</v>
+      </c>
+      <c r="B104" t="s">
+        <v>643</v>
+      </c>
+      <c r="C104" t="s">
+        <v>381</v>
+      </c>
+      <c r="D104" t="s">
+        <v>296</v>
+      </c>
+      <c r="E104" t="s">
+        <v>20</v>
+      </c>
+      <c r="F104" t="s">
+        <v>90</v>
+      </c>
+      <c r="G104" t="s">
+        <v>456</v>
+      </c>
+      <c r="H104">
+        <v>2021</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>46</v>
+      </c>
+      <c r="K104" t="s">
+        <v>47</v>
+      </c>
+      <c r="L104" t="s">
+        <v>644</v>
+      </c>
+      <c r="M104" t="s">
+        <v>632</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>645</v>
+      </c>
+      <c r="P104" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>647</v>
+      </c>
+      <c r="B105" t="s">
+        <v>648</v>
+      </c>
+      <c r="C105" t="s">
+        <v>381</v>
+      </c>
+      <c r="D105" t="s">
+        <v>649</v>
+      </c>
+      <c r="E105" t="s">
+        <v>20</v>
+      </c>
+      <c r="F105" t="s">
+        <v>90</v>
+      </c>
+      <c r="G105" t="s">
+        <v>81</v>
+      </c>
+      <c r="H105">
+        <v>2021</v>
+      </c>
+      <c r="I105"/>
+      <c r="J105" t="s">
+        <v>46</v>
+      </c>
+      <c r="K105" t="s">
+        <v>47</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>650</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>651</v>
+      </c>
+      <c r="P105" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>653</v>
+      </c>
+      <c r="B106" t="s">
+        <v>654</v>
+      </c>
+      <c r="C106" t="s">
+        <v>381</v>
+      </c>
+      <c r="D106" t="s">
+        <v>59</v>
+      </c>
+      <c r="E106" t="s">
+        <v>20</v>
+      </c>
+      <c r="F106" t="s">
+        <v>90</v>
+      </c>
+      <c r="G106" t="s">
+        <v>22</v>
+      </c>
+      <c r="H106">
+        <v>2015</v>
+      </c>
+      <c r="I106">
+        <v>2018</v>
+      </c>
+      <c r="J106" t="s">
+        <v>46</v>
+      </c>
+      <c r="K106" t="s">
+        <v>47</v>
+      </c>
+      <c r="L106" t="s">
+        <v>655</v>
+      </c>
+      <c r="M106" t="s">
+        <v>650</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>656</v>
+      </c>
+      <c r="P106" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>658</v>
+      </c>
+      <c r="B107" t="s">
+        <v>659</v>
+      </c>
+      <c r="C107" t="s">
+        <v>660</v>
+      </c>
+      <c r="D107" t="s">
+        <v>661</v>
+      </c>
+      <c r="E107" t="s">
+        <v>33</v>
+      </c>
+      <c r="F107" t="s">
+        <v>662</v>
+      </c>
+      <c r="G107" t="s">
+        <v>81</v>
+      </c>
+      <c r="H107">
+        <v>2009</v>
+      </c>
+      <c r="I107"/>
+      <c r="J107" t="s">
+        <v>663</v>
+      </c>
+      <c r="K107" t="s">
+        <v>47</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>664</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>665</v>
+      </c>
+      <c r="P107" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>667</v>
+      </c>
+      <c r="B108" t="s">
+        <v>668</v>
+      </c>
+      <c r="C108" t="s">
+        <v>660</v>
+      </c>
+      <c r="D108" t="s">
+        <v>59</v>
+      </c>
+      <c r="E108" t="s">
+        <v>20</v>
+      </c>
+      <c r="F108" t="s">
+        <v>662</v>
+      </c>
+      <c r="G108" t="s">
+        <v>81</v>
+      </c>
+      <c r="H108">
+        <v>2009</v>
+      </c>
+      <c r="I108"/>
+      <c r="J108" t="s">
+        <v>669</v>
+      </c>
+      <c r="K108" t="s">
+        <v>47</v>
+      </c>
+      <c r="L108"/>
+      <c r="M108" t="s">
+        <v>664</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>670</v>
+      </c>
+      <c r="P108" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>672</v>
+      </c>
+      <c r="B109" t="s">
+        <v>673</v>
+      </c>
+      <c r="C109" t="s">
+        <v>660</v>
+      </c>
+      <c r="D109" t="s">
+        <v>252</v>
+      </c>
+      <c r="E109" t="s">
+        <v>33</v>
+      </c>
+      <c r="F109" t="s">
+        <v>662</v>
+      </c>
+      <c r="G109" t="s">
+        <v>81</v>
+      </c>
+      <c r="H109">
+        <v>2015</v>
+      </c>
+      <c r="I109"/>
+      <c r="J109" t="s">
+        <v>663</v>
+      </c>
+      <c r="K109" t="s">
+        <v>47</v>
+      </c>
+      <c r="L109"/>
+      <c r="M109" t="s">
+        <v>664</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>674</v>
+      </c>
+      <c r="P109" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>676</v>
+      </c>
+      <c r="B110" t="s">
+        <v>677</v>
+      </c>
+      <c r="C110" t="s">
+        <v>417</v>
+      </c>
+      <c r="D110" t="s">
+        <v>678</v>
+      </c>
+      <c r="E110" t="s">
+        <v>33</v>
+      </c>
+      <c r="F110" t="s">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>81</v>
+      </c>
+      <c r="H110">
+        <v>2012</v>
+      </c>
+      <c r="I110"/>
+      <c r="J110" t="s">
+        <v>91</v>
+      </c>
+      <c r="K110" t="s">
         <v>24</v>
       </c>
-      <c r="N28" t="s">
-[...26 lines deleted...]
-      <c r="I29" t="s">
+      <c r="L110" t="s">
+        <v>679</v>
+      </c>
+      <c r="M110" t="s">
+        <v>680</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>681</v>
+      </c>
+      <c r="P110" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>683</v>
+      </c>
+      <c r="B111" t="s">
+        <v>684</v>
+      </c>
+      <c r="C111" t="s">
+        <v>475</v>
+      </c>
+      <c r="D111" t="s">
+        <v>59</v>
+      </c>
+      <c r="E111" t="s">
+        <v>20</v>
+      </c>
+      <c r="F111" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>22</v>
+      </c>
+      <c r="H111">
+        <v>2007</v>
+      </c>
+      <c r="I111">
+        <v>2022</v>
+      </c>
+      <c r="J111" t="s">
+        <v>476</v>
+      </c>
+      <c r="K111" t="s">
+        <v>47</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" t="s">
+        <v>685</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>686</v>
+      </c>
+      <c r="P111" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>688</v>
+      </c>
+      <c r="B112" t="s">
+        <v>689</v>
+      </c>
+      <c r="C112" t="s">
+        <v>690</v>
+      </c>
+      <c r="D112" t="s">
+        <v>59</v>
+      </c>
+      <c r="E112" t="s">
+        <v>33</v>
+      </c>
+      <c r="F112" t="s">
+        <v>21</v>
+      </c>
+      <c r="G112" t="s">
+        <v>22</v>
+      </c>
+      <c r="H112">
+        <v>2013</v>
+      </c>
+      <c r="I112">
+        <v>2015</v>
+      </c>
+      <c r="J112" t="s">
+        <v>35</v>
+      </c>
+      <c r="K112" t="s">
+        <v>47</v>
+      </c>
+      <c r="L112" t="s">
+        <v>691</v>
+      </c>
+      <c r="M112" t="s">
+        <v>692</v>
+      </c>
+      <c r="N112" t="s">
+        <v>27</v>
+      </c>
+      <c r="O112" t="s">
+        <v>693</v>
+      </c>
+      <c r="P112" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>695</v>
+      </c>
+      <c r="B113" t="s">
+        <v>696</v>
+      </c>
+      <c r="C113" t="s">
+        <v>697</v>
+      </c>
+      <c r="D113" t="s">
+        <v>698</v>
+      </c>
+      <c r="E113" t="s">
+        <v>594</v>
+      </c>
+      <c r="F113" t="s">
+        <v>699</v>
+      </c>
+      <c r="G113" t="s">
+        <v>81</v>
+      </c>
+      <c r="H113">
+        <v>2023</v>
+      </c>
+      <c r="I113"/>
+      <c r="J113" t="s">
+        <v>218</v>
+      </c>
+      <c r="K113" t="s">
+        <v>700</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>701</v>
+      </c>
+      <c r="N113" t="s">
         <v>153</v>
       </c>
-      <c r="J29" t="s">
-[...316 lines deleted...]
-      <c r="G37">
+      <c r="O113" t="s">
+        <v>702</v>
+      </c>
+      <c r="P113" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>704</v>
+      </c>
+      <c r="B114" t="s">
+        <v>705</v>
+      </c>
+      <c r="C114" t="s">
+        <v>388</v>
+      </c>
+      <c r="D114" t="s">
+        <v>134</v>
+      </c>
+      <c r="E114" t="s">
+        <v>33</v>
+      </c>
+      <c r="F114" t="s">
+        <v>34</v>
+      </c>
+      <c r="G114" t="s">
+        <v>81</v>
+      </c>
+      <c r="H114">
         <v>2017</v>
       </c>
-      <c r="H37"/>
-[...1888 lines deleted...]
-      <c r="K81" t="s">
+      <c r="I114"/>
+      <c r="J114" t="s">
+        <v>706</v>
+      </c>
+      <c r="K114" t="s">
+        <v>47</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" t="s">
+        <v>389</v>
+      </c>
+      <c r="N114" t="s">
+        <v>27</v>
+      </c>
+      <c r="O114" t="s">
+        <v>707</v>
+      </c>
+      <c r="P114" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>708</v>
+      </c>
+      <c r="B115"/>
+      <c r="C115" t="s">
         <v>388</v>
       </c>
-      <c r="L81" t="s">
-[...1380 lines deleted...]
-      </c>
       <c r="D115" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E115" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>1995</v>
+        <v>90</v>
+      </c>
+      <c r="G115" t="s">
+        <v>569</v>
       </c>
       <c r="H115">
         <v>2017</v>
       </c>
-      <c r="I115" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
       <c r="J115" t="s">
-        <v>39</v>
+        <v>709</v>
       </c>
       <c r="K115" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L115"/>
       <c r="M115" t="s">
+        <v>710</v>
+      </c>
+      <c r="N115" t="s">
+        <v>27</v>
+      </c>
+      <c r="O115" t="s">
+        <v>711</v>
+      </c>
+      <c r="P115" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>713</v>
+      </c>
+      <c r="B116" t="s">
+        <v>714</v>
+      </c>
+      <c r="C116" t="s">
+        <v>251</v>
+      </c>
+      <c r="D116" t="s">
+        <v>59</v>
+      </c>
+      <c r="E116" t="s">
+        <v>20</v>
+      </c>
+      <c r="F116" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>1995</v>
+      </c>
+      <c r="I116">
+        <v>2017</v>
+      </c>
+      <c r="J116" t="s">
+        <v>253</v>
+      </c>
+      <c r="K116" t="s">
+        <v>47</v>
+      </c>
+      <c r="L116" t="s">
+        <v>713</v>
+      </c>
+      <c r="M116" t="s">
+        <v>715</v>
+      </c>
+      <c r="N116" t="s">
+        <v>27</v>
+      </c>
+      <c r="O116" t="s">
+        <v>716</v>
+      </c>
+      <c r="P116" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>718</v>
+      </c>
+      <c r="B117" t="s">
+        <v>719</v>
+      </c>
+      <c r="C117" t="s">
+        <v>251</v>
+      </c>
+      <c r="D117" t="s">
+        <v>59</v>
+      </c>
+      <c r="E117" t="s">
+        <v>20</v>
+      </c>
+      <c r="F117" t="s">
+        <v>21</v>
+      </c>
+      <c r="G117" t="s">
+        <v>22</v>
+      </c>
+      <c r="H117">
+        <v>1995</v>
+      </c>
+      <c r="I117">
+        <v>2018</v>
+      </c>
+      <c r="J117" t="s">
+        <v>253</v>
+      </c>
+      <c r="K117" t="s">
+        <v>47</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>715</v>
+      </c>
+      <c r="N117" t="s">
+        <v>27</v>
+      </c>
+      <c r="O117" t="s">
+        <v>720</v>
+      </c>
+      <c r="P117" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>722</v>
+      </c>
+      <c r="B118" t="s">
+        <v>723</v>
+      </c>
+      <c r="C118" t="s">
+        <v>724</v>
+      </c>
+      <c r="D118" t="s">
+        <v>59</v>
+      </c>
+      <c r="E118" t="s">
+        <v>20</v>
+      </c>
+      <c r="F118" t="s">
+        <v>21</v>
+      </c>
+      <c r="G118" t="s">
+        <v>81</v>
+      </c>
+      <c r="H118">
+        <v>2012</v>
+      </c>
+      <c r="I118"/>
+      <c r="J118" t="s">
+        <v>208</v>
+      </c>
+      <c r="K118" t="s">
+        <v>47</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>725</v>
+      </c>
+      <c r="N118" t="s">
+        <v>27</v>
+      </c>
+      <c r="O118" t="s">
+        <v>726</v>
+      </c>
+      <c r="P118" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>728</v>
+      </c>
+      <c r="B119" t="s">
+        <v>729</v>
+      </c>
+      <c r="C119" t="s">
+        <v>697</v>
+      </c>
+      <c r="D119" t="s">
+        <v>59</v>
+      </c>
+      <c r="E119" t="s">
+        <v>20</v>
+      </c>
+      <c r="F119" t="s">
+        <v>90</v>
+      </c>
+      <c r="G119" t="s">
+        <v>81</v>
+      </c>
+      <c r="H119">
+        <v>2014</v>
+      </c>
+      <c r="I119">
+        <v>2024</v>
+      </c>
+      <c r="J119" t="s">
+        <v>730</v>
+      </c>
+      <c r="K119" t="s">
+        <v>47</v>
+      </c>
+      <c r="L119" t="s">
+        <v>731</v>
+      </c>
+      <c r="M119" t="s">
+        <v>701</v>
+      </c>
+      <c r="N119" t="s">
+        <v>27</v>
+      </c>
+      <c r="O119" t="s">
+        <v>732</v>
+      </c>
+      <c r="P119" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>734</v>
+      </c>
+      <c r="B120" t="s">
+        <v>735</v>
+      </c>
+      <c r="C120" t="s">
+        <v>736</v>
+      </c>
+      <c r="D120" t="s">
+        <v>59</v>
+      </c>
+      <c r="E120" t="s">
+        <v>20</v>
+      </c>
+      <c r="F120" t="s">
+        <v>34</v>
+      </c>
+      <c r="G120" t="s">
+        <v>81</v>
+      </c>
+      <c r="H120">
+        <v>2011</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>500</v>
+      </c>
+      <c r="K120" t="s">
+        <v>47</v>
+      </c>
+      <c r="L120" t="s">
+        <v>737</v>
+      </c>
+      <c r="M120" t="s">
+        <v>738</v>
+      </c>
+      <c r="N120" t="s">
+        <v>27</v>
+      </c>
+      <c r="O120" t="s">
+        <v>739</v>
+      </c>
+      <c r="P120" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>741</v>
+      </c>
+      <c r="B121" t="s">
+        <v>742</v>
+      </c>
+      <c r="C121" t="s">
+        <v>224</v>
+      </c>
+      <c r="D121" t="s">
+        <v>59</v>
+      </c>
+      <c r="E121" t="s">
+        <v>20</v>
+      </c>
+      <c r="F121" t="s">
+        <v>90</v>
+      </c>
+      <c r="G121" t="s">
+        <v>22</v>
+      </c>
+      <c r="H121">
+        <v>1993</v>
+      </c>
+      <c r="I121">
+        <v>2007</v>
+      </c>
+      <c r="J121" t="s">
+        <v>326</v>
+      </c>
+      <c r="K121" t="s">
+        <v>47</v>
+      </c>
+      <c r="L121" t="s">
+        <v>743</v>
+      </c>
+      <c r="M121" t="s">
+        <v>226</v>
+      </c>
+      <c r="N121" t="s">
+        <v>27</v>
+      </c>
+      <c r="O121" t="s">
+        <v>744</v>
+      </c>
+      <c r="P121" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>746</v>
+      </c>
+      <c r="B122" t="s">
+        <v>747</v>
+      </c>
+      <c r="C122" t="s">
+        <v>449</v>
+      </c>
+      <c r="D122" t="s">
+        <v>748</v>
+      </c>
+      <c r="E122" t="s">
+        <v>594</v>
+      </c>
+      <c r="F122" t="s">
+        <v>90</v>
+      </c>
+      <c r="G122" t="s">
+        <v>119</v>
+      </c>
+      <c r="H122"/>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>297</v>
+      </c>
+      <c r="K122" t="s">
+        <v>47</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122"/>
+      <c r="N122" t="s">
+        <v>27</v>
+      </c>
+      <c r="O122" t="s">
+        <v>749</v>
+      </c>
+      <c r="P122" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>751</v>
+      </c>
+      <c r="B123" t="s">
+        <v>752</v>
+      </c>
+      <c r="C123" t="s">
+        <v>475</v>
+      </c>
+      <c r="D123" t="s">
+        <v>59</v>
+      </c>
+      <c r="E123" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" t="s">
+        <v>64</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>1993</v>
+      </c>
+      <c r="I123">
+        <v>2022</v>
+      </c>
+      <c r="J123" t="s">
+        <v>476</v>
+      </c>
+      <c r="K123" t="s">
+        <v>47</v>
+      </c>
+      <c r="L123" t="s">
+        <v>753</v>
+      </c>
+      <c r="M123" t="s">
+        <v>754</v>
+      </c>
+      <c r="N123" t="s">
+        <v>27</v>
+      </c>
+      <c r="O123" t="s">
+        <v>755</v>
+      </c>
+      <c r="P123" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>757</v>
+      </c>
+      <c r="B124" t="s">
+        <v>758</v>
+      </c>
+      <c r="C124" t="s">
+        <v>475</v>
+      </c>
+      <c r="D124" t="s">
+        <v>252</v>
+      </c>
+      <c r="E124" t="s">
+        <v>33</v>
+      </c>
+      <c r="F124" t="s">
+        <v>64</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>1997</v>
+      </c>
+      <c r="I124">
+        <v>2011</v>
+      </c>
+      <c r="J124" t="s">
+        <v>476</v>
+      </c>
+      <c r="K124" t="s">
+        <v>47</v>
+      </c>
+      <c r="L124" t="s">
+        <v>759</v>
+      </c>
+      <c r="M124" t="s">
+        <v>754</v>
+      </c>
+      <c r="N124" t="s">
+        <v>27</v>
+      </c>
+      <c r="O124" t="s">
+        <v>760</v>
+      </c>
+      <c r="P124" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>762</v>
+      </c>
+      <c r="B125" t="s">
+        <v>763</v>
+      </c>
+      <c r="C125" t="s">
+        <v>764</v>
+      </c>
+      <c r="D125" t="s">
+        <v>59</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
+        <v>34</v>
+      </c>
+      <c r="G125" t="s">
+        <v>22</v>
+      </c>
+      <c r="H125">
+        <v>2008</v>
+      </c>
+      <c r="I125">
+        <v>2015</v>
+      </c>
+      <c r="J125" t="s">
+        <v>326</v>
+      </c>
+      <c r="K125" t="s">
+        <v>47</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>765</v>
+      </c>
+      <c r="N125" t="s">
+        <v>27</v>
+      </c>
+      <c r="O125" t="s">
+        <v>766</v>
+      </c>
+      <c r="P125" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>768</v>
+      </c>
+      <c r="B126" t="s">
+        <v>769</v>
+      </c>
+      <c r="C126" t="s">
+        <v>288</v>
+      </c>
+      <c r="D126" t="s">
+        <v>59</v>
+      </c>
+      <c r="E126" t="s">
+        <v>33</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>22</v>
+      </c>
+      <c r="H126">
+        <v>1991</v>
+      </c>
+      <c r="I126">
+        <v>2009</v>
+      </c>
+      <c r="J126" t="s">
+        <v>91</v>
+      </c>
+      <c r="K126" t="s">
+        <v>47</v>
+      </c>
+      <c r="L126" t="s">
+        <v>770</v>
+      </c>
+      <c r="M126" t="s">
+        <v>290</v>
+      </c>
+      <c r="N126" t="s">
+        <v>27</v>
+      </c>
+      <c r="O126" t="s">
+        <v>771</v>
+      </c>
+      <c r="P126" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
+      <c r="A127" t="s">
+        <v>773</v>
+      </c>
+      <c r="B127" t="s">
+        <v>774</v>
+      </c>
+      <c r="C127" t="s">
+        <v>288</v>
+      </c>
+      <c r="D127" t="s">
+        <v>59</v>
+      </c>
+      <c r="E127" t="s">
+        <v>33</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>22</v>
+      </c>
+      <c r="H127">
+        <v>1991</v>
+      </c>
+      <c r="I127">
+        <v>2002</v>
+      </c>
+      <c r="J127" t="s">
+        <v>91</v>
+      </c>
+      <c r="K127" t="s">
+        <v>47</v>
+      </c>
+      <c r="L127" t="s">
+        <v>289</v>
+      </c>
+      <c r="M127" t="s">
+        <v>290</v>
+      </c>
+      <c r="N127" t="s">
+        <v>27</v>
+      </c>
+      <c r="O127" t="s">
+        <v>775</v>
+      </c>
+      <c r="P127" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
+      <c r="A128" t="s">
+        <v>776</v>
+      </c>
+      <c r="B128" t="s">
+        <v>777</v>
+      </c>
+      <c r="C128" t="s">
+        <v>288</v>
+      </c>
+      <c r="D128" t="s">
+        <v>59</v>
+      </c>
+      <c r="E128" t="s">
+        <v>33</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>22</v>
+      </c>
+      <c r="H128">
+        <v>1991</v>
+      </c>
+      <c r="I128">
+        <v>2016</v>
+      </c>
+      <c r="J128" t="s">
+        <v>91</v>
+      </c>
+      <c r="K128" t="s">
+        <v>47</v>
+      </c>
+      <c r="L128" t="s">
+        <v>778</v>
+      </c>
+      <c r="M128" t="s">
+        <v>444</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>779</v>
+      </c>
+      <c r="P128" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
+      <c r="A129" t="s">
+        <v>780</v>
+      </c>
+      <c r="B129" t="s">
+        <v>781</v>
+      </c>
+      <c r="C129" t="s">
+        <v>782</v>
+      </c>
+      <c r="D129" t="s">
+        <v>59</v>
+      </c>
+      <c r="E129" t="s">
+        <v>20</v>
+      </c>
+      <c r="F129" t="s">
+        <v>90</v>
+      </c>
+      <c r="G129" t="s">
+        <v>81</v>
+      </c>
+      <c r="H129">
+        <v>2012</v>
+      </c>
+      <c r="I129"/>
+      <c r="J129" t="s">
+        <v>500</v>
+      </c>
+      <c r="K129" t="s">
+        <v>47</v>
+      </c>
+      <c r="L129" t="s">
+        <v>783</v>
+      </c>
+      <c r="M129" t="s">
+        <v>784</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>785</v>
+      </c>
+      <c r="P129" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
+      <c r="A130" t="s">
+        <v>787</v>
+      </c>
+      <c r="B130" t="s">
+        <v>788</v>
+      </c>
+      <c r="C130" t="s">
+        <v>789</v>
+      </c>
+      <c r="D130" t="s">
+        <v>790</v>
+      </c>
+      <c r="E130" t="s">
+        <v>20</v>
+      </c>
+      <c r="F130" t="s">
+        <v>90</v>
+      </c>
+      <c r="G130" t="s">
+        <v>22</v>
+      </c>
+      <c r="H130">
+        <v>2017</v>
+      </c>
+      <c r="I130">
+        <v>2021</v>
+      </c>
+      <c r="J130" t="s">
+        <v>457</v>
+      </c>
+      <c r="K130" t="s">
+        <v>791</v>
+      </c>
+      <c r="L130" t="s">
+        <v>792</v>
+      </c>
+      <c r="M130" t="s">
+        <v>793</v>
+      </c>
+      <c r="N130" t="s">
+        <v>153</v>
+      </c>
+      <c r="O130" t="s">
+        <v>794</v>
+      </c>
+      <c r="P130" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
+      <c r="A131" t="s">
+        <v>796</v>
+      </c>
+      <c r="B131" t="s">
+        <v>797</v>
+      </c>
+      <c r="C131" t="s">
+        <v>798</v>
+      </c>
+      <c r="D131" t="s">
+        <v>59</v>
+      </c>
+      <c r="E131" t="s">
+        <v>20</v>
+      </c>
+      <c r="F131" t="s">
+        <v>90</v>
+      </c>
+      <c r="G131" t="s">
+        <v>22</v>
+      </c>
+      <c r="H131">
+        <v>2015</v>
+      </c>
+      <c r="I131">
+        <v>2018</v>
+      </c>
+      <c r="J131" t="s">
+        <v>326</v>
+      </c>
+      <c r="K131" t="s">
+        <v>47</v>
+      </c>
+      <c r="L131" t="s">
+        <v>799</v>
+      </c>
+      <c r="M131" t="s">
+        <v>800</v>
+      </c>
+      <c r="N131" t="s">
+        <v>27</v>
+      </c>
+      <c r="O131" t="s">
+        <v>801</v>
+      </c>
+      <c r="P131" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16">
+      <c r="A132" t="s">
+        <v>803</v>
+      </c>
+      <c r="B132" t="s">
+        <v>804</v>
+      </c>
+      <c r="C132" t="s">
+        <v>805</v>
+      </c>
+      <c r="D132" t="s">
+        <v>172</v>
+      </c>
+      <c r="E132" t="s">
+        <v>33</v>
+      </c>
+      <c r="F132" t="s">
+        <v>90</v>
+      </c>
+      <c r="G132" t="s">
+        <v>119</v>
+      </c>
+      <c r="H132"/>
+      <c r="I132"/>
+      <c r="J132" t="s">
+        <v>500</v>
+      </c>
+      <c r="K132" t="s">
+        <v>47</v>
+      </c>
+      <c r="L132" t="s">
+        <v>173</v>
+      </c>
+      <c r="M132" t="s">
+        <v>806</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>807</v>
+      </c>
+      <c r="P132" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16">
+      <c r="A133" t="s">
+        <v>809</v>
+      </c>
+      <c r="B133" t="s">
+        <v>810</v>
+      </c>
+      <c r="C133" t="s">
+        <v>811</v>
+      </c>
+      <c r="D133" t="s">
+        <v>812</v>
+      </c>
+      <c r="E133" t="s">
+        <v>33</v>
+      </c>
+      <c r="F133" t="s">
+        <v>34</v>
+      </c>
+      <c r="G133" t="s">
+        <v>22</v>
+      </c>
+      <c r="H133">
+        <v>2015</v>
+      </c>
+      <c r="I133">
+        <v>2018</v>
+      </c>
+      <c r="J133" t="s">
+        <v>813</v>
+      </c>
+      <c r="K133" t="s">
         <v>24</v>
       </c>
-      <c r="N115" t="s">
-[...25 lines deleted...]
-      <c r="H116">
+      <c r="L133"/>
+      <c r="M133" t="s">
+        <v>814</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>815</v>
+      </c>
+      <c r="P133" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16">
+      <c r="A134" t="s">
+        <v>817</v>
+      </c>
+      <c r="B134" t="s">
+        <v>818</v>
+      </c>
+      <c r="C134" t="s">
+        <v>819</v>
+      </c>
+      <c r="D134" t="s">
+        <v>820</v>
+      </c>
+      <c r="E134" t="s">
+        <v>20</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>22</v>
+      </c>
+      <c r="H134">
+        <v>2009</v>
+      </c>
+      <c r="I134">
+        <v>2013</v>
+      </c>
+      <c r="J134" t="s">
+        <v>99</v>
+      </c>
+      <c r="K134" t="s">
+        <v>47</v>
+      </c>
+      <c r="L134"/>
+      <c r="M134" t="s">
+        <v>584</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>821</v>
+      </c>
+      <c r="P134" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16">
+      <c r="A135" t="s">
+        <v>823</v>
+      </c>
+      <c r="B135" t="s">
+        <v>824</v>
+      </c>
+      <c r="C135" t="s">
+        <v>736</v>
+      </c>
+      <c r="D135" t="s">
+        <v>59</v>
+      </c>
+      <c r="E135" t="s">
+        <v>20</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>81</v>
+      </c>
+      <c r="H135">
         <v>2018</v>
       </c>
-      <c r="I116" t="s">
-[...75 lines deleted...]
-      <c r="G118">
+      <c r="I135"/>
+      <c r="J135" t="s">
+        <v>476</v>
+      </c>
+      <c r="K135" t="s">
+        <v>47</v>
+      </c>
+      <c r="L135" t="s">
+        <v>825</v>
+      </c>
+      <c r="M135" t="s">
+        <v>826</v>
+      </c>
+      <c r="N135" t="s">
+        <v>27</v>
+      </c>
+      <c r="O135" t="s">
+        <v>827</v>
+      </c>
+      <c r="P135" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16">
+      <c r="A136" t="s">
+        <v>829</v>
+      </c>
+      <c r="B136" t="s">
+        <v>830</v>
+      </c>
+      <c r="C136" t="s">
+        <v>831</v>
+      </c>
+      <c r="D136" t="s">
+        <v>59</v>
+      </c>
+      <c r="E136" t="s">
+        <v>20</v>
+      </c>
+      <c r="F136" t="s">
+        <v>90</v>
+      </c>
+      <c r="G136" t="s">
+        <v>81</v>
+      </c>
+      <c r="H136">
+        <v>2019</v>
+      </c>
+      <c r="I136"/>
+      <c r="J136" t="s">
+        <v>82</v>
+      </c>
+      <c r="K136" t="s">
+        <v>47</v>
+      </c>
+      <c r="L136" t="s">
+        <v>832</v>
+      </c>
+      <c r="M136" t="s">
+        <v>833</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>834</v>
+      </c>
+      <c r="P136" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16">
+      <c r="A137" t="s">
+        <v>836</v>
+      </c>
+      <c r="B137" t="s">
+        <v>837</v>
+      </c>
+      <c r="C137" t="s">
+        <v>831</v>
+      </c>
+      <c r="D137" t="s">
+        <v>59</v>
+      </c>
+      <c r="E137" t="s">
+        <v>20</v>
+      </c>
+      <c r="F137" t="s">
+        <v>90</v>
+      </c>
+      <c r="G137" t="s">
+        <v>81</v>
+      </c>
+      <c r="H137">
+        <v>2019</v>
+      </c>
+      <c r="I137"/>
+      <c r="J137" t="s">
+        <v>82</v>
+      </c>
+      <c r="K137" t="s">
+        <v>47</v>
+      </c>
+      <c r="L137" t="s">
+        <v>838</v>
+      </c>
+      <c r="M137" t="s">
+        <v>833</v>
+      </c>
+      <c r="N137" t="s">
+        <v>27</v>
+      </c>
+      <c r="O137" t="s">
+        <v>839</v>
+      </c>
+      <c r="P137" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16">
+      <c r="A138" t="s">
+        <v>840</v>
+      </c>
+      <c r="B138" t="s">
+        <v>841</v>
+      </c>
+      <c r="C138" t="s">
+        <v>831</v>
+      </c>
+      <c r="D138" t="s">
+        <v>59</v>
+      </c>
+      <c r="E138" t="s">
+        <v>20</v>
+      </c>
+      <c r="F138" t="s">
+        <v>90</v>
+      </c>
+      <c r="G138" t="s">
+        <v>81</v>
+      </c>
+      <c r="H138">
+        <v>2019</v>
+      </c>
+      <c r="I138"/>
+      <c r="J138" t="s">
+        <v>82</v>
+      </c>
+      <c r="K138" t="s">
+        <v>47</v>
+      </c>
+      <c r="L138" t="s">
+        <v>842</v>
+      </c>
+      <c r="M138" t="s">
+        <v>833</v>
+      </c>
+      <c r="N138" t="s">
+        <v>27</v>
+      </c>
+      <c r="O138" t="s">
+        <v>843</v>
+      </c>
+      <c r="P138" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16">
+      <c r="A139" t="s">
+        <v>844</v>
+      </c>
+      <c r="B139" t="s">
+        <v>845</v>
+      </c>
+      <c r="C139" t="s">
+        <v>831</v>
+      </c>
+      <c r="D139" t="s">
+        <v>59</v>
+      </c>
+      <c r="E139" t="s">
+        <v>20</v>
+      </c>
+      <c r="F139" t="s">
+        <v>90</v>
+      </c>
+      <c r="G139" t="s">
+        <v>81</v>
+      </c>
+      <c r="H139">
+        <v>2019</v>
+      </c>
+      <c r="I139"/>
+      <c r="J139" t="s">
+        <v>82</v>
+      </c>
+      <c r="K139" t="s">
+        <v>47</v>
+      </c>
+      <c r="L139" t="s">
+        <v>846</v>
+      </c>
+      <c r="M139" t="s">
+        <v>833</v>
+      </c>
+      <c r="N139" t="s">
+        <v>27</v>
+      </c>
+      <c r="O139" t="s">
+        <v>847</v>
+      </c>
+      <c r="P139" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16">
+      <c r="A140" t="s">
+        <v>848</v>
+      </c>
+      <c r="B140" t="s">
+        <v>849</v>
+      </c>
+      <c r="C140" t="s">
+        <v>764</v>
+      </c>
+      <c r="D140" t="s">
+        <v>59</v>
+      </c>
+      <c r="E140" t="s">
+        <v>20</v>
+      </c>
+      <c r="F140" t="s">
+        <v>90</v>
+      </c>
+      <c r="G140" t="s">
+        <v>81</v>
+      </c>
+      <c r="H140">
         <v>2014</v>
       </c>
-      <c r="H118">
-[...603 lines deleted...]
-      <c r="J132" t="s">
+      <c r="I140"/>
+      <c r="J140" t="s">
+        <v>326</v>
+      </c>
+      <c r="K140" t="s">
+        <v>47</v>
+      </c>
+      <c r="L140"/>
+      <c r="M140" t="s">
+        <v>765</v>
+      </c>
+      <c r="N140" t="s">
+        <v>27</v>
+      </c>
+      <c r="O140" t="s">
+        <v>850</v>
+      </c>
+      <c r="P140" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16">
+      <c r="A141" t="s">
+        <v>851</v>
+      </c>
+      <c r="B141" t="s">
+        <v>852</v>
+      </c>
+      <c r="C141" t="s">
+        <v>288</v>
+      </c>
+      <c r="D141" t="s">
+        <v>59</v>
+      </c>
+      <c r="E141" t="s">
+        <v>33</v>
+      </c>
+      <c r="F141" t="s">
+        <v>34</v>
+      </c>
+      <c r="G141" t="s">
+        <v>22</v>
+      </c>
+      <c r="H141">
+        <v>2010</v>
+      </c>
+      <c r="I141">
+        <v>2010</v>
+      </c>
+      <c r="J141" t="s">
+        <v>91</v>
+      </c>
+      <c r="K141" t="s">
+        <v>47</v>
+      </c>
+      <c r="L141" t="s">
+        <v>778</v>
+      </c>
+      <c r="M141" t="s">
+        <v>290</v>
+      </c>
+      <c r="N141" t="s">
+        <v>27</v>
+      </c>
+      <c r="O141" t="s">
+        <v>853</v>
+      </c>
+      <c r="P141" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16">
+      <c r="A142" t="s">
+        <v>855</v>
+      </c>
+      <c r="B142" t="s">
+        <v>856</v>
+      </c>
+      <c r="C142" t="s">
+        <v>857</v>
+      </c>
+      <c r="D142" t="s">
+        <v>59</v>
+      </c>
+      <c r="E142" t="s">
+        <v>20</v>
+      </c>
+      <c r="F142" t="s">
+        <v>90</v>
+      </c>
+      <c r="G142" t="s">
+        <v>81</v>
+      </c>
+      <c r="H142">
+        <v>2014</v>
+      </c>
+      <c r="I142"/>
+      <c r="J142" t="s">
+        <v>82</v>
+      </c>
+      <c r="K142" t="s">
+        <v>47</v>
+      </c>
+      <c r="L142"/>
+      <c r="M142" t="s">
+        <v>858</v>
+      </c>
+      <c r="N142" t="s">
+        <v>27</v>
+      </c>
+      <c r="O142" t="s">
+        <v>859</v>
+      </c>
+      <c r="P142" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16">
+      <c r="A143" t="s">
+        <v>855</v>
+      </c>
+      <c r="B143" t="s">
+        <v>448</v>
+      </c>
+      <c r="C143" t="s">
+        <v>857</v>
+      </c>
+      <c r="D143" t="s">
+        <v>59</v>
+      </c>
+      <c r="E143" t="s">
+        <v>20</v>
+      </c>
+      <c r="F143" t="s">
+        <v>90</v>
+      </c>
+      <c r="G143" t="s">
+        <v>81</v>
+      </c>
+      <c r="H143">
+        <v>2014</v>
+      </c>
+      <c r="I143"/>
+      <c r="J143" t="s">
+        <v>82</v>
+      </c>
+      <c r="K143" t="s">
+        <v>47</v>
+      </c>
+      <c r="L143"/>
+      <c r="M143" t="s">
+        <v>858</v>
+      </c>
+      <c r="N143" t="s">
+        <v>27</v>
+      </c>
+      <c r="O143" t="s">
+        <v>861</v>
+      </c>
+      <c r="P143" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16">
+      <c r="A144" t="s">
+        <v>863</v>
+      </c>
+      <c r="B144" t="s">
+        <v>864</v>
+      </c>
+      <c r="C144" t="s">
+        <v>865</v>
+      </c>
+      <c r="D144" t="s">
+        <v>134</v>
+      </c>
+      <c r="E144" t="s">
+        <v>20</v>
+      </c>
+      <c r="F144" t="s">
+        <v>90</v>
+      </c>
+      <c r="G144" t="s">
+        <v>81</v>
+      </c>
+      <c r="H144">
+        <v>2019</v>
+      </c>
+      <c r="I144"/>
+      <c r="J144" t="s">
+        <v>82</v>
+      </c>
+      <c r="K144" t="s">
+        <v>47</v>
+      </c>
+      <c r="L144"/>
+      <c r="M144" t="s">
+        <v>866</v>
+      </c>
+      <c r="N144" t="s">
+        <v>27</v>
+      </c>
+      <c r="O144" t="s">
+        <v>867</v>
+      </c>
+      <c r="P144" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="145" spans="1:16">
+      <c r="A145" t="s">
+        <v>869</v>
+      </c>
+      <c r="B145" t="s">
+        <v>870</v>
+      </c>
+      <c r="C145" t="s">
+        <v>865</v>
+      </c>
+      <c r="D145" t="s">
+        <v>59</v>
+      </c>
+      <c r="E145" t="s">
+        <v>20</v>
+      </c>
+      <c r="F145" t="s">
+        <v>90</v>
+      </c>
+      <c r="G145" t="s">
+        <v>81</v>
+      </c>
+      <c r="H145">
+        <v>2019</v>
+      </c>
+      <c r="I145"/>
+      <c r="J145" t="s">
+        <v>82</v>
+      </c>
+      <c r="K145" t="s">
+        <v>47</v>
+      </c>
+      <c r="L145"/>
+      <c r="M145" t="s">
+        <v>866</v>
+      </c>
+      <c r="N145" t="s">
+        <v>27</v>
+      </c>
+      <c r="O145" t="s">
+        <v>871</v>
+      </c>
+      <c r="P145" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="146" spans="1:16">
+      <c r="A146" t="s">
+        <v>873</v>
+      </c>
+      <c r="B146" t="s">
+        <v>874</v>
+      </c>
+      <c r="C146" t="s">
+        <v>865</v>
+      </c>
+      <c r="D146" t="s">
+        <v>59</v>
+      </c>
+      <c r="E146" t="s">
+        <v>20</v>
+      </c>
+      <c r="F146" t="s">
+        <v>90</v>
+      </c>
+      <c r="G146" t="s">
+        <v>81</v>
+      </c>
+      <c r="H146">
+        <v>2019</v>
+      </c>
+      <c r="I146"/>
+      <c r="J146" t="s">
+        <v>82</v>
+      </c>
+      <c r="K146" t="s">
+        <v>47</v>
+      </c>
+      <c r="L146"/>
+      <c r="M146" t="s">
+        <v>866</v>
+      </c>
+      <c r="N146" t="s">
+        <v>27</v>
+      </c>
+      <c r="O146" t="s">
+        <v>875</v>
+      </c>
+      <c r="P146" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="147" spans="1:16">
+      <c r="A147" t="s">
+        <v>877</v>
+      </c>
+      <c r="B147" t="s">
+        <v>878</v>
+      </c>
+      <c r="C147" t="s">
+        <v>879</v>
+      </c>
+      <c r="D147" t="s">
+        <v>59</v>
+      </c>
+      <c r="E147" t="s">
+        <v>20</v>
+      </c>
+      <c r="F147" t="s">
         <v>21</v>
       </c>
-      <c r="K132"/>
-[...604 lines deleted...]
-        <v>2018</v>
+      <c r="G147" t="s">
+        <v>119</v>
       </c>
       <c r="H147"/>
-      <c r="I147" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I147"/>
       <c r="J147" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="K147" t="s">
+        <v>47</v>
+      </c>
+      <c r="L147"/>
       <c r="M147" t="s">
-        <v>24</v>
+        <v>880</v>
       </c>
       <c r="N147" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O147" t="s">
+        <v>881</v>
+      </c>
+      <c r="P147" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="148" spans="1:16">
       <c r="A148" t="s">
-        <v>619</v>
+        <v>883</v>
       </c>
       <c r="B148" t="s">
-        <v>620</v>
+        <v>884</v>
       </c>
       <c r="C148" t="s">
-        <v>47</v>
+        <v>885</v>
       </c>
       <c r="D148" t="s">
-        <v>17</v>
+        <v>886</v>
       </c>
       <c r="E148" t="s">
-        <v>71</v>
+        <v>20</v>
       </c>
       <c r="F148" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2013</v>
+        <v>34</v>
+      </c>
+      <c r="G148" t="s">
+        <v>81</v>
       </c>
       <c r="H148">
         <v>2018</v>
       </c>
-      <c r="I148" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I148"/>
       <c r="J148" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="K148" t="s">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="L148"/>
       <c r="M148" t="s">
-        <v>24</v>
+        <v>887</v>
       </c>
       <c r="N148" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O148" t="s">
+        <v>888</v>
+      </c>
+      <c r="P148" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="149" spans="1:16">
       <c r="A149" t="s">
-        <v>624</v>
+        <v>890</v>
       </c>
       <c r="B149" t="s">
-        <v>620</v>
+        <v>891</v>
       </c>
       <c r="C149" t="s">
-        <v>625</v>
+        <v>892</v>
       </c>
       <c r="D149" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E149" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F149" t="s">
+        <v>90</v>
+      </c>
+      <c r="G149" t="s">
+        <v>22</v>
+      </c>
+      <c r="H149">
+        <v>2013</v>
+      </c>
+      <c r="I149">
+        <v>2018</v>
+      </c>
+      <c r="J149" t="s">
+        <v>208</v>
+      </c>
+      <c r="K149" t="s">
+        <v>47</v>
+      </c>
+      <c r="L149" t="s">
+        <v>893</v>
+      </c>
+      <c r="M149" t="s">
+        <v>894</v>
+      </c>
+      <c r="N149" t="s">
+        <v>27</v>
+      </c>
+      <c r="O149" t="s">
+        <v>895</v>
+      </c>
+      <c r="P149" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="150" spans="1:16">
+      <c r="A150" t="s">
+        <v>897</v>
+      </c>
+      <c r="B150" t="s">
+        <v>898</v>
+      </c>
+      <c r="C150" t="s">
+        <v>892</v>
+      </c>
+      <c r="D150" t="s">
+        <v>899</v>
+      </c>
+      <c r="E150" t="s">
+        <v>20</v>
+      </c>
+      <c r="F150" t="s">
+        <v>21</v>
+      </c>
+      <c r="G150" t="s">
+        <v>81</v>
+      </c>
+      <c r="H150">
+        <v>2016</v>
+      </c>
+      <c r="I150"/>
+      <c r="J150" t="s">
+        <v>208</v>
+      </c>
+      <c r="K150" t="s">
+        <v>47</v>
+      </c>
+      <c r="L150"/>
+      <c r="M150" t="s">
+        <v>894</v>
+      </c>
+      <c r="N150" t="s">
+        <v>27</v>
+      </c>
+      <c r="O150" t="s">
+        <v>900</v>
+      </c>
+      <c r="P150" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="151" spans="1:16">
+      <c r="A151" t="s">
+        <v>902</v>
+      </c>
+      <c r="B151" t="s">
+        <v>903</v>
+      </c>
+      <c r="C151" t="s">
+        <v>333</v>
+      </c>
+      <c r="D151" t="s">
+        <v>59</v>
+      </c>
+      <c r="E151" t="s">
+        <v>33</v>
+      </c>
+      <c r="F151" t="s">
+        <v>90</v>
+      </c>
+      <c r="G151" t="s">
+        <v>22</v>
+      </c>
+      <c r="H151">
+        <v>2020</v>
+      </c>
+      <c r="I151">
+        <v>2023</v>
+      </c>
+      <c r="J151" t="s">
+        <v>23</v>
+      </c>
+      <c r="K151" t="s">
+        <v>47</v>
+      </c>
+      <c r="L151" t="s">
+        <v>904</v>
+      </c>
+      <c r="M151" t="s">
+        <v>335</v>
+      </c>
+      <c r="N151" t="s">
+        <v>27</v>
+      </c>
+      <c r="O151" t="s">
+        <v>905</v>
+      </c>
+      <c r="P151" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="152" spans="1:16">
+      <c r="A152" t="s">
+        <v>907</v>
+      </c>
+      <c r="B152" t="s">
+        <v>908</v>
+      </c>
+      <c r="C152" t="s">
+        <v>251</v>
+      </c>
+      <c r="D152" t="s">
+        <v>59</v>
+      </c>
+      <c r="E152" t="s">
+        <v>33</v>
+      </c>
+      <c r="F152" t="s">
         <v>64</v>
       </c>
-      <c r="G149">
-[...83 lines deleted...]
-      <c r="G151">
+      <c r="G152" t="s">
+        <v>22</v>
+      </c>
+      <c r="H152">
         <v>2010</v>
       </c>
-      <c r="H151">
+      <c r="I152">
         <v>2017</v>
       </c>
-      <c r="I151" t="s">
-[...37 lines deleted...]
-      <c r="G152">
+      <c r="J152" t="s">
+        <v>476</v>
+      </c>
+      <c r="K152" t="s">
+        <v>47</v>
+      </c>
+      <c r="L152" t="s">
+        <v>909</v>
+      </c>
+      <c r="M152" t="s">
+        <v>910</v>
+      </c>
+      <c r="N152" t="s">
+        <v>27</v>
+      </c>
+      <c r="O152" t="s">
+        <v>911</v>
+      </c>
+      <c r="P152" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="153" spans="1:16">
+      <c r="A153" t="s">
+        <v>913</v>
+      </c>
+      <c r="B153" t="s">
+        <v>914</v>
+      </c>
+      <c r="C153" t="s">
+        <v>251</v>
+      </c>
+      <c r="D153" t="s">
+        <v>59</v>
+      </c>
+      <c r="E153" t="s">
+        <v>33</v>
+      </c>
+      <c r="F153" t="s">
+        <v>64</v>
+      </c>
+      <c r="G153" t="s">
+        <v>22</v>
+      </c>
+      <c r="H153">
         <v>1998</v>
       </c>
-      <c r="H152">
+      <c r="I153">
         <v>2012</v>
       </c>
-      <c r="I152" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J153" t="s">
-        <v>39</v>
+        <v>500</v>
       </c>
       <c r="K153" t="s">
-        <v>639</v>
+        <v>47</v>
       </c>
       <c r="L153" t="s">
-        <v>636</v>
+        <v>915</v>
       </c>
       <c r="M153" t="s">
-        <v>24</v>
+        <v>916</v>
       </c>
       <c r="N153" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O153" t="s">
+        <v>917</v>
+      </c>
+      <c r="P153" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="154" spans="1:16">
       <c r="A154" t="s">
-        <v>641</v>
+        <v>919</v>
       </c>
       <c r="B154" t="s">
-        <v>642</v>
+        <v>920</v>
       </c>
       <c r="C154" t="s">
-        <v>104</v>
+        <v>251</v>
       </c>
       <c r="D154" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E154" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="F154" t="s">
         <v>64</v>
       </c>
-      <c r="G154">
+      <c r="G154" t="s">
+        <v>22</v>
+      </c>
+      <c r="H154">
+        <v>1998</v>
+      </c>
+      <c r="I154">
+        <v>2012</v>
+      </c>
+      <c r="J154" t="s">
+        <v>500</v>
+      </c>
+      <c r="K154" t="s">
+        <v>47</v>
+      </c>
+      <c r="L154" t="s">
+        <v>921</v>
+      </c>
+      <c r="M154" t="s">
+        <v>916</v>
+      </c>
+      <c r="N154" t="s">
+        <v>27</v>
+      </c>
+      <c r="O154" t="s">
+        <v>922</v>
+      </c>
+      <c r="P154" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="155" spans="1:16">
+      <c r="A155" t="s">
+        <v>923</v>
+      </c>
+      <c r="B155" t="s">
+        <v>924</v>
+      </c>
+      <c r="C155" t="s">
+        <v>925</v>
+      </c>
+      <c r="D155" t="s">
+        <v>134</v>
+      </c>
+      <c r="E155" t="s">
+        <v>20</v>
+      </c>
+      <c r="F155" t="s">
+        <v>90</v>
+      </c>
+      <c r="G155" t="s">
+        <v>81</v>
+      </c>
+      <c r="H155">
         <v>2004</v>
       </c>
-      <c r="H154"/>
-[...10 lines deleted...]
-      <c r="M154" t="s">
+      <c r="I155"/>
+      <c r="J155" t="s">
+        <v>46</v>
+      </c>
+      <c r="K155" t="s">
+        <v>47</v>
+      </c>
+      <c r="L155"/>
+      <c r="M155" t="s">
+        <v>926</v>
+      </c>
+      <c r="N155" t="s">
+        <v>27</v>
+      </c>
+      <c r="O155" t="s">
+        <v>927</v>
+      </c>
+      <c r="P155" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="156" spans="1:16">
+      <c r="A156" t="s">
+        <v>929</v>
+      </c>
+      <c r="B156" t="s">
+        <v>930</v>
+      </c>
+      <c r="C156" t="s">
+        <v>931</v>
+      </c>
+      <c r="D156" t="s">
+        <v>59</v>
+      </c>
+      <c r="E156" t="s">
+        <v>20</v>
+      </c>
+      <c r="F156" t="s">
+        <v>21</v>
+      </c>
+      <c r="G156" t="s">
+        <v>81</v>
+      </c>
+      <c r="H156">
+        <v>2016</v>
+      </c>
+      <c r="I156"/>
+      <c r="J156" t="s">
+        <v>35</v>
+      </c>
+      <c r="K156" t="s">
+        <v>47</v>
+      </c>
+      <c r="L156"/>
+      <c r="M156" t="s">
+        <v>932</v>
+      </c>
+      <c r="N156" t="s">
+        <v>27</v>
+      </c>
+      <c r="O156" t="s">
+        <v>933</v>
+      </c>
+      <c r="P156" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="157" spans="1:16">
+      <c r="A157" t="s">
+        <v>935</v>
+      </c>
+      <c r="B157" t="s">
+        <v>936</v>
+      </c>
+      <c r="C157" t="s">
+        <v>931</v>
+      </c>
+      <c r="D157" t="s">
+        <v>59</v>
+      </c>
+      <c r="E157" t="s">
+        <v>33</v>
+      </c>
+      <c r="F157" t="s">
+        <v>34</v>
+      </c>
+      <c r="G157" t="s">
+        <v>81</v>
+      </c>
+      <c r="H157">
+        <v>2015</v>
+      </c>
+      <c r="I157"/>
+      <c r="J157" t="s">
+        <v>46</v>
+      </c>
+      <c r="K157" t="s">
+        <v>47</v>
+      </c>
+      <c r="L157"/>
+      <c r="M157" t="s">
+        <v>937</v>
+      </c>
+      <c r="N157" t="s">
+        <v>27</v>
+      </c>
+      <c r="O157" t="s">
+        <v>938</v>
+      </c>
+      <c r="P157" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="158" spans="1:16">
+      <c r="A158" t="s">
+        <v>939</v>
+      </c>
+      <c r="B158" t="s">
+        <v>939</v>
+      </c>
+      <c r="C158" t="s">
+        <v>940</v>
+      </c>
+      <c r="D158" t="s">
+        <v>59</v>
+      </c>
+      <c r="E158" t="s">
+        <v>20</v>
+      </c>
+      <c r="F158" t="s">
+        <v>90</v>
+      </c>
+      <c r="G158" t="s">
+        <v>81</v>
+      </c>
+      <c r="H158">
+        <v>2018</v>
+      </c>
+      <c r="I158"/>
+      <c r="J158" t="s">
+        <v>457</v>
+      </c>
+      <c r="K158" t="s">
+        <v>47</v>
+      </c>
+      <c r="L158"/>
+      <c r="M158" t="s">
+        <v>941</v>
+      </c>
+      <c r="N158" t="s">
+        <v>27</v>
+      </c>
+      <c r="O158" t="s">
+        <v>942</v>
+      </c>
+      <c r="P158" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="159" spans="1:16">
+      <c r="A159" t="s">
+        <v>944</v>
+      </c>
+      <c r="B159" t="s">
+        <v>945</v>
+      </c>
+      <c r="C159" t="s">
+        <v>251</v>
+      </c>
+      <c r="D159" t="s">
+        <v>59</v>
+      </c>
+      <c r="E159" t="s">
+        <v>20</v>
+      </c>
+      <c r="F159" t="s">
+        <v>90</v>
+      </c>
+      <c r="G159" t="s">
+        <v>22</v>
+      </c>
+      <c r="H159">
+        <v>1995</v>
+      </c>
+      <c r="I159">
+        <v>2008</v>
+      </c>
+      <c r="J159" t="s">
+        <v>476</v>
+      </c>
+      <c r="K159" t="s">
+        <v>47</v>
+      </c>
+      <c r="L159" t="s">
+        <v>946</v>
+      </c>
+      <c r="M159" t="s">
+        <v>715</v>
+      </c>
+      <c r="N159" t="s">
+        <v>27</v>
+      </c>
+      <c r="O159" t="s">
+        <v>947</v>
+      </c>
+      <c r="P159" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="160" spans="1:16">
+      <c r="A160" t="s">
+        <v>949</v>
+      </c>
+      <c r="B160" t="s">
+        <v>950</v>
+      </c>
+      <c r="C160" t="s">
+        <v>251</v>
+      </c>
+      <c r="D160" t="s">
+        <v>59</v>
+      </c>
+      <c r="E160" t="s">
+        <v>20</v>
+      </c>
+      <c r="F160" t="s">
+        <v>90</v>
+      </c>
+      <c r="G160" t="s">
+        <v>22</v>
+      </c>
+      <c r="H160">
+        <v>1995</v>
+      </c>
+      <c r="I160">
+        <v>2010</v>
+      </c>
+      <c r="J160" t="s">
+        <v>500</v>
+      </c>
+      <c r="K160" t="s">
+        <v>47</v>
+      </c>
+      <c r="L160" t="s">
+        <v>951</v>
+      </c>
+      <c r="M160" t="s">
+        <v>715</v>
+      </c>
+      <c r="N160" t="s">
+        <v>27</v>
+      </c>
+      <c r="O160" t="s">
+        <v>952</v>
+      </c>
+      <c r="P160" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="161" spans="1:16">
+      <c r="A161" t="s">
+        <v>954</v>
+      </c>
+      <c r="B161" t="s">
+        <v>955</v>
+      </c>
+      <c r="C161" t="s">
+        <v>251</v>
+      </c>
+      <c r="D161" t="s">
+        <v>59</v>
+      </c>
+      <c r="E161" t="s">
+        <v>20</v>
+      </c>
+      <c r="F161" t="s">
+        <v>90</v>
+      </c>
+      <c r="G161" t="s">
+        <v>22</v>
+      </c>
+      <c r="H161">
+        <v>1995</v>
+      </c>
+      <c r="I161">
+        <v>2016</v>
+      </c>
+      <c r="J161" t="s">
+        <v>253</v>
+      </c>
+      <c r="K161" t="s">
+        <v>47</v>
+      </c>
+      <c r="L161"/>
+      <c r="M161" t="s">
+        <v>715</v>
+      </c>
+      <c r="N161" t="s">
+        <v>27</v>
+      </c>
+      <c r="O161" t="s">
+        <v>956</v>
+      </c>
+      <c r="P161" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="162" spans="1:16">
+      <c r="A162" t="s">
+        <v>958</v>
+      </c>
+      <c r="B162" t="s">
+        <v>959</v>
+      </c>
+      <c r="C162" t="s">
+        <v>960</v>
+      </c>
+      <c r="D162" t="s">
+        <v>961</v>
+      </c>
+      <c r="E162" t="s">
+        <v>20</v>
+      </c>
+      <c r="F162" t="s">
+        <v>34</v>
+      </c>
+      <c r="G162" t="s">
+        <v>81</v>
+      </c>
+      <c r="H162">
+        <v>2017</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s">
+        <v>46</v>
+      </c>
+      <c r="K162" t="s">
         <v>24</v>
       </c>
-      <c r="N154" t="s">
-[...19 lines deleted...]
-      <c r="F155" t="s">
+      <c r="L162"/>
+      <c r="M162" t="s">
+        <v>962</v>
+      </c>
+      <c r="N162" t="s">
+        <v>153</v>
+      </c>
+      <c r="O162" t="s">
+        <v>963</v>
+      </c>
+      <c r="P162" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="163" spans="1:16">
+      <c r="A163" t="s">
+        <v>965</v>
+      </c>
+      <c r="B163" t="s">
+        <v>966</v>
+      </c>
+      <c r="C163" t="s">
+        <v>215</v>
+      </c>
+      <c r="D163" t="s">
+        <v>252</v>
+      </c>
+      <c r="E163" t="s">
+        <v>20</v>
+      </c>
+      <c r="F163" t="s">
+        <v>90</v>
+      </c>
+      <c r="G163" t="s">
+        <v>22</v>
+      </c>
+      <c r="H163">
+        <v>2007</v>
+      </c>
+      <c r="I163">
+        <v>2020</v>
+      </c>
+      <c r="J163" t="s">
+        <v>218</v>
+      </c>
+      <c r="K163" t="s">
+        <v>47</v>
+      </c>
+      <c r="L163" t="s">
+        <v>967</v>
+      </c>
+      <c r="M163" t="s">
+        <v>219</v>
+      </c>
+      <c r="N163" t="s">
+        <v>27</v>
+      </c>
+      <c r="O163" t="s">
+        <v>968</v>
+      </c>
+      <c r="P163" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="164" spans="1:16">
+      <c r="A164" t="s">
+        <v>970</v>
+      </c>
+      <c r="B164" t="s">
+        <v>971</v>
+      </c>
+      <c r="C164" t="s">
+        <v>215</v>
+      </c>
+      <c r="D164" t="s">
+        <v>59</v>
+      </c>
+      <c r="E164" t="s">
+        <v>20</v>
+      </c>
+      <c r="F164" t="s">
+        <v>21</v>
+      </c>
+      <c r="G164" t="s">
+        <v>22</v>
+      </c>
+      <c r="H164">
+        <v>2007</v>
+      </c>
+      <c r="I164">
+        <v>2020</v>
+      </c>
+      <c r="J164" t="s">
+        <v>218</v>
+      </c>
+      <c r="K164" t="s">
+        <v>47</v>
+      </c>
+      <c r="L164" t="s">
+        <v>972</v>
+      </c>
+      <c r="M164" t="s">
+        <v>219</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>973</v>
+      </c>
+      <c r="P164" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="165" spans="1:16">
+      <c r="A165" t="s">
+        <v>975</v>
+      </c>
+      <c r="B165" t="s">
+        <v>976</v>
+      </c>
+      <c r="C165" t="s">
+        <v>215</v>
+      </c>
+      <c r="D165" t="s">
+        <v>59</v>
+      </c>
+      <c r="E165" t="s">
+        <v>20</v>
+      </c>
+      <c r="F165" t="s">
+        <v>21</v>
+      </c>
+      <c r="G165" t="s">
+        <v>569</v>
+      </c>
+      <c r="H165">
+        <v>2021</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s">
+        <v>218</v>
+      </c>
+      <c r="K165" t="s">
+        <v>47</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" t="s">
+        <v>219</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>977</v>
+      </c>
+      <c r="P165" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="166" spans="1:16">
+      <c r="A166" t="s">
+        <v>979</v>
+      </c>
+      <c r="B166" t="s">
+        <v>980</v>
+      </c>
+      <c r="C166" t="s">
+        <v>660</v>
+      </c>
+      <c r="D166" t="s">
+        <v>981</v>
+      </c>
+      <c r="E166" t="s">
+        <v>33</v>
+      </c>
+      <c r="F166" t="s">
         <v>64</v>
       </c>
-      <c r="G155">
+      <c r="G166" t="s">
+        <v>81</v>
+      </c>
+      <c r="H166">
+        <v>2011</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s">
+        <v>669</v>
+      </c>
+      <c r="K166" t="s">
+        <v>47</v>
+      </c>
+      <c r="L166" t="s">
+        <v>982</v>
+      </c>
+      <c r="M166" t="s">
+        <v>983</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>984</v>
+      </c>
+      <c r="P166" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="167" spans="1:16">
+      <c r="A167" t="s">
+        <v>986</v>
+      </c>
+      <c r="B167" t="s">
+        <v>987</v>
+      </c>
+      <c r="C167" t="s">
+        <v>660</v>
+      </c>
+      <c r="D167" t="s">
+        <v>59</v>
+      </c>
+      <c r="E167" t="s">
+        <v>33</v>
+      </c>
+      <c r="F167" t="s">
+        <v>64</v>
+      </c>
+      <c r="G167" t="s">
+        <v>22</v>
+      </c>
+      <c r="H167">
+        <v>2003</v>
+      </c>
+      <c r="I167">
+        <v>2021</v>
+      </c>
+      <c r="J167" t="s">
+        <v>669</v>
+      </c>
+      <c r="K167" t="s">
+        <v>47</v>
+      </c>
+      <c r="L167" t="s">
+        <v>988</v>
+      </c>
+      <c r="M167" t="s">
+        <v>983</v>
+      </c>
+      <c r="N167" t="s">
+        <v>27</v>
+      </c>
+      <c r="O167" t="s">
+        <v>989</v>
+      </c>
+      <c r="P167" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="168" spans="1:16">
+      <c r="A168" t="s">
+        <v>991</v>
+      </c>
+      <c r="B168" t="s">
+        <v>992</v>
+      </c>
+      <c r="C168" t="s">
+        <v>534</v>
+      </c>
+      <c r="D168" t="s">
+        <v>993</v>
+      </c>
+      <c r="E168" t="s">
+        <v>20</v>
+      </c>
+      <c r="F168" t="s">
+        <v>90</v>
+      </c>
+      <c r="G168" t="s">
+        <v>81</v>
+      </c>
+      <c r="H168">
         <v>2016</v>
       </c>
-      <c r="H155"/>
-[...116 lines deleted...]
-      <c r="G158">
+      <c r="I168"/>
+      <c r="J168" t="s">
+        <v>994</v>
+      </c>
+      <c r="K168" t="s">
+        <v>47</v>
+      </c>
+      <c r="L168"/>
+      <c r="M168" t="s">
+        <v>995</v>
+      </c>
+      <c r="N168" t="s">
+        <v>153</v>
+      </c>
+      <c r="O168" t="s">
+        <v>996</v>
+      </c>
+      <c r="P168" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="169" spans="1:16">
+      <c r="A169" t="s">
+        <v>998</v>
+      </c>
+      <c r="B169" t="s">
+        <v>999</v>
+      </c>
+      <c r="C169" t="s">
+        <v>660</v>
+      </c>
+      <c r="D169" t="s">
+        <v>59</v>
+      </c>
+      <c r="E169" t="s">
+        <v>33</v>
+      </c>
+      <c r="F169" t="s">
+        <v>34</v>
+      </c>
+      <c r="G169" t="s">
+        <v>22</v>
+      </c>
+      <c r="H169">
         <v>1995</v>
       </c>
-      <c r="H158">
-[...52 lines deleted...]
-      <c r="K159" t="s">
+      <c r="I169">
+        <v>2019</v>
+      </c>
+      <c r="J169" t="s">
+        <v>253</v>
+      </c>
+      <c r="K169" t="s">
+        <v>47</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1000</v>
+      </c>
+      <c r="M169" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N169" t="s">
+        <v>27</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1002</v>
+      </c>
+      <c r="P169" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="170" spans="1:16">
+      <c r="A170" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B170" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C170" t="s">
         <v>660</v>
       </c>
-      <c r="L159" t="s">
-[...31 lines deleted...]
-      <c r="H160">
+      <c r="D170" t="s">
+        <v>981</v>
+      </c>
+      <c r="E170" t="s">
+        <v>33</v>
+      </c>
+      <c r="F170" t="s">
+        <v>34</v>
+      </c>
+      <c r="G170" t="s">
+        <v>22</v>
+      </c>
+      <c r="H170">
+        <v>2001</v>
+      </c>
+      <c r="I170">
+        <v>2019</v>
+      </c>
+      <c r="J170" t="s">
+        <v>253</v>
+      </c>
+      <c r="K170" t="s">
+        <v>47</v>
+      </c>
+      <c r="L170" t="s">
+        <v>1006</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1007</v>
+      </c>
+      <c r="P170" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="171" spans="1:16">
+      <c r="A171" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B171" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C171" t="s">
+        <v>660</v>
+      </c>
+      <c r="D171" t="s">
+        <v>59</v>
+      </c>
+      <c r="E171" t="s">
+        <v>20</v>
+      </c>
+      <c r="F171" t="s">
+        <v>21</v>
+      </c>
+      <c r="G171" t="s">
+        <v>22</v>
+      </c>
+      <c r="H171">
+        <v>2003</v>
+      </c>
+      <c r="I171">
+        <v>2013</v>
+      </c>
+      <c r="J171" t="s">
+        <v>669</v>
+      </c>
+      <c r="K171" t="s">
+        <v>47</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" t="s">
+        <v>1011</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P171" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="172" spans="1:16">
+      <c r="A172" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B172" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C172" t="s">
+        <v>660</v>
+      </c>
+      <c r="D172" t="s">
+        <v>59</v>
+      </c>
+      <c r="E172" t="s">
+        <v>20</v>
+      </c>
+      <c r="F172" t="s">
+        <v>21</v>
+      </c>
+      <c r="G172" t="s">
+        <v>81</v>
+      </c>
+      <c r="H172">
+        <v>2023</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s">
+        <v>253</v>
+      </c>
+      <c r="K172" t="s">
+        <v>47</v>
+      </c>
+      <c r="L172"/>
+      <c r="M172" t="s">
+        <v>1016</v>
+      </c>
+      <c r="N172" t="s">
+        <v>27</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1017</v>
+      </c>
+      <c r="P172" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="173" spans="1:16">
+      <c r="A173" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B173" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D173" t="s">
+        <v>141</v>
+      </c>
+      <c r="E173" t="s">
+        <v>33</v>
+      </c>
+      <c r="F173" t="s">
+        <v>34</v>
+      </c>
+      <c r="G173" t="s">
+        <v>81</v>
+      </c>
+      <c r="H173">
+        <v>2006</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s">
+        <v>813</v>
+      </c>
+      <c r="K173" t="s">
+        <v>47</v>
+      </c>
+      <c r="L173" t="s">
+        <v>1022</v>
+      </c>
+      <c r="M173" t="s">
+        <v>1023</v>
+      </c>
+      <c r="N173" t="s">
+        <v>27</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1024</v>
+      </c>
+      <c r="P173" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="174" spans="1:16">
+      <c r="A174" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B174" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D174" t="s">
+        <v>172</v>
+      </c>
+      <c r="E174" t="s">
+        <v>33</v>
+      </c>
+      <c r="F174" t="s">
+        <v>90</v>
+      </c>
+      <c r="G174" t="s">
+        <v>81</v>
+      </c>
+      <c r="H174">
         <v>2016</v>
       </c>
-      <c r="I160" t="s">
-[...35 lines deleted...]
-      <c r="G161">
+      <c r="I174"/>
+      <c r="J174" t="s">
+        <v>326</v>
+      </c>
+      <c r="K174" t="s">
+        <v>47</v>
+      </c>
+      <c r="L174" t="s">
+        <v>173</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1029</v>
+      </c>
+      <c r="N174" t="s">
+        <v>27</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P174" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="175" spans="1:16">
+      <c r="A175" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B175" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D175" t="s">
+        <v>59</v>
+      </c>
+      <c r="E175" t="s">
+        <v>20</v>
+      </c>
+      <c r="F175" t="s">
+        <v>90</v>
+      </c>
+      <c r="G175" t="s">
+        <v>22</v>
+      </c>
+      <c r="H175">
+        <v>2011</v>
+      </c>
+      <c r="I175">
+        <v>2019</v>
+      </c>
+      <c r="J175" t="s">
+        <v>181</v>
+      </c>
+      <c r="K175" t="s">
+        <v>47</v>
+      </c>
+      <c r="L175" t="s">
+        <v>1035</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N175" t="s">
+        <v>27</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1037</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="176" spans="1:16">
+      <c r="A176" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B176" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D176" t="s">
+        <v>89</v>
+      </c>
+      <c r="E176" t="s">
+        <v>33</v>
+      </c>
+      <c r="F176" t="s">
+        <v>34</v>
+      </c>
+      <c r="G176" t="s">
+        <v>81</v>
+      </c>
+      <c r="H176">
+        <v>2009</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s">
+        <v>46</v>
+      </c>
+      <c r="K176" t="s">
+        <v>47</v>
+      </c>
+      <c r="L176" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N176" t="s">
+        <v>27</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1044</v>
+      </c>
+      <c r="P176" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="177" spans="1:16">
+      <c r="A177" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B177" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D177" t="s">
+        <v>59</v>
+      </c>
+      <c r="E177" t="s">
+        <v>20</v>
+      </c>
+      <c r="F177" t="s">
+        <v>21</v>
+      </c>
+      <c r="G177" t="s">
+        <v>81</v>
+      </c>
+      <c r="H177">
+        <v>2009</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s">
+        <v>82</v>
+      </c>
+      <c r="K177" t="s">
+        <v>47</v>
+      </c>
+      <c r="L177" t="s">
+        <v>1042</v>
+      </c>
+      <c r="M177" t="s">
+        <v>1043</v>
+      </c>
+      <c r="N177" t="s">
+        <v>27</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1048</v>
+      </c>
+      <c r="P177" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="178" spans="1:16">
+      <c r="A178" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B178" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D178" t="s">
+        <v>59</v>
+      </c>
+      <c r="E178" t="s">
+        <v>33</v>
+      </c>
+      <c r="F178" t="s">
+        <v>21</v>
+      </c>
+      <c r="G178" t="s">
+        <v>81</v>
+      </c>
+      <c r="H178">
+        <v>2011</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s">
+        <v>208</v>
+      </c>
+      <c r="K178" t="s">
+        <v>47</v>
+      </c>
+      <c r="L178"/>
+      <c r="M178" t="s">
+        <v>1052</v>
+      </c>
+      <c r="N178" t="s">
+        <v>27</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1053</v>
+      </c>
+      <c r="P178" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="179" spans="1:16">
+      <c r="A179" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B179" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E179" t="s">
+        <v>20</v>
+      </c>
+      <c r="F179" t="s">
+        <v>90</v>
+      </c>
+      <c r="G179" t="s">
+        <v>22</v>
+      </c>
+      <c r="H179">
+        <v>2012</v>
+      </c>
+      <c r="I179">
+        <v>2014</v>
+      </c>
+      <c r="J179" t="s">
+        <v>476</v>
+      </c>
+      <c r="K179" t="s">
+        <v>47</v>
+      </c>
+      <c r="L179" t="s">
+        <v>1059</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1060</v>
+      </c>
+      <c r="N179" t="s">
+        <v>27</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1061</v>
+      </c>
+      <c r="P179" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="180" spans="1:16">
+      <c r="A180" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B180" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C180" t="s">
+        <v>690</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E180" t="s">
+        <v>33</v>
+      </c>
+      <c r="F180" t="s">
+        <v>34</v>
+      </c>
+      <c r="G180" t="s">
+        <v>22</v>
+      </c>
+      <c r="H180">
+        <v>2014</v>
+      </c>
+      <c r="I180">
         <v>2017</v>
       </c>
-      <c r="H161"/>
-[...318 lines deleted...]
-      <c r="A169" t="s">
+      <c r="J180" t="s">
+        <v>181</v>
+      </c>
+      <c r="K180" t="s">
+        <v>47</v>
+      </c>
+      <c r="L180"/>
+      <c r="M180" t="s">
         <v>692</v>
       </c>
-      <c r="B169" t="s">
-[...456 lines deleted...]
-        <v>734</v>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1066</v>
+      </c>
+      <c r="P180" t="s">
+        <v>1067</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>