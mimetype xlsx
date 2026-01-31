--- v0 (2025-11-28)
+++ v1 (2026-01-31)
@@ -438,106 +438,103 @@
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
-[...2 lines deleted...]
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -848,50 +845,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -2192,969 +2192,971 @@
       </c>
       <c r="L15" t="s">
         <v>129</v>
       </c>
       <c r="M15" t="s">
         <v>130</v>
       </c>
       <c r="N15" t="s">
         <v>26</v>
       </c>
       <c r="O15" t="s">
         <v>131</v>
       </c>
       <c r="P15" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>133</v>
       </c>
       <c r="B16" t="s">
         <v>134</v>
       </c>
       <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E16" t="s">
         <v>111</v>
       </c>
       <c r="F16" t="s">
+        <v>136</v>
+      </c>
+      <c r="G16" t="s">
+        <v>8</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2024</v>
+      </c>
+      <c r="J16" t="s">
         <v>137</v>
-      </c>
-[...8 lines deleted...]
-        <v>139</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16"/>
       <c r="M16" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="N16" t="s">
         <v>35</v>
       </c>
       <c r="O16" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="P16" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="D17" t="s">
         <v>77</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>103</v>
       </c>
       <c r="G17" t="s">
         <v>42</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2025</v>
       </c>
       <c r="J17" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="M17" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="N17" t="s">
         <v>26</v>
       </c>
       <c r="O17" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="P17" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B18" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="C18" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="D18" t="s">
         <v>77</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>103</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="H18">
         <v>2013</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="M18" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
+        <v>154</v>
+      </c>
+      <c r="P18" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>156</v>
+      </c>
+      <c r="B19" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="C19" t="s">
         <v>69</v>
       </c>
       <c r="D19" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>103</v>
       </c>
       <c r="G19" t="s">
         <v>22</v>
       </c>
       <c r="H19">
         <v>2023</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>63</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="M19" t="s">
         <v>71</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
+        <v>160</v>
+      </c>
+      <c r="P19" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>162</v>
+      </c>
+      <c r="B20" t="s">
         <v>163</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="D20" t="s">
         <v>94</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>21</v>
       </c>
       <c r="G20" t="s">
         <v>42</v>
       </c>
       <c r="H20">
         <v>2008</v>
       </c>
       <c r="I20">
         <v>2021</v>
       </c>
       <c r="J20" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>166</v>
+      </c>
+      <c r="M20" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
+        <v>168</v>
+      </c>
+      <c r="P20" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>170</v>
+      </c>
+      <c r="B21" t="s">
         <v>171</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="D21" t="s">
         <v>86</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>42</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21">
         <v>2014</v>
       </c>
       <c r="J21" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="K21" t="s">
         <v>34</v>
       </c>
       <c r="L21" t="s">
+        <v>174</v>
+      </c>
+      <c r="M21" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
+        <v>176</v>
+      </c>
+      <c r="P21" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>178</v>
+      </c>
+      <c r="B22" t="s">
         <v>179</v>
       </c>
-      <c r="B22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C22" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D22" t="s">
         <v>50</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>41</v>
       </c>
       <c r="G22" t="s">
         <v>42</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="M22" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="P22"/>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" t="s">
         <v>183</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D23" t="s">
         <v>86</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>41</v>
       </c>
       <c r="G23" t="s">
         <v>42</v>
       </c>
       <c r="H23">
         <v>2012</v>
       </c>
       <c r="I23">
         <v>2013</v>
       </c>
       <c r="J23" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="M23" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
+        <v>185</v>
+      </c>
+      <c r="P23" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>187</v>
+      </c>
+      <c r="B24" t="s">
         <v>188</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>189</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>41</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2022</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
+        <v>192</v>
+      </c>
+      <c r="P24" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
       <c r="C25" t="s">
         <v>85</v>
       </c>
       <c r="D25" t="s">
         <v>94</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>41</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2009</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
         <v>95</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
         <v>96</v>
       </c>
       <c r="M25" t="s">
         <v>89</v>
       </c>
       <c r="N25" t="s">
         <v>26</v>
       </c>
       <c r="O25" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="P25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>196</v>
+      </c>
+      <c r="B26" t="s">
         <v>197</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D26" t="s">
         <v>94</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>103</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2021</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
         <v>104</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
+        <v>199</v>
+      </c>
+      <c r="M26" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
+        <v>201</v>
+      </c>
+      <c r="P26" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>203</v>
+      </c>
+      <c r="B27" t="s">
         <v>204</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
+        <v>198</v>
+      </c>
+      <c r="D27" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>103</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2021</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
         <v>104</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
+        <v>207</v>
+      </c>
+      <c r="P27" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
         <v>210</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>211</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E28" t="s">
         <v>111</v>
       </c>
       <c r="F28" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2009</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
+        <v>216</v>
+      </c>
+      <c r="P28" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>218</v>
+      </c>
+      <c r="B29" t="s">
         <v>219</v>
       </c>
-      <c r="B29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C29" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D29" t="s">
         <v>77</v>
       </c>
       <c r="E29" t="s">
         <v>111</v>
       </c>
       <c r="F29" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="G29" t="s">
         <v>22</v>
       </c>
       <c r="H29">
         <v>2015</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
+        <v>220</v>
+      </c>
+      <c r="P29" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>222</v>
+      </c>
+      <c r="B30" t="s">
         <v>223</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>224</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E30" t="s">
         <v>111</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
+        <v>226</v>
+      </c>
+      <c r="K30" t="s">
         <v>227</v>
       </c>
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>228</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
+        <v>230</v>
+      </c>
+      <c r="P30" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>232</v>
+      </c>
+      <c r="B31" t="s">
         <v>233</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>234</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>235</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>236</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2023</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
         <v>63</v>
       </c>
       <c r="K31" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
+        <v>239</v>
+      </c>
+      <c r="N31" t="s">
         <v>240</v>
       </c>
-      <c r="N31" t="s">
+      <c r="O31" t="s">
         <v>241</v>
       </c>
-      <c r="O31" t="s">
+      <c r="P31" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>243</v>
+      </c>
+      <c r="B32" t="s">
         <v>244</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>245</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>246</v>
       </c>
-      <c r="D32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="F32" t="s">
         <v>103</v>
       </c>
       <c r="G32" t="s">
         <v>78</v>
       </c>
       <c r="H32"/>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32"/>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
+        <v>248</v>
+      </c>
+      <c r="P32" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>250</v>
+      </c>
+      <c r="B33" t="s">
         <v>251</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D33" t="s">
         <v>77</v>
       </c>
       <c r="E33" t="s">
         <v>111</v>
       </c>
       <c r="F33" t="s">
         <v>112</v>
       </c>
       <c r="G33" t="s">
         <v>42</v>
       </c>
       <c r="H33">
         <v>1997</v>
       </c>
       <c r="I33">
         <v>2011</v>
       </c>
       <c r="J33" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
+        <v>252</v>
+      </c>
+      <c r="M33" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
+        <v>254</v>
+      </c>
+      <c r="P33" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>256</v>
+      </c>
+      <c r="B34" t="s">
         <v>257</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>258</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>103</v>
       </c>
       <c r="G34" t="s">
         <v>42</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
       <c r="I34">
         <v>2021</v>
       </c>
       <c r="J34" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K34" t="s">
+        <v>260</v>
+      </c>
+      <c r="L34" t="s">
         <v>261</v>
       </c>
-      <c r="L34" t="s">
+      <c r="M34" t="s">
         <v>262</v>
       </c>
-      <c r="M34" t="s">
+      <c r="N34" t="s">
+        <v>240</v>
+      </c>
+      <c r="O34" t="s">
         <v>263</v>
       </c>
-      <c r="N34" t="s">
-[...2 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>265</v>
+      </c>
+      <c r="B35" t="s">
         <v>266</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>267</v>
       </c>
-      <c r="C35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
+        <v>268</v>
+      </c>
+      <c r="G35" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="H35">
         <v>2024</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>270</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>271</v>
       </c>
       <c r="M35" t="s">
         <v>272</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>273</v>
       </c>
       <c r="P35" t="s">
         <v>274</v>
@@ -3310,58 +3312,58 @@
         <v>298</v>
       </c>
       <c r="C39" t="s">
         <v>292</v>
       </c>
       <c r="D39" t="s">
         <v>299</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>104</v>
       </c>
       <c r="K39" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>294</v>
       </c>
       <c r="N39" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="O39" t="s">
         <v>300</v>
       </c>
       <c r="P39" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>302</v>
       </c>
       <c r="B40" t="s">
         <v>303</v>
       </c>
       <c r="C40" t="s">
         <v>60</v>
       </c>
       <c r="D40" t="s">
         <v>77</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
@@ -3384,51 +3386,51 @@
       </c>
       <c r="L40" t="s">
         <v>304</v>
       </c>
       <c r="M40" t="s">
         <v>64</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
         <v>305</v>
       </c>
       <c r="P40" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>307</v>
       </c>
       <c r="B41" t="s">
         <v>308</v>
       </c>
       <c r="C41" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D41" t="s">
         <v>309</v>
       </c>
       <c r="E41" t="s">
         <v>111</v>
       </c>
       <c r="F41" t="s">
         <v>112</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2011</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
         <v>310</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>311</v>
@@ -3476,51 +3478,51 @@
         <v>33</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42"/>
       <c r="M42"/>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
         <v>317</v>
       </c>
       <c r="P42" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>319</v>
       </c>
       <c r="B43" t="s">
         <v>320</v>
       </c>
       <c r="C43" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D43" t="s">
         <v>309</v>
       </c>
       <c r="E43" t="s">
         <v>111</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>42</v>
       </c>
       <c r="H43">
         <v>2001</v>
       </c>
       <c r="I43">
         <v>2019</v>
       </c>
       <c r="J43" t="s">
         <v>79</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
@@ -3547,101 +3549,101 @@
       <c r="B44" t="s">
         <v>326</v>
       </c>
       <c r="C44" t="s">
         <v>327</v>
       </c>
       <c r="D44" t="s">
         <v>328</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>103</v>
       </c>
       <c r="G44" t="s">
         <v>42</v>
       </c>
       <c r="H44">
         <v>2012</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
         <v>329</v>
       </c>
       <c r="M44" t="s">
         <v>330</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
         <v>331</v>
       </c>
       <c r="P44" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>333</v>
       </c>
       <c r="B45" t="s">
         <v>334</v>
       </c>
       <c r="C45" t="s">
         <v>335</v>
       </c>
       <c r="D45" t="s">
         <v>336</v>
       </c>
       <c r="E45" t="s">
         <v>111</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>42</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K45" t="s">
         <v>337</v>
       </c>
       <c r="L45" t="s">
         <v>338</v>
       </c>
       <c r="M45" t="s">
         <v>339</v>
       </c>
       <c r="N45" t="s">
         <v>340</v>
       </c>
       <c r="O45" t="s">
         <v>341</v>
       </c>
       <c r="P45" t="s">
         <v>342</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">