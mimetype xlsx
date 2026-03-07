--- v0 (2025-11-28)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -496,73 +496,73 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-120219-2021-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=CE1E6A1DD41F58F6E05397BE0A0A68DF</t>
   </si>
   <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
     <t>This policy covers LED flat panel luminaires.</t>
   </si>
   <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
   </si>
   <si>
     <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
 (b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
     <t>Malaysia</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>MS 1220:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://cprc-clasp.ngo/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
     <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
@@ -570,50 +570,53 @@
     <t>https://www.legislation.gov.au/Details/F2016L00659</t>
   </si>
   <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
     <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
     <t>https://www.legislation.gov.au/Details/F2012L02133</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
     <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
@@ -2394,886 +2397,886 @@
       </c>
       <c r="P22" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>181</v>
       </c>
       <c r="B23" t="s">
         <v>182</v>
       </c>
       <c r="C23" t="s">
         <v>161</v>
       </c>
       <c r="D23" t="s">
         <v>101</v>
       </c>
       <c r="E23" t="s">
         <v>20</v>
       </c>
       <c r="F23" t="s">
         <v>134</v>
       </c>
       <c r="G23" t="s">
-        <v>34</v>
+        <v>183</v>
       </c>
       <c r="H23">
         <v>2013</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="M23" t="s">
         <v>164</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="P23" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B24" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C24" t="s">
         <v>93</v>
       </c>
       <c r="D24" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>134</v>
       </c>
       <c r="G24" t="s">
         <v>34</v>
       </c>
       <c r="H24">
         <v>2023</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>87</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="M24" t="s">
         <v>95</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P24" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B25" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C25" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D25" t="s">
         <v>124</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>21</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2008</v>
       </c>
       <c r="I25">
         <v>2021</v>
       </c>
       <c r="J25" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D26" t="s">
         <v>51</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>52</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
       <c r="I26">
         <v>2014</v>
       </c>
       <c r="J26" t="s">
         <v>43</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="P26"/>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C27" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D27" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>52</v>
       </c>
       <c r="G27" t="s">
         <v>34</v>
       </c>
       <c r="H27">
         <v>2022</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27"/>
       <c r="M27" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="P27" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B28" t="s">
         <v>122</v>
       </c>
       <c r="C28" t="s">
         <v>123</v>
       </c>
       <c r="D28" t="s">
         <v>124</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>52</v>
       </c>
       <c r="G28" t="s">
         <v>34</v>
       </c>
       <c r="H28">
         <v>2009</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
         <v>125</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
         <v>126</v>
       </c>
       <c r="M28" t="s">
         <v>127</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="P28" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B29" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C29" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D29" t="s">
         <v>124</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>134</v>
       </c>
       <c r="G29" t="s">
         <v>34</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>135</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M29" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="P29" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B30" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C30" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D30" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>134</v>
       </c>
       <c r="G30" t="s">
         <v>34</v>
       </c>
       <c r="H30">
         <v>2021</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
         <v>135</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P30" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B31" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C31" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D31" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E31" t="s">
         <v>65</v>
       </c>
       <c r="F31" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G31" t="s">
         <v>34</v>
       </c>
       <c r="H31">
         <v>2009</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="P31" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B32" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C32" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D32" t="s">
         <v>101</v>
       </c>
       <c r="E32" t="s">
         <v>65</v>
       </c>
       <c r="F32" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G32" t="s">
         <v>34</v>
       </c>
       <c r="H32">
         <v>2015</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="P32" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B33" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C33" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D33" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E33" t="s">
         <v>65</v>
       </c>
       <c r="F33" t="s">
         <v>134</v>
       </c>
       <c r="G33" t="s">
         <v>34</v>
       </c>
       <c r="H33">
         <v>2014</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
         <v>35</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="M33" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="P33" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B34" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C34" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D34" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E34" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F34" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G34" t="s">
         <v>34</v>
       </c>
       <c r="H34">
         <v>2023</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>87</v>
       </c>
       <c r="K34" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="N34" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="O34" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="P34" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B35" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C35" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D35" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E35" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F35" t="s">
         <v>134</v>
       </c>
       <c r="G35" t="s">
         <v>102</v>
       </c>
       <c r="H35"/>
       <c r="I35"/>
       <c r="J35" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35"/>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="P35" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B36" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C36" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D36" t="s">
         <v>101</v>
       </c>
       <c r="E36" t="s">
         <v>65</v>
       </c>
       <c r="F36" t="s">
         <v>66</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>1997</v>
       </c>
       <c r="I36">
         <v>2011</v>
       </c>
       <c r="J36" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M36" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="P36" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B37" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C37" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D37" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>134</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2017</v>
       </c>
       <c r="I37">
         <v>2021</v>
       </c>
       <c r="J37" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="K37" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="L37" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M37" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="N37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="O37" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P37" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B38" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C38" t="s">
         <v>84</v>
       </c>
       <c r="D38" t="s">
         <v>101</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>134</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2007</v>
       </c>
       <c r="I38">
         <v>2020</v>
       </c>
       <c r="J38" t="s">
         <v>87</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="M38" t="s">
         <v>88</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="P38" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B39" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C39" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D39" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E39" t="s">
         <v>65</v>
       </c>
       <c r="F39" t="s">
         <v>66</v>
       </c>
       <c r="G39" t="s">
         <v>34</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M39" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="P39" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B40" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C40" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D40" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E40" t="s">
         <v>65</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2001</v>
       </c>
       <c r="I40">
         <v>2019</v>
       </c>
       <c r="J40" t="s">
         <v>103</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M40" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P40" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">