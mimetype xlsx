--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -261,53 +261,50 @@
     <t>GB 35971-2018 Minimum allowable values of the energy efficiency and energy efficiency grades for hermetic motor-compressor in room air conditioners</t>
   </si>
   <si>
     <t>This policy covers hermetic motor-compressors in room air conditioners.</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 5773; GB/T 15765-2014</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-35971-2018-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D82889D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
     <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
@@ -1311,614 +1308,614 @@
       </c>
       <c r="L8" t="s">
         <v>77</v>
       </c>
       <c r="M8" t="s">
         <v>78</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
         <v>79</v>
       </c>
       <c r="P8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
       <c r="C9" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="D9" t="s">
         <v>33</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H9">
         <v>2025</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
+        <v>87</v>
+      </c>
+      <c r="P9" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B10" t="s">
         <v>90</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="D10" t="s">
         <v>63</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>21</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
       <c r="H10">
         <v>1986</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
         <v>64</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="C11" t="s">
         <v>54</v>
       </c>
       <c r="D11" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G11" t="s">
         <v>46</v>
       </c>
       <c r="H11">
         <v>2023</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
         <v>56</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="M11" t="s">
         <v>57</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
+        <v>101</v>
+      </c>
+      <c r="P11" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>103</v>
+      </c>
+      <c r="B12" t="s">
         <v>104</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="D12" t="s">
         <v>43</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G12" t="s">
         <v>46</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
+        <v>109</v>
+      </c>
+      <c r="P12" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
         <v>112</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>113</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>46</v>
       </c>
       <c r="H13">
         <v>2022</v>
       </c>
       <c r="I13"/>
       <c r="J13" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="N13" t="s">
         <v>38</v>
       </c>
       <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B14"/>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>33</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
         <v>46</v>
       </c>
       <c r="H14">
         <v>2021</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
+        <v>121</v>
+      </c>
+      <c r="P14" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>123</v>
+      </c>
+      <c r="B15" t="s">
         <v>124</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D15" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E15" t="s">
         <v>44</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>46</v>
       </c>
       <c r="H15">
         <v>2012</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>64</v>
       </c>
       <c r="K15" t="s">
+        <v>126</v>
+      </c>
+      <c r="L15" t="s">
         <v>127</v>
       </c>
-      <c r="L15" t="s">
+      <c r="M15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
+        <v>129</v>
+      </c>
+      <c r="P15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>131</v>
+      </c>
+      <c r="B16" t="s">
         <v>132</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="G16" t="s">
         <v>46</v>
       </c>
       <c r="H16">
         <v>2020</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>135</v>
+      </c>
+      <c r="M16" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="N16" t="s">
         <v>38</v>
       </c>
       <c r="O16" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>139</v>
+      </c>
+      <c r="B17" t="s">
         <v>140</v>
       </c>
-      <c r="B17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>45</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2012</v>
       </c>
       <c r="J17" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
+        <v>142</v>
+      </c>
+      <c r="M17" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="N17" t="s">
         <v>27</v>
       </c>
       <c r="O17" t="s">
+        <v>144</v>
+      </c>
+      <c r="P17" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>146</v>
+      </c>
+      <c r="B18" t="s">
         <v>147</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E18" t="s">
         <v>44</v>
       </c>
       <c r="F18" t="s">
         <v>45</v>
       </c>
       <c r="G18" t="s">
         <v>46</v>
       </c>
       <c r="H18">
         <v>2011</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="M18" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N18" t="s">
         <v>38</v>
       </c>
       <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>152</v>
+      </c>
+      <c r="B19" t="s">
         <v>153</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>154</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E19" t="s">
         <v>44</v>
       </c>
       <c r="F19" t="s">
         <v>45</v>
       </c>
       <c r="G19" t="s">
         <v>46</v>
       </c>
       <c r="H19">
         <v>2011</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
+        <v>157</v>
+      </c>
+      <c r="M19" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="N19" t="s">
         <v>38</v>
       </c>
       <c r="O19" t="s">
+        <v>159</v>
+      </c>
+      <c r="P19" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>161</v>
+      </c>
+      <c r="B20" t="s">
         <v>162</v>
       </c>
-      <c r="B20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D20" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2001</v>
       </c>
       <c r="I20">
         <v>2019</v>
       </c>
       <c r="J20" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
+        <v>164</v>
+      </c>
+      <c r="M20" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="N20" t="s">
         <v>38</v>
       </c>
       <c r="O20" t="s">
+        <v>166</v>
+      </c>
+      <c r="P20" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">