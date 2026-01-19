--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -257,72 +257,72 @@
   <si>
     <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
     <t>LI 2460 Energy Commission (Energy Efficiency Standards and Labelling) (Comfort Fans) Regulations, 2022</t>
   </si>
   <si>
     <t>These regulations apply to comfort fans with an electric power input not exceeding 125W, manufactured in the country or imported into the country for display, sale, or use.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2460-energy-commission-energy-efficiency-standards-and-labelling-comfort-fans</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Electric Fans TGL-51-11</t>
   </si>
   <si>
     <t>These criteria shall apply to A.C. electric fans: table and wall types, pedestal types, ceiling types, double-oscillating types, and ventilating types used in housing.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
@@ -1140,51 +1140,51 @@
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
       <c r="C9" t="s">
         <v>83</v>
       </c>
       <c r="D9" t="s">
         <v>84</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
         <v>85</v>
       </c>
       <c r="G9" t="s">
         <v>34</v>
       </c>
       <c r="H9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
         <v>86</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
         <v>87</v>
       </c>
       <c r="N9" t="s">
         <v>37</v>
       </c>
       <c r="O9" t="s">
         <v>88</v>
       </c>
       <c r="P9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>90</v>