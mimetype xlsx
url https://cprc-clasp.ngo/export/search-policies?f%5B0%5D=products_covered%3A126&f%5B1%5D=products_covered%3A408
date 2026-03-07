--- v0 (2025-11-27)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="815">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="818">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -131,1668 +131,1677 @@
   <si>
     <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
     <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
   </si>
   <si>
-    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
-[...1584 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-indoor-led-lamps</t>
+    <t>https://cprc-clasp.ngo/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
+  </si>
+  <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
+    <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>October 2018</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
+  </si>
+  <si>
+    <t>Federal Trade Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
+  </si>
+  <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
+  </si>
+  <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
+    <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>November 2020</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil</t>
+  </si>
+  <si>
+    <t>16 CFR Part 305.8-19</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
+  </si>
+  <si>
+    <t>5806/2019 Energy efficiency of households and similar Electrical appliances methods for measuring and calculation energy consumption for electric water heaters</t>
+  </si>
+  <si>
+    <t>This standard specifies the requirement and method of calculation of energy efficiency for electric water heaters.</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Superseded</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Egyptian Organization for Standardization and Quality Control (EOS)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/58062019-energy-efficiency-households-and-similar-electrical-appliances-methods-measuring</t>
+  </si>
+  <si>
+    <t>http://www.eos.org.eg/en/standard/6413</t>
+  </si>
+  <si>
+    <t>Act on the Rational Use of Energy</t>
+  </si>
+  <si>
+    <t>This policy serves as the foundation of Japan’s energy efficiency and conservation policies. It targets all major sectors in Japan, including industrial, residential, commercial, and transportation. This policy creates and specifies the Top Runner Program, a regulatory standard program targeting the improvement of energy efficiency of electrical appliances. This policy underwent major revisions in 1993, 1998, 2002, 2005, 2008, 2013, and 2018.</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>Electronics, Information Technology, Computers, Audio-Visual, Televisions, Lighting, Space Heating and Space Cooling, Air Conditioning, Room ACs - Stationary ACs, Water, Water Heating</t>
+  </si>
+  <si>
+    <t>JIS C 9612:2013 (Air Conditioners)
+,   
+                    JIS S 2075:2011 (Gas and Oil Water Heaters)</t>
+  </si>
+  <si>
+    <t>Ministry of Economy, Trade, and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/act-rational-use-energy</t>
+  </si>
+  <si>
+    <t>https://policy.asiapacificenergy.org/sites/default/files/Act%20on%20the%20Rationalization%20etc.%20of%20Energy%20Use%201979%20%282018%20Ed.%29.pdf</t>
+  </si>
+  <si>
+    <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
+  </si>
+  <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>Bangladesh Standards and Testing Institute</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
+  </si>
+  <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
+    <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
+  </si>
+  <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
+    <t>Barbados</t>
+  </si>
+  <si>
+    <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Ministry of Trade, Energy Division</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
+  </si>
+  <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
+    <t>CEL - High Pressure Sodium Lamps</t>
+  </si>
+  <si>
+    <t>Applies to ordinary high-pressure sodium vapor lamps with transparent glass cover for outdoor lighting service and rated power 50W; 70W; 100W; 150W; 250W; 400W; and 1000W with matching ballasts and ignitors; and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Streetlighting</t>
+  </si>
+  <si>
+    <t>May 2021</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 GB/T 13434 GB/T 13259</t>
+  </si>
+  <si>
+    <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-high-pressure-sodium-lamps</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E9%AB%98%E5%8E%8B%E9%92%A0%E7%81%AF%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL- LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This policy covers LED luminaires for road and tunnel lighting.</t>
+  </si>
+  <si>
+    <t>GB/T 24826; GB/T 31897.201</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-luminaires-road-and-tunnel-lighting</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E9%81%93%E8%B7%AF%E5%92%8C%E9%9A%A7%E9%81%93%E7%85%A7%E6%98%8</t>
+  </si>
+  <si>
+    <t>CEL- LED products for indoor lighting: LED downlights</t>
+  </si>
+  <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>GB/T 29293; GB/T 29294</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
+    <t>CEL-009. Domestic Gas Instantaneous Water Heater and Gas Fired Heating - Hot Water Combination Boilers</t>
+  </si>
+  <si>
+    <t>Applies to products with heating load lower than 70kW. Does not apply to storage type of gas fired heating hot water product.</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>GB 20665-2015 GB 6932 GB/T 13611 CJ/T 228</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-009-domestic-gas-instantaneous-water-heater-and-gas-fired-heating-hot-water</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B611_%E5%AE%B6%E7%94%A8%E7%87%83%E6%B0%94%E5%BF%AB%E9%80%9F%E7%83%AD%E6%B0%B4%E5%99%A8%E5%92%8C%E7%87%83%E6%B0%94%E9%87%87%E6%9A%96%E7%83%AD%E6%B0%B4%E7%82%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-012. Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies only to Electrical storage water heaters. Energy Labeling Classes: 5. The rating requirements for the label are specified on national energy standards GB 21519-2008.</t>
+  </si>
+  <si>
+    <t>GB/T 20289-2006 GB 21519-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-012-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/%E9%99%84%E4%BB%B66_%E5%82%A8%E6%B0%B4%E5%BC%8F%E7%94%B5%E7%83%AD%E6%B0%B4%E5%99%A8%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-026. Domestic solar water heating system</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters with volume less than 0.6 cubic meters.</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Solar</t>
+  </si>
+  <si>
+    <t>GB 26969-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-026-domestic-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B628_%E5%AE%B6%E7%94%A8%E5%A4%AA%E9%98%B3%E8%83%BD%E7%83%AD%E6%B0%B4%E7%B3%BB%E7%BB%9F%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-035. Heat Pump Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies to motor-driven air source heat pump water heaters with vapor-compression refrigeration cycle. Does not apply to electrical storage water heaters</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>GB 29541-2013</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-035-heat-pump-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B631_%E7%83%AD%E6%B3%B5%E7%83%AD%E6%B0%B4%E6%9C%BA%EF%BC%88%E5%99%A8%EF%BC%89%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CEL-040. Groundwater Source Heat Pump Systems</t>
+  </si>
+  <si>
+    <t>Groundwater source heat pump systems of commercial and industrial use.</t>
+  </si>
+  <si>
+    <t>Instantaneous Water Heaters, Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GB 30721-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cel-040-groundwater-source-heat-pump-systems</t>
+  </si>
+  <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7%E9%99%84%E4%BB%B634_%E6%B0%B4%EF%BC%88%E5%9C%B0%EF%BC%89%E6%BA%90%E7%83%AD%E6%B3%B5%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
+    <t>CNS 11010-89: Electric Water Heaters</t>
+  </si>
+  <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
+    <t>Taiwan of China</t>
+  </si>
+  <si>
+    <t>CNS 3263</t>
+  </si>
+  <si>
+    <t>Bureau of Energy, Ministry of Economic Affairs</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
+    <t>Commission Delegated Regulation (EU) No 812/2013 of 18 February 2013 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to the energy labelling of water heaters, hot water storage tanks and packages</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>European Union</t>
+  </si>
+  <si>
+    <t>September 2023</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Oil, Solar</t>
+  </si>
+  <si>
+    <t>European Commission - DG Energy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0812-20180426</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for labelling of and providing supplementary product information on electrical lamps.</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>October 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-8122013-18-february-2013-supplementing-directive-0</t>
+  </si>
+  <si>
+    <t>Commission Regulation (EU) No 814/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water heaters and hot water storage tanks</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2013/814/contents</t>
+  </si>
+  <si>
+    <t>10 CFR 430—Energy Conservation Program for Consumer Products
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
+    <t>August 2023</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-8142013-2-august-2013-implementing-directive-2009125ec</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0814-20170109</t>
+  </si>
+  <si>
+    <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
+  </si>
+  <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
+    <t>Endorsement Label</t>
+  </si>
+  <si>
+    <t>China Quality Certification Center (CQC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GB 21519-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465134-2009. CQC Mark Certification - High Pressure Sodium Lamp</t>
+  </si>
+  <si>
+    <t>Applies to High-pressure sodium lamps with transparent glass cover for outdoor lighting service, and power ranges from 50W-1000W with matching ballasts and ignitors and can be started and operate normally with 92-106 percent of rated voltage.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465134-2009-cqc-mark-certification-high-pressure-sodium-lamp</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-04-22/492722.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
+  </si>
+  <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3128-2013 GB 17625.1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
+  </si>
+  <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
+    <t>CQC3155-2016; GB/T 18595-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
+  </si>
+  <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
+    <t>GB 30255-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465391-2018 Energy Conservation Certification Rules for Luminaries System for Road Lighting</t>
+  </si>
+  <si>
+    <t>Applies to Powers Luminaries System for Road Lighting which use Fluorescent lamps and high intensity gas discharge lamps as lighting source</t>
+  </si>
+  <si>
+    <t>CQC 3105-2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465391-2018-energy-conservation-certification-rules-luminaries-system-road-lighting</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2018-02-05/492775.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465392-2016. Energy Conservation Certification Rules for LED Lighting Products for Street Lighting &amp; Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Applies to LED Lighting Products for Street Lighting and Tunnel Lighting operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
+    <t>CQC 3127-2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465392-2016-energy-conservation-certification-rules-led-lighting-products-street</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492713.shtml</t>
+  </si>
+  <si>
+    <t>CQC31-465397-2019. Energy Conservation Certification Rules for LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>Apply to LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>GB 37478-2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc31-465397-2019-energy-conservation-certification-rules-led-luminaires-road-and-tunnel</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555385.shtml</t>
+  </si>
+  <si>
+    <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
+  </si>
+  <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
+    <t>GB 26969-2011; GB/T 19141-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
+    <t>Decision 13/2008 Technical requirements for energy-efficient street lights</t>
+  </si>
+  <si>
+    <t>This document specifies the technical requirements and labeling instructions for energy-efficient street lights.</t>
+  </si>
+  <si>
+    <t>Vietnam*</t>
+  </si>
+  <si>
+    <t>August 2019</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade (MOIT)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-132008-technical-requirements-energy-efficient-street-lights</t>
+  </si>
+  <si>
+    <t>http://thuvienphapluat.vn/van-ban/Linh-vuc-khac/Quyet-dinh-13-2008-QD-BCT-quy-dinh-ve-yeu-cau-ky-thuat-choa-den-chieu-sang-duong-pho-tiet-kiem-nang-luong-67650.aspx</t>
+  </si>
+  <si>
+    <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
+  </si>
+  <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
+    <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Comparative Label, Endorsement Label</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
+  </si>
+  <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
+    <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
+  </si>
+  <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>DIN EN 12975</t>
+  </si>
+  <si>
+    <t>Umweltbundesamt -Federal Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
+  </si>
+  <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Exit Lights and Emergency Direction Lights</t>
+  </si>
+  <si>
+    <t>Exit lights and emergency direction lights - The applicable products shall meet the requirements by NATIONAL FIRE AGENCY MINISTRY OF THE INTERIOR and its future amendments</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-exit-lights-and-emergency-direction</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=24%20</t>
+  </si>
+  <si>
+    <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
+  </si>
+  <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
+    <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
+  </si>
+  <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
+    <t>Method as described in policy</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
+  </si>
+  <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
+    <t>CNS 11010</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Instantaneous Gas Burning Water Heaters; En-Tech 10004066240</t>
+  </si>
+  <si>
+    <t>Instantaneous gas burning water heaters shall meet the requirements of CNS 13603; and the definition of C.C.C. Code 8419.11.00.00-6 regarding non-electric instantaneous gas burning water heater; or be recognized by Bureau of Energy; MOEA.</t>
+  </si>
+  <si>
+    <t>CNS 13605</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-instantaneous-gas</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=18</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
+  </si>
+  <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified Street Lights</t>
+  </si>
+  <si>
+    <t>Street lights - The product shall meet the definitions of street lights as defined in CNS 9118 Street Lights or CNS 15233 LED Street Lights.</t>
+  </si>
+  <si>
+    <t>CNS 9118 Street Lights or CNS 15233 LED Street Lights</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-street-lights</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=35</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
+  </si>
+  <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
+    <t>CNS 15466</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
+  </si>
+  <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Downlights and Recessed Luminaries</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy-label-qualified downlights and recessed luminaires</t>
+  </si>
+  <si>
+    <t>Luminaires</t>
+  </si>
+  <si>
+    <t>CNS14335
+,   
+                    CNS14115</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-downlights-and-recessed-luminaries</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=60</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Indoor Parking Lot Smart Lighting Fixtures</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified indoor parking lot smart lighting fixtures.</t>
+  </si>
+  <si>
+    <t>CIE70
+,   
+                    CIE84
+,   
+                    CIE121</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-indoor-parking-lot-smart-lighting-fixtures</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=62</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Office and Business Area Luminaires</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label qualified office and business area luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-office-and-business-area-luminaires</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=61</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Criteria and Labeling Methods for Qualified High Bay Luminaire</t>
+  </si>
+  <si>
+    <t>This policy contains energy efficiency criteria and labeling methods for energy label-qualified high bay luminaires.</t>
+  </si>
+  <si>
+    <t>CNS15437</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-methods-qualified-high-bay-luminaire</t>
+  </si>
+  <si>
+    <t>https://www.energylabel.org.tw/englishlabel/application_en/efficiency/upt.aspx?cid=58</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Grade Label - Water Heaters</t>
+  </si>
+  <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
+    <t>Republic of Korea</t>
+  </si>
+  <si>
+    <t>January 2016</t>
+  </si>
+  <si>
+    <t>KS B 8116</t>
+  </si>
+  <si>
+    <t>Korea Energy Management Corporation (KEMCO)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
+    <t>Hong Kong SAR of China</t>
+  </si>
+  <si>
+    <t>Water Heating</t>
+  </si>
+  <si>
+    <t>IEC 60379</t>
+  </si>
+  <si>
+    <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Policy for Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>This policy specifies the MEPS and labeling instructions for specifies following single phase electric storage water heaters up to 200 litres, for household and similar purposes and intended for heating water below boiling temperature, their rated voltage being not more than 250 V, namely:
+(a) Closed waters heaters:
+(b) Cistern-fed water heaters;
+(c) Cistern-type water heaters;
+(d) Open-outlet water heaters; and
+(e) Vented water heaters</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>IS 2082:1993 and clause 15 of IS 302-2-21:2011</t>
+  </si>
+  <si>
+    <t>Bureau of Energy Efficiency (BEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-policy-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.beestarlabel.com/Content/Files/GeyserNote.pdf</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
+  </si>
+  <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
+  </si>
+  <si>
+    <t>Natural Resources Canada Office of Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
+  </si>
+  <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust Endorsed Products</t>
+  </si>
+  <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
+    <t>Energy Saving Trust</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
+  </si>
+  <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
+  </si>
+  <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
+    <t>Canada, United States of America*</t>
+  </si>
+  <si>
+    <t>10 CFR 431.106</t>
+  </si>
+  <si>
+    <t>ENERGY STAR</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
+    <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
+  </si>
+  <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
+    <t>Electricity, Gas, Solar</t>
+  </si>
+  <si>
+    <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
+  </si>
+  <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
+    <t>GB 19573-2004 Limited values of energy efficiency and rating criteria for high-pressure sodium vapour lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-19573-2004-limited-values-energy-efficiency-and-rating-criteria-high-pressure-sodium</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7C5F2D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 20665-2015 Minimum allowable values of energy efficiency and energy efficiency grades for domestic gas instantaneous water heaters and gas fired heating and hot water combi-boilers</t>
+  </si>
+  <si>
+    <t>Applies to instantaneous water heaters and heating and hot water combi-boilers which use gas as source and whose heat load is equal to or smaller than 70kW</t>
+  </si>
+  <si>
+    <t>GB 20665-2015 GB 6932 GB|T 13611 CJ|T 228
+,   
+                    GB 6932-2001; GB/T 13611; GB 25034-2010; CJ/T 336-2010; CJ/T 395-2012</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 21519-2008 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Electrical Storage Water</t>
+  </si>
+  <si>
+    <t>This standard applies only to Electrical storage water hearters.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-21519-2008-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D77279D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2011 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>GB 3100; GB/T 12936; GB/T 18708; GB/T 19141; GB/T 26970; GB/T26971; ISO 9488:1999</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2011-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FB07D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 26969-2025 Minimum allowable values of energy efficiency and energy efficiency grades for domestic solar water heating systems</t>
+  </si>
+  <si>
+    <t>This standard revises minimum energy performance standards (MEPS) and energy efficiency grades for domestic solar water heating systems with the volume of storage water tank not exceeding 0.6 cubic meter. It replaces GB 26969-2011, and will be effective starting 2026 August.</t>
+  </si>
+  <si>
+    <t>GB/T 18708
+,   
+                    GB/T 19741</t>
+  </si>
+  <si>
+    <t>The Standardization Administration of China</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-26969-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3820811E06397BE0A0A2D54</t>
+  </si>
+  <si>
+    <t>GB 29541-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for heat pump water heaters</t>
+  </si>
+  <si>
+    <t>This policy applies to air source heat pump water heaters with vapor-compression refrigeration and driven by electric motors.</t>
+  </si>
+  <si>
+    <t>GB/T 23137-2008; GB/T 21362-2008</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-29541-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-heat</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E871D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
+    <t>GB 37478-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED luminaires for road and tunnel lighting</t>
+  </si>
+  <si>
+    <t>Entered into force, New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>The Standardisation Administration of China (SAC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CBB0E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
+    <t>GB 37478-2025 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades of LED Luminaires for Road and Tunnel Lighting</t>
+  </si>
+  <si>
+    <t>This revised MEPS raises the minimum energy efficiency requirements by about 25% for LED road and tunnel lighting luminaires, setting a benchmark of 130 lm/W for LED road lighting luminaires with Correlated Color Temperature (CCT) between 3500K to 5000K, and 150 lm/W for LED road lighting luminaires with CCT over 5000K. The minimum energy efficiency requirements for LED tunnel lighting luminaires are 10 lm/W lower than the requirements for LED road lighting luminaires. The standard scope is expanded from AC products to AC and DC LED Road and tunnel lighting luminaires.</t>
+  </si>
+  <si>
+    <t>June 2025</t>
+  </si>
+  <si>
+    <t>GB/T39018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-37478-2025-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36A29D07E29FD444E06397BE0A0ACC4C</t>
+  </si>
+  <si>
+    <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
+  </si>
+  <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
+  </si>
+  <si>
+    <t>Green product standard for solar water heating system.</t>
+  </si>
+  <si>
+    <t>Water, Water Heating</t>
+  </si>
+  <si>
+    <t>GB/T 35606-2017, GB 26969</t>
+  </si>
+  <si>
+    <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
+  </si>
+  <si>
+    <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>Green Building Reach Codes for Home Renovation</t>
+  </si>
+  <si>
+    <t>This policy defines electrification requirements for home renovations and new construction (residential and office buildings) in the city of San Mateo, California.</t>
+  </si>
+  <si>
+    <t>California</t>
+  </si>
+  <si>
+    <t>Heat Pumps, Air Conditioning, Water Heating</t>
+  </si>
+  <si>
+    <t>Building Code</t>
+  </si>
+  <si>
+    <t>February 2024</t>
+  </si>
+  <si>
+    <t>City of San Mateo</t>
+  </si>
+  <si>
+    <t>AC-to-heat pump</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/green-building-reach-codes-home-renovation</t>
+  </si>
+  <si>
+    <t>https://www.cityofsanmateo.org/3363/Reach-Codes</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Electric Water Heaters) Determination 2012</t>
+  </si>
+  <si>
+    <t>Electric storage water heaters of the unvented type (displacement) without an attached feed tank. Heat exchanger models and low pressure (vented) models are not included at the present time.The following products are exempt from MEPS: Water heaters that use electric resistive heating to provide less than 50% of the energy supplied in a typical year (eg heat pump and solar water heaters) when simulated to AS 4234 under Climate Zone 3 with an energy delivery of 22.5 MJ/day for an electric boosting element and energisation profile specified by the manufacturer.</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>AS/NZS 4692.1:2005, AS 1056.1-1991/Amdt 5-2005 AS/NZS 1361-1995 AS/NZS 4234:2008 AS/NZS 4692.2:2005</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-electric-water-heaters-determination-2012</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02125</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
+    <t>Gas, LPG</t>
+  </si>
+  <si>
+    <t>AS 4552:2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Specifies minimum energy performance standards (MEPS) requirements for gas water heaters intended for use with natural gas, liquefied petroleum gas (LPG) and simulated natural gas (SNG); external storage heaters with a nominal gas consumption of less than 50 MJ/h and storage capacity of over 30 litres internal and external instant gas water heaters with a nominal gas consumption of less than 250 MJ/h and a heat output of less than 13.1 kW (equivalent to a delivery rate of 7.5 L/min raised through 25C)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017-0</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2017L01608</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
+  </si>
+  <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1(Int):2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
+    <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
+    <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N107 - Exit Signs and Emergency Directional Lights</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the exit signs and emergency directional lights which meet the definition of CNS 10207. The product shall be disassemble.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n107-exit-signs-and-emergency-directional-lights</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/107/361d4ceb-4e59-4a66-bec0-ac69176e48b4.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
+  </si>
+  <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
+    <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
+  </si>
+  <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
+    <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
+  </si>
+  <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program</t>
+  </si>
+  <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
+    <t>November 2019</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-6</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>High-efficiency Appliances Certification Program for Streetlighting</t>
+  </si>
+  <si>
+    <t>January 2020</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-streetlighting</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
+    <t>Inmetro Ordinance No. 420 of 04 October 2021</t>
+  </si>
+  <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for solar water heating equipment.</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>September 2022</t>
+  </si>
+  <si>
+    <t>ABNT NBR 15747-1:2009 / ABNT NBR 15747-2:2009 / ASTM G155:13 / ISO 9806:2017 / ISO 9459-2:1995</t>
+  </si>
+  <si>
+    <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
+  </si>
+  <si>
+    <t>Energy Efficiency, Off-Grid</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-420-04-october-2021</t>
+  </si>
+  <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-420-de-4-de-outubro-de-2021-352019240</t>
+  </si>
+  <si>
+    <t>INTE E18-1: 2020</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes -LEDs- intended for roads and outdoor areas.</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
+    <t>Institute of Technical Standards of Costa Rica</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?search=INTE+28</t>
+  </si>
+  <si>
+    <t>This establishes the luminous efficacy specifications for luminaires with light-emitting diodes (LED), intended for roads and outdoor areas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-1-2020-0</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/en_US/shop/product/inte-e18-1-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-destinadas-a-alumbrado-publico-requisitos-1191?variant=7414</t>
+  </si>
+  <si>
+    <t>INTE E18-2 2016</t>
+  </si>
+  <si>
+    <t>This standard establishes the minimum content of the energy efficiency label; of the light emitting diode -LED- luminaires for public lighting. This standard applies to luminaires with LED lighting components; which are sold and installed in the national territory to illuminate outdoor areas that have one or more of the following characteristics: roads; parks; or parking lots.</t>
+  </si>
+  <si>
+    <t>September 2018</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/inte-e18-2-2016</t>
+  </si>
+  <si>
+    <t>https://www.inteco.org/shop/product/inte-e18-2-2016-eficiencia-energetica-luminarias-de-diodos-emisores-de-luz-led-para-alumbrado-publico-etiquetado-872?search=INTE+E18</t>
+  </si>
+  <si>
+    <t>ISIRI 1219-2:2002- Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
+    <t>Storage water heater</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1219-22002-test-method-energy-consumption-and-energy-labeling-instruction</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>ISIRI 1563-2:2009, 1st Revision, Specification for energy consumption and energy labeling of electrical household water heaters</t>
+  </si>
+  <si>
+    <t>Standard includes electrical household water heaters. Does not include solar or coal water heaters. Does not include residential electric water heaters with capacity less than 50L and more than 120L.</t>
+  </si>
+  <si>
+    <t>IEC 379: 1987</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1563-22009-1st-revision-specification-energy-consumption-and-energy-labeling</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>LI 2453 Energy Commission (Energy Efficiency Standards and Labelling) (Public Lighting) Regulations, 2022</t>
+  </si>
+  <si>
+    <t>These regulations apply to a lamp or luminaire manufactured in the country or imported into the country for the purpose of public lighting services, for display, sale or use in the country. These regulations do not apply to a lamp or luminaire other than an electric mains-operated lamp or luminaire.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2453-energy-commission-energy-efficiency-standards-and-labelling-public-lighting</t>
+  </si>
+  <si>
+    <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
+  </si>
+  <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
+    <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
+  </si>
+  <si>
+    <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
+  </si>
+  <si>
+    <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>National Environment Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
+  </si>
+  <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for electric water heaters</t>
+  </si>
+  <si>
+    <t>Information not available</t>
+  </si>
+  <si>
+    <t>Seychelles</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2019</t>
+  </si>
+  <si>
+    <t>Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-electric-water-heaters</t>
+  </si>
+  <si>
+    <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%25, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%24,</t>
+  </si>
+  <si>
+    <t>MEPS and labeling schemes for storage water heaters</t>
+  </si>
+  <si>
+    <t>Oman</t>
+  </si>
+  <si>
+    <t>Ministry of Commerce and Industry</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://blog.complianceandrisks.com/news-resources/oman-to-draft-mandatory-energy-efficiency-specifications-for-four-electrical-appliances</t>
+  </si>
+  <si>
+    <t>MEPS for Gas Water Heater</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
+  </si>
+  <si>
+    <t>MEPS for Hot Water Systems</t>
+  </si>
+  <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
+  </si>
+  <si>
+    <t>Energy Efficiency and Conservation Authority (EECA)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
+    <t>AS 4552-2005</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
+  </si>
+  <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
@@ -1836,51 +1845,51 @@
   <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
     <t>http://mauritianstandards.com/import-std-678/</t>
   </si>
   <si>
     <t>NIS 1209-1:2024 Minimum Energy Performance Standard - Lighting - Part 2: Luminaires</t>
   </si>
   <si>
     <t>This standard specifies the minimum energy performance standard (MEPS), functional performance and energy labelling requirements for luminaires, including both indoor and outdoor / streetlight luminaires, such as indoor ambient luminaires, linear batten luminaires, linear troffer luminaire, downlight luminaires, high-bay luminaires, low-bay luminaires and planer (or plane) luminaires.</t>
   </si>
   <si>
-    <t>Africa, Nigeria</t>
+    <t>Nigeria</t>
   </si>
   <si>
     <t>May 2025</t>
   </si>
   <si>
     <t>NIS IEC 62722-2-1
 ,   
                     NIS IEC 62722-2 series
 ,   
                     NIS IEC 61000-4-11; NIS IEC 61000-4-5
 ,   
                     NIS IEC 61000-4-7; NIS IEC 61000-3-2
 ,   
                     NIS IEC 61643-11
 ,   
                     IES LM-79 CIE S 025
 ,   
                     NIS IEC TR 61547-1
 ,   
                     NIS IEC TR 63158
 ,   
                     NIS CISPR 15
 ,   
                     NIS IEC 61547</t>
   </si>
@@ -3037,6548 +3046,6546 @@
       </c>
       <c r="L3" t="s">
         <v>35</v>
       </c>
       <c r="M3" t="s">
         <v>26</v>
       </c>
       <c r="N3" t="s">
         <v>36</v>
       </c>
       <c r="O3" t="s">
         <v>37</v>
       </c>
       <c r="P3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
         <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K4" t="s">
         <v>34</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
       <c r="H5">
         <v>1980</v>
       </c>
       <c r="I5">
         <v>2019</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="L5" t="s">
         <v>54</v>
       </c>
       <c r="M5" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="P5" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1980</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
         <v>57</v>
-      </c>
-[...36 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E7" t="s">
         <v>20</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="H7">
-        <v>1979</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
         <v>34</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="P7" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="I8"/>
+        <v>1979</v>
+      </c>
+      <c r="I8">
+        <v>2018</v>
+      </c>
       <c r="J8" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
-      <c r="L8"/>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="P8" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E9" t="s">
         <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H9">
-        <v>2013</v>
+        <v>1990</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="P9" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B10" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D10" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E10" t="s">
         <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G10" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H10">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="I10"/>
       <c r="J10" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="K10" t="s">
         <v>34</v>
       </c>
-      <c r="L10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="P10" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C11" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D11" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G11" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H11">
-        <v>2020</v>
+        <v>2008</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="M11" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="P11" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>100</v>
+      </c>
+      <c r="D12" t="s">
         <v>101</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H12">
         <v>2020</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M12" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N12" t="s">
         <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D13" t="s">
-        <v>76</v>
+        <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H13">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I13"/>
       <c r="J13" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="K13" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L13" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="M13" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N13" t="s">
         <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="P13" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D14" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I14"/>
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
       <c r="J14" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K14" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L14" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="M14" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N14" t="s">
         <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="P14" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B15" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H15">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="K15" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="M15" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P15" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B16" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C16" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D16" t="s">
-        <v>128</v>
+        <v>69</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="I16">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="J16" t="s">
-        <v>91</v>
+        <v>132</v>
       </c>
       <c r="K16" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="L16" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="M16" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N16" t="s">
         <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="P16" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B17" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="C17" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D17" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2008</v>
       </c>
       <c r="I17">
         <v>2015</v>
       </c>
       <c r="J17" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K17" t="s">
         <v>34</v>
       </c>
       <c r="L17" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="M17" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N17" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="P17" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="B18" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C18" t="s">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>145</v>
       </c>
       <c r="E18" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
-        <v>1989</v>
+        <v>2008</v>
       </c>
       <c r="I18">
         <v>2015</v>
       </c>
       <c r="J18" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="K18" t="s">
         <v>34</v>
       </c>
       <c r="L18" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="M18" t="s">
-        <v>142</v>
+        <v>104</v>
       </c>
       <c r="N18" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O18" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P18" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B19" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C19" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D19" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="E19" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F19" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I19"/>
+        <v>1989</v>
+      </c>
+      <c r="I19">
+        <v>2015</v>
+      </c>
       <c r="J19" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="K19" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="L19"/>
+        <v>34</v>
+      </c>
+      <c r="L19" t="s">
+        <v>152</v>
+      </c>
       <c r="M19" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="N19" t="s">
         <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="P19" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>156</v>
+      </c>
+      <c r="B20" t="s">
+        <v>157</v>
+      </c>
+      <c r="C20" t="s">
+        <v>158</v>
+      </c>
+      <c r="D20" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G20" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="K20" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="L20"/>
-      <c r="M20"/>
+      <c r="M20" t="s">
+        <v>161</v>
+      </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="P20"/>
+        <v>162</v>
+      </c>
+      <c r="P20" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="C21" t="s">
-        <v>154</v>
+        <v>165</v>
       </c>
       <c r="D21" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G21" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H21">
         <v>2013</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="K21" t="s">
-        <v>149</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="P21"/>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="B22" t="s">
-        <v>160</v>
+        <v>16</v>
       </c>
       <c r="C22" t="s">
-        <v>147</v>
+        <v>165</v>
       </c>
       <c r="D22" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>21</v>
       </c>
       <c r="G22" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H22">
         <v>2013</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="K22" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="L22" t="s">
         <v>25</v>
       </c>
-      <c r="M22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M22"/>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="P22" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B23" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
+        <v>158</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>145</v>
       </c>
       <c r="E23" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H23">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>104</v>
+        <v>172</v>
       </c>
       <c r="K23" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="L23" t="s">
-        <v>129</v>
+        <v>25</v>
       </c>
       <c r="M23" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="N23" t="s">
         <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="P23" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B24" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C24" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D24" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E24" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F24" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
       <c r="I24">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="J24" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="K24" t="s">
         <v>34</v>
       </c>
       <c r="L24" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="M24" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N24" t="s">
         <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="P24" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B25" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C25" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D25" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F25" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G25" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I25"/>
+        <v>2002</v>
+      </c>
+      <c r="I25">
+        <v>2018</v>
+      </c>
       <c r="J25" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25" t="s">
-        <v>92</v>
+        <v>183</v>
       </c>
       <c r="M25" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="P25" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="B26" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="C26" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D26" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E26" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F26" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G26" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H26">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="K26" t="s">
         <v>34</v>
       </c>
       <c r="L26" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="M26" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="P26" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B27" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C27" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D27" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="E27" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F27" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G27" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H27">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="K27" t="s">
         <v>34</v>
       </c>
       <c r="L27" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="M27" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="P27" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D28" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="E28" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F28" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G28" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H28">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="M28" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="P28" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B29" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="C29" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D29" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="E29" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F29" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H29">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="M29" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="P29" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B30" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D30" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E30" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F30" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G30" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2014</v>
       </c>
       <c r="I30">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J30" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="M30" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="P30" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="B31" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E31" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F31" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G31" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H31">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I31"/>
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2017</v>
+      </c>
       <c r="J31" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="M31" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="P31" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="B32" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="C32" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D32" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="E32" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F32" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H32">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I32"/>
       <c r="J32" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="K32" t="s">
         <v>34</v>
       </c>
       <c r="L32" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="M32" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="P32" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="B33" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="C33" t="s">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="D33" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E33" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="G33" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I33"/>
+        <v>2002</v>
+      </c>
+      <c r="I33">
+        <v>2012</v>
+      </c>
       <c r="J33" t="s">
-        <v>217</v>
+        <v>115</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
-      <c r="L33"/>
+      <c r="L33" t="s">
+        <v>222</v>
+      </c>
       <c r="M33" t="s">
-        <v>218</v>
+        <v>178</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="P33" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B34" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="C34" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="D34" t="s">
-        <v>223</v>
+        <v>101</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>224</v>
+        <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H34">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2008</v>
+      </c>
+      <c r="I34"/>
       <c r="J34" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="K34" t="s">
         <v>34</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="P34" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B35" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C35" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D35" t="s">
-        <v>59</v>
+        <v>234</v>
       </c>
       <c r="E35" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F35" t="s">
-        <v>166</v>
+        <v>235</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="I35">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="J35" t="s">
-        <v>52</v>
+        <v>236</v>
       </c>
       <c r="K35" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L35"/>
       <c r="M35" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="P35" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="B36" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="C36" t="s">
-        <v>140</v>
+        <v>241</v>
       </c>
       <c r="D36" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E36" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F36" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G36" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I36"/>
+        <v>2009</v>
+      </c>
+      <c r="I36">
+        <v>2019</v>
+      </c>
       <c r="J36" t="s">
-        <v>121</v>
+        <v>62</v>
       </c>
       <c r="K36" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="L36" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="M36" t="s">
-        <v>142</v>
+        <v>243</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="P36" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="B37" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C37" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D37" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E37" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F37" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G37" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K37" t="s">
         <v>34</v>
       </c>
       <c r="L37" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="M37" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="P37" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="B38" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C38" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D38" t="s">
-        <v>59</v>
+        <v>114</v>
       </c>
       <c r="E38" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F38" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H38">
-        <v>2008</v>
-[...1 lines deleted...]
-      <c r="I38">
         <v>2013</v>
       </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>61</v>
+        <v>132</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="M38" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="B39" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="C39" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D39" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E39" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F39" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2008</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="M39" t="s">
-        <v>253</v>
+        <v>153</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="P39" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="B40" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C40" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D40" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E40" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F40" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G40" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40">
         <v>2013</v>
       </c>
-      <c r="I40"/>
       <c r="J40" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K40" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="M40" t="s">
-        <v>142</v>
+        <v>264</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="P40" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="B41" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C41" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D41" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="E41" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F41" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H41">
         <v>2013</v>
       </c>
-      <c r="I41">
-[...1 lines deleted...]
-      </c>
+      <c r="I41"/>
       <c r="J41" t="s">
+        <v>132</v>
+      </c>
+      <c r="K41" t="s">
         <v>121</v>
       </c>
-      <c r="K41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L41" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="M41" t="s">
-        <v>253</v>
+        <v>153</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="P41" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="B42" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="C42" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D42" t="s">
-        <v>90</v>
+        <v>114</v>
       </c>
       <c r="E42" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F42" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="I42">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J42" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="M42" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="P42" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="B43" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="C43" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D43" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="E43" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F43" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2012</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="M43" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="P43" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="B44" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C44" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>278</v>
+        <v>69</v>
       </c>
       <c r="E44" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F44" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G44" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H44">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I44"/>
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2012</v>
+      </c>
       <c r="J44" t="s">
-        <v>61</v>
+        <v>132</v>
       </c>
       <c r="K44" t="s">
         <v>34</v>
       </c>
       <c r="L44" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="M44" t="s">
-        <v>142</v>
+        <v>264</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="P44" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="B45" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="C45" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D45" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="E45" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F45" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G45" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H45">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="M45" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="P45" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B46" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="C46" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D46" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="E46" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F46" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G46" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H46">
         <v>2017</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K46" t="s">
         <v>34</v>
       </c>
       <c r="L46" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="M46" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="P46" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="B47" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="C47" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D47" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="E47" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F47" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G47" t="s">
-        <v>22</v>
-[...4 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="H47">
+        <v>2017</v>
+      </c>
+      <c r="I47"/>
       <c r="J47" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="M47" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="P47" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="B48" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
       <c r="C48" t="s">
-        <v>298</v>
+        <v>151</v>
       </c>
       <c r="D48" t="s">
-        <v>76</v>
+        <v>289</v>
       </c>
       <c r="E48" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F48" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
-      <c r="H48">
-[...1 lines deleted...]
-      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="J48" t="s">
-        <v>299</v>
+        <v>71</v>
       </c>
       <c r="K48" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L48" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="M48" t="s">
-        <v>301</v>
+        <v>153</v>
       </c>
       <c r="N48" t="s">
         <v>27</v>
       </c>
       <c r="O48" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="P48" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B49" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C49" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="D49" t="s">
-        <v>307</v>
+        <v>86</v>
       </c>
       <c r="E49" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>166</v>
+        <v>52</v>
       </c>
       <c r="G49" t="s">
         <v>22</v>
       </c>
       <c r="H49">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="I49">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="J49" t="s">
-        <v>61</v>
+        <v>310</v>
       </c>
       <c r="K49" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L49" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="M49" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="P49" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="B50" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C50" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D50" t="s">
-        <v>59</v>
+        <v>318</v>
       </c>
       <c r="E50" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F50" t="s">
-        <v>315</v>
+        <v>177</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="I50">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="M50" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="P50" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="B51" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="C51" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="D51" t="s">
-        <v>323</v>
+        <v>69</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
-        <v>2016</v>
+        <v>2009</v>
       </c>
       <c r="I51">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="J51" t="s">
-        <v>61</v>
+        <v>23</v>
       </c>
       <c r="K51" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="L51"/>
+        <v>34</v>
+      </c>
+      <c r="L51" t="s">
+        <v>326</v>
+      </c>
       <c r="M51" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="P51" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="B52" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="C52" t="s">
-        <v>154</v>
+        <v>332</v>
       </c>
       <c r="D52" t="s">
-        <v>59</v>
+        <v>333</v>
       </c>
       <c r="E52" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F52" t="s">
-        <v>166</v>
+        <v>43</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="I52">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="J52" t="s">
-        <v>217</v>
+        <v>71</v>
       </c>
       <c r="K52" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="L52"/>
       <c r="M52" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="P52" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="B53" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="C53" t="s">
-        <v>334</v>
+        <v>165</v>
       </c>
       <c r="D53" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="E53" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F53" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I53">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J53" t="s">
-        <v>104</v>
+        <v>228</v>
       </c>
       <c r="K53" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="L53" t="s">
-        <v>335</v>
+        <v>25</v>
       </c>
       <c r="M53" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="N53" t="s">
         <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="P53" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B54" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C54" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="D54" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E54" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F54" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I54">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="J54" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="K54" t="s">
-        <v>341</v>
+        <v>24</v>
       </c>
       <c r="L54" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="M54" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="N54" t="s">
         <v>27</v>
       </c>
       <c r="O54" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="P54" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B55" t="s">
-        <v>176</v>
+        <v>350</v>
       </c>
       <c r="C55" t="s">
-        <v>89</v>
+        <v>344</v>
       </c>
       <c r="D55" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F55" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="G55" t="s">
         <v>22</v>
       </c>
       <c r="H55">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="I55">
-        <v>2005</v>
+        <v>2015</v>
       </c>
       <c r="J55" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="K55" t="s">
-        <v>34</v>
+        <v>351</v>
       </c>
       <c r="L55" t="s">
-        <v>92</v>
+        <v>352</v>
       </c>
       <c r="M55" t="s">
-        <v>93</v>
+        <v>346</v>
       </c>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="P55" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>348</v>
+        <v>355</v>
       </c>
       <c r="B56" t="s">
-        <v>349</v>
+        <v>187</v>
       </c>
       <c r="C56" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D56" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="I56">
-        <v>2016</v>
+        <v>2005</v>
       </c>
       <c r="J56" t="s">
+        <v>115</v>
+      </c>
+      <c r="K56" t="s">
+        <v>34</v>
+      </c>
+      <c r="L56" t="s">
+        <v>103</v>
+      </c>
+      <c r="M56" t="s">
         <v>104</v>
       </c>
-      <c r="K56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="P56" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B57" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C57" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D57" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="E57" t="s">
         <v>20</v>
       </c>
       <c r="F57" t="s">
         <v>21</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="I57">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="J57" t="s">
+        <v>115</v>
+      </c>
+      <c r="K57" t="s">
+        <v>121</v>
+      </c>
+      <c r="L57" t="s">
+        <v>360</v>
+      </c>
+      <c r="M57" t="s">
         <v>104</v>
       </c>
-      <c r="K57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N57" t="s">
         <v>27</v>
       </c>
       <c r="O57" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="P57" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B58" t="s">
-        <v>120</v>
+        <v>364</v>
       </c>
       <c r="C58" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D58" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E58" t="s">
         <v>20</v>
       </c>
       <c r="F58" t="s">
         <v>21</v>
       </c>
       <c r="G58" t="s">
-        <v>358</v>
+        <v>22</v>
       </c>
       <c r="H58">
+        <v>2008</v>
+      </c>
+      <c r="I58">
         <v>2011</v>
       </c>
-      <c r="I58">
-[...1 lines deleted...]
-      </c>
       <c r="J58" t="s">
-        <v>359</v>
+        <v>115</v>
       </c>
       <c r="K58" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L58" t="s">
-        <v>360</v>
+        <v>127</v>
       </c>
       <c r="M58" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="N58" t="s">
         <v>27</v>
       </c>
       <c r="O58" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="P58" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="B59" t="s">
-        <v>364</v>
+        <v>131</v>
       </c>
       <c r="C59" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D59" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E59" t="s">
         <v>20</v>
       </c>
       <c r="F59" t="s">
         <v>21</v>
       </c>
       <c r="G59" t="s">
-        <v>8</v>
+        <v>368</v>
       </c>
       <c r="H59">
         <v>2011</v>
       </c>
       <c r="I59">
-        <v>2025</v>
+        <v>2012</v>
       </c>
       <c r="J59" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="K59" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="L59" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="M59" t="s">
-        <v>366</v>
+        <v>104</v>
       </c>
       <c r="N59" t="s">
         <v>27</v>
       </c>
       <c r="O59" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="P59" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="B60" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="C60" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D60" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E60" t="s">
         <v>20</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H60">
-        <v>2008</v>
+        <v>2011</v>
       </c>
       <c r="I60">
-        <v>2013</v>
+        <v>2025</v>
       </c>
       <c r="J60" t="s">
-        <v>104</v>
+        <v>369</v>
       </c>
       <c r="K60" t="s">
         <v>34</v>
       </c>
       <c r="L60" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="M60" t="s">
-        <v>93</v>
+        <v>376</v>
       </c>
       <c r="N60" t="s">
         <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="P60" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B61" t="s">
-        <v>97</v>
+        <v>380</v>
       </c>
       <c r="C61" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D61" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E61" t="s">
         <v>20</v>
       </c>
       <c r="F61" t="s">
         <v>21</v>
       </c>
       <c r="G61" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H61">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I61"/>
+        <v>2008</v>
+      </c>
+      <c r="I61">
+        <v>2013</v>
+      </c>
       <c r="J61" t="s">
-        <v>91</v>
+        <v>115</v>
       </c>
       <c r="K61" t="s">
         <v>34</v>
       </c>
       <c r="L61" t="s">
-        <v>98</v>
+        <v>381</v>
       </c>
       <c r="M61" t="s">
-        <v>375</v>
+        <v>104</v>
       </c>
       <c r="N61" t="s">
         <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="P61" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="B62" t="s">
-        <v>379</v>
+        <v>108</v>
       </c>
       <c r="C62" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D62" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E62" t="s">
         <v>20</v>
       </c>
       <c r="F62" t="s">
         <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>8</v>
+        <v>385</v>
       </c>
       <c r="H62">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>380</v>
+        <v>102</v>
       </c>
       <c r="K62" t="s">
         <v>34</v>
       </c>
       <c r="L62" t="s">
-        <v>381</v>
+        <v>109</v>
       </c>
       <c r="M62" t="s">
-        <v>366</v>
+        <v>386</v>
       </c>
       <c r="N62" t="s">
         <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="P62" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="B63" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="C63" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D63" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="E63" t="s">
         <v>20</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>60</v>
+        <v>8</v>
       </c>
       <c r="H63">
-        <v>2021</v>
-[...1 lines deleted...]
-      <c r="I63"/>
+        <v>1989</v>
+      </c>
+      <c r="I63">
+        <v>2025</v>
+      </c>
       <c r="J63" t="s">
-        <v>91</v>
+        <v>391</v>
       </c>
       <c r="K63" t="s">
         <v>34</v>
       </c>
       <c r="L63" t="s">
-        <v>98</v>
+        <v>392</v>
       </c>
       <c r="M63" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="N63" t="s">
         <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="P63" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="B64" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="C64" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="D64" t="s">
-        <v>390</v>
+        <v>114</v>
       </c>
       <c r="E64" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F64" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="G64" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H64">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I64"/>
       <c r="J64" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="K64" t="s">
-        <v>122</v>
+        <v>34</v>
       </c>
       <c r="L64" t="s">
-        <v>391</v>
+        <v>109</v>
       </c>
       <c r="M64" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="N64" t="s">
         <v>27</v>
       </c>
       <c r="O64" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="P64" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="B65" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="C65" t="s">
-        <v>397</v>
+        <v>100</v>
       </c>
       <c r="D65" t="s">
-        <v>59</v>
+        <v>401</v>
       </c>
       <c r="E65" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F65" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="G65" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H65">
-        <v>1984</v>
+        <v>2018</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
-        <v>121</v>
+        <v>71</v>
       </c>
       <c r="K65" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
       <c r="L65" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="M65" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="N65" t="s">
         <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="P65" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B66" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C66" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="D66" t="s">
-        <v>405</v>
+        <v>69</v>
       </c>
       <c r="E66" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F66" t="s">
-        <v>406</v>
+        <v>21</v>
       </c>
       <c r="G66" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H66">
-        <v>2022</v>
+        <v>1984</v>
       </c>
       <c r="I66"/>
       <c r="J66" t="s">
-        <v>407</v>
+        <v>132</v>
       </c>
       <c r="K66" t="s">
         <v>34</v>
       </c>
-      <c r="L66"/>
+      <c r="L66" t="s">
+        <v>409</v>
+      </c>
       <c r="M66" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="N66" t="s">
-        <v>409</v>
+        <v>27</v>
       </c>
       <c r="O66" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="P66" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B67" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C67" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D67" t="s">
-        <v>59</v>
+        <v>416</v>
       </c>
       <c r="E67" t="s">
         <v>20</v>
       </c>
       <c r="F67" t="s">
-        <v>21</v>
+        <v>417</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H67">
-        <v>1989</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="K67" t="s">
         <v>34</v>
       </c>
-      <c r="L67" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L67"/>
       <c r="M67" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="N67" t="s">
-        <v>27</v>
+        <v>420</v>
       </c>
       <c r="O67" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="P67" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B68" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="C68" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="D68" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>21</v>
       </c>
       <c r="G68" t="s">
         <v>22</v>
       </c>
       <c r="H68">
         <v>1989</v>
       </c>
       <c r="I68">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="J68" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K68" t="s">
-        <v>422</v>
+        <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="M68" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="P68" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="B69" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="C69" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="D69" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>22</v>
       </c>
       <c r="H69">
         <v>1989</v>
       </c>
       <c r="I69">
         <v>2017</v>
       </c>
       <c r="J69" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K69" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="L69" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="M69" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="P69" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B70" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="C70" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="D70" t="s">
-        <v>431</v>
+        <v>69</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
-        <v>315</v>
+        <v>21</v>
       </c>
       <c r="G70" t="s">
         <v>22</v>
       </c>
       <c r="H70">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="I70">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="J70" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K70" t="s">
-        <v>34</v>
+        <v>433</v>
       </c>
       <c r="L70" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="M70" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="P70" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B71" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C71" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="D71" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="E71" t="s">
         <v>20</v>
       </c>
       <c r="F71" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
         <v>2009</v>
       </c>
       <c r="I71">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="J71" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="M71" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="P71" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B72" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C72" t="s">
-        <v>140</v>
+        <v>425</v>
       </c>
       <c r="D72" t="s">
-        <v>59</v>
+        <v>448</v>
       </c>
       <c r="E72" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="F72" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="I72">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="J72" t="s">
-        <v>121</v>
+        <v>426</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>141</v>
+        <v>449</v>
       </c>
       <c r="M72" t="s">
-        <v>253</v>
+        <v>428</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="P72" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="B73" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="C73" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D73" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E73" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F73" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G73" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H73">
+        <v>2008</v>
+      </c>
+      <c r="I73">
         <v>2013</v>
       </c>
-      <c r="I73"/>
       <c r="J73" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
-      <c r="L73"/>
+      <c r="L73" t="s">
+        <v>152</v>
+      </c>
       <c r="M73" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="P73" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B74" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="C74" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D74" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="E74" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F74" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H74">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I74"/>
       <c r="J74" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="P74" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B75" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="C75" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D75" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E75" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F75" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
-        <v>2012</v>
+        <v>2008</v>
       </c>
       <c r="I75">
         <v>2014</v>
       </c>
       <c r="J75" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="P75" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B76" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="C76" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D76" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E76" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F76" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G76" t="s">
         <v>22</v>
       </c>
       <c r="H76">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I76">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="J76" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K76" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L76"/>
       <c r="M76" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
       <c r="P76" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="B77" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
       <c r="C77" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D77" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="E77" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F77" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G77" t="s">
         <v>22</v>
       </c>
       <c r="H77">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="I77">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J77" t="s">
+        <v>132</v>
+      </c>
+      <c r="K77" t="s">
         <v>121</v>
       </c>
-      <c r="K77" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="L77"/>
       <c r="M77" t="s">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="P77" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="B78" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="C78" t="s">
-        <v>298</v>
+        <v>151</v>
       </c>
       <c r="D78" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E78" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F78" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G78" t="s">
         <v>22</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78">
         <v>2012</v>
       </c>
       <c r="J78" t="s">
-        <v>468</v>
+        <v>132</v>
       </c>
       <c r="K78" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L78"/>
+        <v>133</v>
+      </c>
+      <c r="L78" t="s">
+        <v>474</v>
+      </c>
       <c r="M78" t="s">
-        <v>301</v>
+        <v>264</v>
       </c>
       <c r="N78" t="s">
         <v>27</v>
       </c>
       <c r="O78" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="P78" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="B79" t="s">
-        <v>90</v>
+        <v>478</v>
       </c>
       <c r="C79" t="s">
-        <v>298</v>
+        <v>309</v>
       </c>
       <c r="D79" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E79" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F79" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="I79">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J79" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="K79" t="s">
         <v>34</v>
       </c>
       <c r="L79"/>
       <c r="M79" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="N79" t="s">
         <v>27</v>
       </c>
       <c r="O79" t="s">
-        <v>473</v>
+        <v>480</v>
       </c>
       <c r="P79" t="s">
-        <v>474</v>
+        <v>481</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="B80" t="s">
-        <v>476</v>
+        <v>101</v>
       </c>
       <c r="C80" t="s">
-        <v>477</v>
+        <v>309</v>
       </c>
       <c r="D80" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="E80" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="F80" t="s">
-        <v>42</v>
+        <v>177</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="I80">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="J80" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="K80" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>480</v>
+        <v>312</v>
       </c>
       <c r="N80" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="O80" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="P80" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="B81" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C81" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D81" t="s">
-        <v>90</v>
+        <v>69</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="I81">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J81" t="s">
-        <v>52</v>
+        <v>489</v>
       </c>
       <c r="K81" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L81"/>
+        <v>133</v>
+      </c>
+      <c r="L81" t="s">
+        <v>490</v>
+      </c>
       <c r="M81" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="N81" t="s">
-        <v>27</v>
+        <v>492</v>
       </c>
       <c r="O81" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="P81" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="B82" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="C82" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="D82" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E82" t="s">
         <v>20</v>
       </c>
       <c r="F82" t="s">
         <v>21</v>
       </c>
       <c r="G82" t="s">
         <v>22</v>
       </c>
       <c r="H82">
         <v>2016</v>
       </c>
       <c r="I82">
         <v>2020</v>
       </c>
       <c r="J82" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K82" t="s">
         <v>34</v>
       </c>
       <c r="L82"/>
       <c r="M82" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="N82" t="s">
         <v>27</v>
       </c>
       <c r="O82" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="P82" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="B83" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="C83" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="D83" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E83" t="s">
         <v>20</v>
       </c>
       <c r="F83" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G83" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H83">
         <v>2016</v>
       </c>
-      <c r="I83"/>
+      <c r="I83">
+        <v>2020</v>
+      </c>
       <c r="J83" t="s">
-        <v>495</v>
+        <v>62</v>
       </c>
       <c r="K83" t="s">
         <v>34</v>
       </c>
       <c r="L83"/>
       <c r="M83" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="N83" t="s">
         <v>27</v>
       </c>
       <c r="O83" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="P83" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="B84" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="C84" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="D84" t="s">
-        <v>59</v>
+        <v>101</v>
       </c>
       <c r="E84" t="s">
         <v>20</v>
       </c>
       <c r="F84" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="G84" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H84">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
-        <v>299</v>
+        <v>506</v>
       </c>
       <c r="K84" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L84"/>
       <c r="M84" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="N84" t="s">
         <v>27</v>
       </c>
       <c r="O84" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="P84" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B85" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C85" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="D85" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G85" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H85">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I85"/>
       <c r="J85" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="K85" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>121</v>
+      </c>
+      <c r="L85"/>
       <c r="M85" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="P85" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>508</v>
+        <v>515</v>
       </c>
       <c r="B86" t="s">
-        <v>509</v>
+        <v>516</v>
       </c>
       <c r="C86" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
       <c r="D86" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H86">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I86"/>
       <c r="J86" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="K86" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L86" t="s">
-        <v>510</v>
+        <v>517</v>
       </c>
       <c r="M86" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>511</v>
+        <v>518</v>
       </c>
       <c r="P86" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>512</v>
+        <v>519</v>
       </c>
       <c r="B87" t="s">
-        <v>513</v>
+        <v>520</v>
       </c>
       <c r="C87" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="D87" t="s">
-        <v>134</v>
+        <v>86</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G87" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H87">
-        <v>2022</v>
-[...1 lines deleted...]
-      <c r="I87"/>
+        <v>2003</v>
+      </c>
+      <c r="I87">
+        <v>2010</v>
+      </c>
       <c r="J87" t="s">
-        <v>515</v>
+        <v>310</v>
       </c>
       <c r="K87" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="L87"/>
+        <v>121</v>
+      </c>
+      <c r="L87" t="s">
+        <v>521</v>
+      </c>
       <c r="M87" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="N87" t="s">
         <v>27</v>
       </c>
       <c r="O87" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="P87" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="B88" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="C88" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="D88" t="s">
-        <v>90</v>
+        <v>145</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H88">
         <v>2022</v>
       </c>
       <c r="I88"/>
       <c r="J88" t="s">
-        <v>515</v>
+        <v>526</v>
       </c>
       <c r="K88" t="s">
         <v>34</v>
       </c>
       <c r="L88"/>
       <c r="M88" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>521</v>
+        <v>528</v>
       </c>
       <c r="P88" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="B89" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="C89" t="s">
-        <v>306</v>
+        <v>525</v>
       </c>
       <c r="D89" t="s">
-        <v>524</v>
+        <v>101</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
-        <v>315</v>
+        <v>21</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="H89">
-        <v>2008</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I89"/>
       <c r="J89" t="s">
-        <v>52</v>
+        <v>526</v>
       </c>
       <c r="K89" t="s">
         <v>34</v>
       </c>
-      <c r="L89" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L89"/>
       <c r="M89" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="N89" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="P89" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B90" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C90" t="s">
-        <v>531</v>
+        <v>317</v>
       </c>
       <c r="D90" t="s">
-        <v>134</v>
+        <v>535</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G90" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="H90">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I90"/>
+        <v>2008</v>
+      </c>
+      <c r="I90">
+        <v>2020</v>
+      </c>
       <c r="J90" t="s">
-        <v>532</v>
+        <v>62</v>
       </c>
       <c r="K90" t="s">
         <v>34</v>
       </c>
-      <c r="L90"/>
+      <c r="L90" t="s">
+        <v>536</v>
+      </c>
       <c r="M90" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="N90" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="O90" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="P90" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="B91" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C91" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="D91" t="s">
-        <v>59</v>
+        <v>145</v>
       </c>
       <c r="E91" t="s">
         <v>20</v>
       </c>
       <c r="F91" t="s">
-        <v>315</v>
+        <v>52</v>
       </c>
       <c r="G91" t="s">
-        <v>539</v>
-[...1 lines deleted...]
-      <c r="H91"/>
+        <v>543</v>
+      </c>
+      <c r="H91">
+        <v>2024</v>
+      </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="K91" t="s">
         <v>34</v>
       </c>
       <c r="L91"/>
       <c r="M91" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="P91" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B92" t="s">
-        <v>537</v>
+        <v>549</v>
       </c>
       <c r="C92" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D92" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="G92" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="H92"/>
       <c r="I92"/>
       <c r="J92" t="s">
-        <v>468</v>
+        <v>552</v>
       </c>
       <c r="K92" t="s">
         <v>34</v>
       </c>
       <c r="L92"/>
       <c r="M92" t="s">
-        <v>546</v>
+        <v>553</v>
       </c>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>547</v>
+        <v>554</v>
       </c>
       <c r="P92" t="s">
-        <v>548</v>
+        <v>555</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
+        <v>556</v>
+      </c>
+      <c r="B93" t="s">
         <v>549</v>
       </c>
-      <c r="B93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C93" t="s">
-        <v>298</v>
+        <v>557</v>
       </c>
       <c r="D93" t="s">
-        <v>76</v>
+        <v>69</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
-[...6 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93"/>
       <c r="J93" t="s">
-        <v>299</v>
+        <v>479</v>
       </c>
       <c r="K93" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="L93"/>
       <c r="M93" t="s">
-        <v>301</v>
+        <v>558</v>
       </c>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>550</v>
+        <v>559</v>
       </c>
       <c r="P93" t="s">
-        <v>303</v>
+        <v>560</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="B94" t="s">
-        <v>552</v>
+        <v>308</v>
       </c>
       <c r="C94" t="s">
-        <v>553</v>
+        <v>309</v>
       </c>
       <c r="D94" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>21</v>
       </c>
       <c r="G94" t="s">
         <v>22</v>
       </c>
       <c r="H94">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="I94">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="J94" t="s">
+        <v>310</v>
+      </c>
+      <c r="K94" t="s">
         <v>121</v>
       </c>
-      <c r="K94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L94" t="s">
-        <v>554</v>
+        <v>311</v>
       </c>
       <c r="M94" t="s">
-        <v>555</v>
+        <v>312</v>
       </c>
       <c r="N94" t="s">
         <v>27</v>
       </c>
       <c r="O94" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="P94" t="s">
-        <v>557</v>
+        <v>314</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>551</v>
+        <v>563</v>
       </c>
       <c r="B95" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="C95" t="s">
-        <v>553</v>
+        <v>565</v>
       </c>
       <c r="D95" t="s">
-        <v>134</v>
+        <v>69</v>
       </c>
       <c r="E95" t="s">
         <v>20</v>
       </c>
       <c r="F95" t="s">
         <v>21</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="I95">
         <v>2018</v>
       </c>
       <c r="J95" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K95" t="s">
-        <v>110</v>
+        <v>34</v>
       </c>
       <c r="L95" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="M95" t="s">
-        <v>555</v>
+        <v>567</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="P95" t="s">
-        <v>557</v>
+        <v>569</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B96" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="C96" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D96" t="s">
-        <v>564</v>
+        <v>145</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
-        <v>315</v>
+        <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
-        <v>2022</v>
+        <v>2005</v>
       </c>
       <c r="I96">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="J96" t="s">
-        <v>565</v>
+        <v>132</v>
       </c>
       <c r="K96" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="L96" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="M96" t="s">
         <v>567</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="P96" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="B97" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C97" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="D97" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E97" t="s">
         <v>20</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H97">
         <v>2025</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>533</v>
+        <v>545</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="P97" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B98"/>
       <c r="C98" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D98" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H98">
         <v>2015</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="P98" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B99" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C99" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="D99" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="E99" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F99" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G99" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H99">
         <v>2012</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K99" t="s">
         <v>24</v>
       </c>
       <c r="L99" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="M99" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="P99" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="B100" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C100" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="D100" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E100" t="s">
         <v>20</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>22</v>
       </c>
       <c r="H100">
         <v>2008</v>
       </c>
       <c r="I100">
         <v>2011</v>
       </c>
       <c r="J100" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K100" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="L100"/>
       <c r="M100" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="P100" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B101" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="C101" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="D101" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="E101" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F101" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G101" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H101">
         <v>2014</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K101" t="s">
         <v>34</v>
       </c>
       <c r="L101" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="M101" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="P101" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="B102" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="C102" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D102" t="s">
-        <v>278</v>
+        <v>289</v>
       </c>
       <c r="E102" t="s">
         <v>20</v>
       </c>
       <c r="F102" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G102" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H102">
         <v>2024</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="K102" t="s">
         <v>34</v>
       </c>
       <c r="L102" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="M102" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="P102" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="B103" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C103" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D103" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G103" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H103">
         <v>2021</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
-        <v>532</v>
+        <v>544</v>
       </c>
       <c r="K103" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="P103" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B104"/>
       <c r="C104" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D104" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>21</v>
       </c>
       <c r="G104" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H104">
         <v>2018</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K104" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="L104" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="M104" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="P104" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
     </row>
     <row r="105" spans="1:16">
       <c r="A105" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B105" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="C105" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D105" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E105" t="s">
         <v>20</v>
       </c>
       <c r="F105" t="s">
         <v>21</v>
       </c>
       <c r="G105" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H105">
         <v>2021</v>
       </c>
       <c r="I105"/>
       <c r="J105" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K105" t="s">
         <v>34</v>
       </c>
       <c r="L105" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="M105" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="N105" t="s">
         <v>27</v>
       </c>
       <c r="O105" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="P105" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="106" spans="1:16">
       <c r="A106" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="B106" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="C106" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="D106" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E106" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F106" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G106" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H106">
         <v>2018</v>
       </c>
       <c r="I106"/>
       <c r="J106" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K106" t="s">
         <v>34</v>
       </c>
       <c r="L106"/>
       <c r="M106" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="N106" t="s">
         <v>27</v>
       </c>
       <c r="O106" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="P106" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
     </row>
     <row r="107" spans="1:16">
       <c r="A107" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="B107" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="C107" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="D107" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E107" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F107" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G107" t="s">
         <v>22</v>
       </c>
       <c r="H107"/>
       <c r="I107">
         <v>2010</v>
       </c>
       <c r="J107" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K107" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="L107"/>
       <c r="M107" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="N107" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="O107" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="P107" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
     </row>
     <row r="108" spans="1:16">
       <c r="A108" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="B108" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="C108" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="D108" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E108" t="s">
         <v>20</v>
       </c>
       <c r="F108" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G108" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H108">
         <v>2016</v>
       </c>
       <c r="I108"/>
       <c r="J108" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K108" t="s">
         <v>34</v>
       </c>
       <c r="L108" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="M108" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="N108" t="s">
         <v>27</v>
       </c>
       <c r="O108" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="P108" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
     </row>
     <row r="109" spans="1:16">
       <c r="A109" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="B109" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="C109" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D109" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E109" t="s">
         <v>20</v>
       </c>
       <c r="F109" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G109" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H109">
         <v>2014</v>
       </c>
       <c r="I109"/>
       <c r="J109" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="K109" t="s">
         <v>34</v>
       </c>
       <c r="L109"/>
       <c r="M109" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="N109" t="s">
         <v>27</v>
       </c>
       <c r="O109" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="P109" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
     </row>
     <row r="110" spans="1:16">
       <c r="A110" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B110" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C110" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D110" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="E110" t="s">
         <v>20</v>
       </c>
       <c r="F110" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G110" t="s">
         <v>22</v>
       </c>
       <c r="H110">
         <v>2017</v>
       </c>
       <c r="I110">
         <v>2021</v>
       </c>
       <c r="J110" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="K110" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="L110" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="M110" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="N110" t="s">
         <v>36</v>
       </c>
       <c r="O110" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="P110" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
     </row>
     <row r="111" spans="1:16">
       <c r="A111" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="B111" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C111" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D111" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E111" t="s">
         <v>20</v>
       </c>
       <c r="F111" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G111" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H111">
         <v>2015</v>
       </c>
       <c r="I111"/>
       <c r="J111" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="K111" t="s">
         <v>34</v>
       </c>
       <c r="L111"/>
       <c r="M111" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N111" t="s">
         <v>27</v>
       </c>
       <c r="O111" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="P111" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="112" spans="1:16">
       <c r="A112" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="B112" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="C112" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="D112" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="E112" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F112" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G112" t="s">
         <v>22</v>
       </c>
       <c r="H112">
         <v>2015</v>
       </c>
       <c r="I112">
         <v>2018</v>
       </c>
       <c r="J112" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="K112" t="s">
         <v>24</v>
       </c>
       <c r="L112"/>
       <c r="M112" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="N112" t="s">
         <v>27</v>
       </c>
       <c r="O112" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="P112" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
     </row>
     <row r="113" spans="1:16">
       <c r="A113" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B113" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="C113" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="D113" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="E113" t="s">
         <v>20</v>
       </c>
       <c r="F113" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G113" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H113">
         <v>2017</v>
       </c>
       <c r="I113"/>
       <c r="J113" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K113" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="L113" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="M113" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="N113" t="s">
         <v>27</v>
       </c>
       <c r="O113" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="P113" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="B114" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="C114" t="s">
-        <v>140</v>
+        <v>151</v>
       </c>
       <c r="D114" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="E114" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F114" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G114" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H114">
         <v>2013</v>
       </c>
       <c r="I114"/>
       <c r="J114" t="s">
+        <v>132</v>
+      </c>
+      <c r="K114" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="L114"/>
       <c r="M114" t="s">
-        <v>142</v>
+        <v>153</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="P114" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
     </row>
     <row r="115" spans="1:16">
       <c r="A115" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="B115" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C115" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D115" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E115" t="s">
         <v>20</v>
       </c>
       <c r="F115" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G115" t="s">
         <v>22</v>
       </c>
       <c r="H115">
         <v>2018</v>
       </c>
       <c r="I115">
         <v>2018</v>
       </c>
       <c r="J115" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
       <c r="K115" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="L115"/>
       <c r="M115" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="N115" t="s">
         <v>27</v>
       </c>
       <c r="O115" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="P115" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
     </row>
     <row r="116" spans="1:16">
       <c r="A116" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="B116" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="C116" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="D116" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E116" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F116" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G116" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H116">
         <v>2019</v>
       </c>
       <c r="I116"/>
       <c r="J116" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K116" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="L116" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="M116" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="N116" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="O116" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="P116" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
     </row>
     <row r="117" spans="1:16">
       <c r="A117" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="B117" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="C117" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D117" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E117" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F117" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G117" t="s">
         <v>22</v>
       </c>
       <c r="H117">
         <v>2013</v>
       </c>
       <c r="I117">
         <v>2014</v>
       </c>
       <c r="J117" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="K117" t="s">
         <v>34</v>
       </c>
       <c r="L117" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="M117" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="N117" t="s">
         <v>27</v>
       </c>
       <c r="O117" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="P117" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
     </row>
     <row r="118" spans="1:16">
       <c r="A118" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="B118" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="C118" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D118" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E118" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F118" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G118" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H118">
         <v>2013</v>
       </c>
       <c r="I118"/>
       <c r="J118" t="s">
-        <v>299</v>
+        <v>310</v>
       </c>
       <c r="K118" t="s">
         <v>34</v>
       </c>
       <c r="L118" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="M118" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="N118" t="s">
         <v>27</v>
       </c>
       <c r="O118" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="P118"/>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="B119" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C119" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D119" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E119" t="s">
         <v>20</v>
       </c>
       <c r="F119" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G119" t="s">
         <v>22</v>
       </c>
       <c r="H119">
         <v>1986</v>
       </c>
       <c r="I119">
         <v>2012</v>
       </c>
       <c r="J119" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K119" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="L119"/>
       <c r="M119" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="N119" t="s">
         <v>27</v>
       </c>
       <c r="O119" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="P119" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="B120" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C120" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="D120" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E120" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F120" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G120" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H120">
         <v>2017</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K120" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="L120"/>
       <c r="M120" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="N120" t="s">
         <v>27</v>
       </c>
       <c r="O120" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="P120" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B121" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="C121" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="D121" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="E121" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F121" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G121" t="s">
         <v>22</v>
       </c>
       <c r="H121">
         <v>2012</v>
       </c>
       <c r="I121">
         <v>2017</v>
       </c>
       <c r="J121" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K121" t="s">
         <v>34</v>
       </c>
       <c r="L121"/>
       <c r="M121" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="N121" t="s">
         <v>27</v>
       </c>
       <c r="O121" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="P121" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B122" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="C122" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D122" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E122" t="s">
         <v>20</v>
       </c>
       <c r="F122" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G122" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H122">
         <v>2011</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K122" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="L122" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="M122" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="N122" t="s">
         <v>27</v>
       </c>
       <c r="O122" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="P122" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="B123" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C123" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D123" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E123" t="s">
         <v>20</v>
       </c>
       <c r="F123" t="s">
         <v>21</v>
       </c>
       <c r="G123" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H123">
         <v>2012</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K123" t="s">
         <v>34</v>
       </c>
       <c r="L123" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="M123" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="N123" t="s">
         <v>27</v>
       </c>
       <c r="O123" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="P123" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B124" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C124" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="D124" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="E124" t="s">
         <v>20</v>
       </c>
       <c r="F124" t="s">
         <v>21</v>
       </c>
       <c r="G124" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H124">
         <v>2016</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K124" t="s">
         <v>34</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="N124" t="s">
         <v>27</v>
       </c>
       <c r="O124" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="P124" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
     </row>
     <row r="125" spans="1:16">
       <c r="A125" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="B125" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C125" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="D125" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="E125" t="s">
         <v>20</v>
       </c>
       <c r="F125" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G125" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H125">
         <v>2017</v>
       </c>
       <c r="I125"/>
       <c r="J125" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K125" t="s">
         <v>24</v>
       </c>
       <c r="L125"/>
       <c r="M125" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="N125" t="s">
         <v>36</v>
       </c>
       <c r="O125" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="P125" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
     </row>
     <row r="126" spans="1:16">
       <c r="A126" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B126" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C126" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="D126" t="s">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="E126" t="s">
         <v>20</v>
       </c>
       <c r="F126" t="s">
         <v>21</v>
       </c>
       <c r="G126" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H126">
         <v>2019</v>
       </c>
       <c r="I126"/>
       <c r="J126" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="K126" t="s">
         <v>34</v>
       </c>
       <c r="L126"/>
       <c r="M126" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="N126" t="s">
         <v>27</v>
       </c>
       <c r="O126" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="P126" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
     </row>
     <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="B127" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="C127" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="D127" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E127" t="s">
         <v>20</v>
       </c>
       <c r="F127" t="s">
         <v>21</v>
       </c>
       <c r="G127" t="s">
         <v>22</v>
       </c>
       <c r="H127">
         <v>2009</v>
       </c>
       <c r="I127">
         <v>2018</v>
       </c>
       <c r="J127" t="s">
-        <v>225</v>
+        <v>236</v>
       </c>
       <c r="K127" t="s">
         <v>34</v>
       </c>
       <c r="L127"/>
       <c r="M127" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="N127" t="s">
         <v>27</v>
       </c>
       <c r="O127" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="P127" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="B128" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="C128" t="s">
-        <v>216</v>
+        <v>227</v>
       </c>
       <c r="D128" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E128" t="s">
         <v>20</v>
       </c>
       <c r="F128" t="s">
         <v>21</v>
       </c>
       <c r="G128" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H128">
         <v>2009</v>
       </c>
       <c r="I128"/>
       <c r="J128" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="K128" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="L128"/>
       <c r="M128" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="N128" t="s">
         <v>27</v>
       </c>
       <c r="O128" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="P128" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
     </row>
     <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="B129" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="C129" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D129" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="E129" t="s">
         <v>20</v>
       </c>
       <c r="F129" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G129" t="s">
         <v>22</v>
       </c>
       <c r="H129">
         <v>2009</v>
       </c>
       <c r="I129">
         <v>2016</v>
       </c>
       <c r="J129" t="s">
         <v>33</v>
       </c>
       <c r="K129" t="s">
         <v>24</v>
       </c>
       <c r="L129"/>
       <c r="M129" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="N129" t="s">
         <v>27</v>
       </c>
       <c r="O129" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="P129" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="B130" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="C130" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D130" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="E130" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F130" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G130" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H130">
         <v>2014</v>
       </c>
       <c r="I130"/>
       <c r="J130" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="K130" t="s">
         <v>34</v>
       </c>
       <c r="L130" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="M130" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="N130" t="s">
         <v>27</v>
       </c>
       <c r="O130" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="P130" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
     </row>
     <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="B131" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="C131" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D131" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="E131" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F131" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G131" t="s">
         <v>22</v>
       </c>
       <c r="H131">
         <v>2012</v>
       </c>
       <c r="I131">
         <v>2019</v>
       </c>
       <c r="J131" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="K131" t="s">
         <v>34</v>
       </c>
       <c r="L131" t="s">
-        <v>765</v>
+        <v>768</v>
       </c>
       <c r="M131" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="N131" t="s">
         <v>27</v>
       </c>
       <c r="O131" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="P131" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
     </row>
     <row r="132" spans="1:16">
       <c r="A132" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="B132" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="C132" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="D132" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="E132" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F132" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="G132" t="s">
         <v>22</v>
       </c>
       <c r="H132">
         <v>2013</v>
       </c>
       <c r="I132">
         <v>2020</v>
       </c>
       <c r="J132" t="s">
         <v>33</v>
       </c>
       <c r="K132" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="L132" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="M132" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="N132" t="s">
         <v>27</v>
       </c>
       <c r="O132" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="P132" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="133" spans="1:16">
       <c r="A133" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B133" t="s">
-        <v>776</v>
+        <v>779</v>
       </c>
       <c r="C133" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="D133" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="E133" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="F133" t="s">
         <v>21</v>
       </c>
       <c r="G133" t="s">
-        <v>539</v>
+        <v>551</v>
       </c>
       <c r="H133"/>
       <c r="I133"/>
       <c r="J133" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="K133" t="s">
         <v>34</v>
       </c>
       <c r="L133"/>
       <c r="M133" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="N133" t="s">
         <v>27</v>
       </c>
       <c r="O133" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="P133" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
     </row>
     <row r="134" spans="1:16">
       <c r="A134" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="B134" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="C134" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D134" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E134" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F134" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="G134" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H134">
         <v>2008</v>
       </c>
       <c r="I134"/>
       <c r="J134" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="K134" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="L134" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="M134" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="N134" t="s">
         <v>27</v>
       </c>
       <c r="O134" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="P134" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
     </row>
     <row r="135" spans="1:16">
       <c r="A135" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="B135" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="C135" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="D135" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E135" t="s">
         <v>20</v>
       </c>
       <c r="F135" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G135" t="s">
         <v>22</v>
       </c>
       <c r="H135">
         <v>2014</v>
       </c>
       <c r="I135">
         <v>2015</v>
       </c>
       <c r="J135" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="K135" t="s">
         <v>34</v>
       </c>
       <c r="L135"/>
       <c r="M135" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="N135" t="s">
         <v>27</v>
       </c>
       <c r="O135" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="P135" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
     </row>
     <row r="136" spans="1:16">
       <c r="A136" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="B136" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="C136" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="D136" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E136" t="s">
         <v>20</v>
       </c>
       <c r="F136" t="s">
         <v>21</v>
       </c>
       <c r="G136" t="s">
         <v>22</v>
       </c>
       <c r="H136">
         <v>2009</v>
       </c>
       <c r="I136">
         <v>2011</v>
       </c>
       <c r="J136" t="s">
-        <v>540</v>
+        <v>552</v>
       </c>
       <c r="K136" t="s">
         <v>34</v>
       </c>
       <c r="L136" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="M136" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="N136" t="s">
         <v>27</v>
       </c>
       <c r="O136" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="P136" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
     </row>
     <row r="137" spans="1:16">
       <c r="A137" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="B137" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C137" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="D137" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E137" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F137" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="G137" t="s">
         <v>22</v>
       </c>
       <c r="H137">
         <v>2007</v>
       </c>
       <c r="I137">
         <v>2011</v>
       </c>
       <c r="J137" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="K137" t="s">
         <v>34</v>
       </c>
       <c r="L137" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="M137" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="N137" t="s">
         <v>27</v>
       </c>
       <c r="O137" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="P137" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
     </row>
     <row r="138" spans="1:16">
       <c r="A138" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B138" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C138" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="D138" t="s">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="E138" t="s">
         <v>20</v>
       </c>
       <c r="F138" t="s">
-        <v>315</v>
+        <v>43</v>
       </c>
       <c r="G138" t="s">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H138">
         <v>2014</v>
       </c>
       <c r="I138"/>
       <c r="J138" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="K138" t="s">
         <v>34</v>
       </c>
       <c r="L138" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="M138" t="s">
-        <v>812</v>
+        <v>815</v>
       </c>
       <c r="N138" t="s">
         <v>27</v>
       </c>
       <c r="O138" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="P138" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">