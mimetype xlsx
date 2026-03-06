--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -919,118 +919,118 @@
   <si>
     <t>MELS for Three-Phase VRF Air-Conditioners</t>
   </si>
   <si>
     <t>This policy defines the minimum energy labeling scheme requirements for base module/units of a three-phase VRF air-conditioners (unit efficiency) of all cooling capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>ISO 15042:2017</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for water heaters as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
     <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
@@ -1327,50 +1327,53 @@
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-003-ENER-2011 - Domestic and Commercial Water Heaters</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for domestic and commercial water heaters which use LPG or natural gas with a heat load</t>
   </si>
   <si>
     <t>NOM-003-ENER-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-003-ener-2011-domestic-and-commercial-water-heaters</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/4458/sener/sener.htm</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -4000,54 +4003,54 @@
       </c>
       <c r="P44" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
         <v>300</v>
       </c>
       <c r="B45" t="s">
         <v>301</v>
       </c>
       <c r="C45" t="s">
         <v>294</v>
       </c>
       <c r="D45" t="s">
         <v>99</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>43</v>
       </c>
       <c r="G45" t="s">
-        <v>54</v>
+        <v>295</v>
       </c>
       <c r="H45">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>302</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
         <v>297</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
         <v>303</v>
       </c>
       <c r="P45" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>304</v>
@@ -5090,414 +5093,414 @@
       </c>
       <c r="P67" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>430</v>
       </c>
       <c r="B68" t="s">
         <v>431</v>
       </c>
       <c r="C68" t="s">
         <v>347</v>
       </c>
       <c r="D68" t="s">
         <v>432</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>135</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>433</v>
       </c>
       <c r="H68">
         <v>2002</v>
       </c>
       <c r="I68">
         <v>2007</v>
       </c>
       <c r="J68" t="s">
         <v>263</v>
       </c>
       <c r="K68" t="s">
         <v>34</v>
       </c>
       <c r="L68" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="M68" t="s">
         <v>348</v>
       </c>
       <c r="N68" t="s">
         <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="P68" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="B69" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C69" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D69" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>21</v>
       </c>
       <c r="G69" t="s">
         <v>54</v>
       </c>
       <c r="H69">
         <v>2016</v>
       </c>
       <c r="I69"/>
       <c r="J69" t="s">
         <v>178</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69"/>
       <c r="M69" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="P69" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B70" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C70" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D70" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>43</v>
       </c>
       <c r="G70" t="s">
         <v>54</v>
       </c>
       <c r="H70">
         <v>2017</v>
       </c>
       <c r="I70"/>
       <c r="J70" t="s">
         <v>178</v>
       </c>
       <c r="K70" t="s">
         <v>24</v>
       </c>
       <c r="L70"/>
       <c r="M70" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="N70" t="s">
         <v>36</v>
       </c>
       <c r="O70" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P70" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B71" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C71" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D71" t="s">
         <v>53</v>
       </c>
       <c r="E71" t="s">
         <v>42</v>
       </c>
       <c r="F71" t="s">
         <v>107</v>
       </c>
       <c r="G71" t="s">
         <v>54</v>
       </c>
       <c r="H71">
         <v>2014</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M71" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P71" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B72" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C72" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D72" t="s">
         <v>53</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>43</v>
       </c>
       <c r="G72" t="s">
         <v>22</v>
       </c>
       <c r="H72">
         <v>2012</v>
       </c>
       <c r="I72">
         <v>2019</v>
       </c>
       <c r="J72" t="s">
         <v>44</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M72" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P72" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B73" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C73" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D73" t="s">
         <v>53</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>107</v>
       </c>
       <c r="G73" t="s">
         <v>22</v>
       </c>
       <c r="H73">
         <v>2013</v>
       </c>
       <c r="I73">
         <v>2020</v>
       </c>
       <c r="J73" t="s">
         <v>33</v>
       </c>
       <c r="K73" t="s">
         <v>81</v>
       </c>
       <c r="L73" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="M73" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="P73" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B74" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C74" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D74" t="s">
         <v>134</v>
       </c>
       <c r="E74" t="s">
         <v>42</v>
       </c>
       <c r="F74" t="s">
         <v>135</v>
       </c>
       <c r="G74" t="s">
         <v>54</v>
       </c>
       <c r="H74">
         <v>2016</v>
       </c>
       <c r="I74"/>
       <c r="J74" t="s">
         <v>202</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74" t="s">
         <v>136</v>
       </c>
       <c r="M74" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="P74" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="B75" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C75" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D75" t="s">
         <v>61</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>135</v>
       </c>
       <c r="G75" t="s">
         <v>54</v>
       </c>
       <c r="H75">
         <v>2014</v>
       </c>
       <c r="I75">
         <v>2019</v>
       </c>
       <c r="J75" t="s">
         <v>69</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P75" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">