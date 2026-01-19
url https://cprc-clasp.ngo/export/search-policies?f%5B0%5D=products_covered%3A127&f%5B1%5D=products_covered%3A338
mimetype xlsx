--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="379">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -542,210 +542,207 @@
     <t>https://cprc-clasp.ngo/policies/gb-20665-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80536D3A7E05397BE0A0AB82A</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
+    <t>January 2025</t>
+  </si>
+  <si>
+    <t>SAMR, SAC</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
+    <t>Greenhouse and Energy Minimum Standards (Gas Water Heaters) Determination 2017</t>
+  </si>
+  <si>
+    <t>This Determination covers water heaters that come within the product classes set out in subsection (2) and that:</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>December 2023</t>
+  </si>
+  <si>
+    <t>Gas, LPG</t>
+  </si>
+  <si>
+    <t>AS 4552:2005</t>
+  </si>
+  <si>
+    <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-gas-water-heaters-determination-2017</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.au/Series/F2017L01608</t>
+  </si>
+  <si>
+    <t>Greenmark N51 - Outdoor Gas-fired Instantaneous Water Heaters</t>
+  </si>
+  <si>
+    <t>This standard is applicable to the gas-fired instantaneous water heaters which are installed outdoors and meet the definition of CNS 13603.    i. Products using liquefied gas in tank container shall have built-in or be equipped with non-adjustable gas pressure control device.     ii. The product shall use the automatic ignition system; i.e. a pilot light shall not be used when the product is in stand-by mode.    iii. The product users shall be offered product safety liability insurance coverage.    iiii. The product and its manufacturing process shall not use substances promulgated by the Taiwan Environmental Protection Administration as toxic substances or substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
+    <t>Greenmark Labelling Program</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/greenmark-n51-outdoor-gas-fired-instantaneous-water-heaters</t>
+  </si>
+  <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/51/b1172255-be4e-4bdc-9bcb-6d11ca544678.pdf</t>
+  </si>
+  <si>
+    <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
+  </si>
+  <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
+    <t>Iran</t>
+  </si>
+  <si>
+    <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
+  </si>
+  <si>
+    <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
+  </si>
+  <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
+    <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
+  </si>
+  <si>
+    <t>This policy covers electric mains operated household combined washer-driers. Appliances that can also use other energy sources are excluded.</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JS 2096</t>
+  </si>
+  <si>
+    <t>National Energy Research Centre (NERC)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-20972013-energy-labeling-household-combined-washer-driers</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5458</t>
+  </si>
+  <si>
+    <t>JS 60456:2012 Clothes washing machines for household use - Methods for measuring the performance (EN 60456:2001 + AC:2011)</t>
+  </si>
+  <si>
+    <t>This policy specifies methods for measuring the performance of clothes washing machines for household use, with or without heating devices utilising cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force (spin extractors) and is applicable to appliances for both washing and drying textiles (washer-dryers).</t>
+  </si>
+  <si>
+    <t>JS 2103</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/js-604562012-clothes-washing-machines-household-use-methods-measuring-performance-en</t>
+  </si>
+  <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5305</t>
+  </si>
+  <si>
+    <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
+  </si>
+  <si>
+    <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>March 2023</t>
+  </si>
+  <si>
+    <t>Ghana Energy Commission</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
+  </si>
+  <si>
+    <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
+  </si>
+  <si>
+    <t>MELS for Water Heater (2025)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
+  </si>
+  <si>
+    <t>Singapore*</t>
+  </si>
+  <si>
     <t>New</t>
   </si>
   <si>
-    <t>January 2025</t>
-[...139 lines deleted...]
-  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -2640,1576 +2637,1578 @@
       </c>
       <c r="L22" t="s">
         <v>165</v>
       </c>
       <c r="M22" t="s">
         <v>64</v>
       </c>
       <c r="N22" t="s">
         <v>27</v>
       </c>
       <c r="O22" t="s">
         <v>166</v>
       </c>
       <c r="P22" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>168</v>
       </c>
       <c r="B23" t="s">
         <v>169</v>
       </c>
       <c r="C23" t="s">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E23" t="s">
         <v>42</v>
       </c>
       <c r="F23" t="s">
+        <v>171</v>
+      </c>
+      <c r="G23" t="s">
+        <v>8</v>
+      </c>
+      <c r="H23">
+        <v>2008</v>
+      </c>
+      <c r="I23">
+        <v>2024</v>
+      </c>
+      <c r="J23" t="s">
         <v>172</v>
-      </c>
-[...8 lines deleted...]
-        <v>174</v>
       </c>
       <c r="K23" t="s">
         <v>34</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="N23" t="s">
         <v>85</v>
       </c>
       <c r="O23" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="P23" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
+        <v>176</v>
+      </c>
+      <c r="B24" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="D24" t="s">
         <v>53</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>21</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1989</v>
       </c>
       <c r="I24">
         <v>2017</v>
       </c>
       <c r="J24" t="s">
+        <v>179</v>
+      </c>
+      <c r="K24" t="s">
+        <v>180</v>
+      </c>
+      <c r="L24" t="s">
         <v>181</v>
       </c>
-      <c r="K24" t="s">
+      <c r="M24" t="s">
         <v>182</v>
       </c>
-      <c r="L24" t="s">
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
         <v>183</v>
       </c>
-      <c r="M24" t="s">
+      <c r="P24" t="s">
         <v>184</v>
-      </c>
-[...7 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B25" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="C25" t="s">
         <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>53</v>
       </c>
       <c r="E25" t="s">
         <v>42</v>
       </c>
       <c r="F25" t="s">
         <v>114</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
       <c r="H25">
         <v>2006</v>
       </c>
       <c r="I25">
         <v>2015</v>
       </c>
       <c r="J25" t="s">
         <v>115</v>
       </c>
       <c r="K25" t="s">
         <v>62</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
+        <v>187</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>188</v>
+      </c>
+      <c r="P25" t="s">
         <v>189</v>
-      </c>
-[...7 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
+        <v>190</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
         <v>192</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>138</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2003</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
         <v>124</v>
       </c>
       <c r="K26" t="s">
         <v>62</v>
       </c>
       <c r="L26" t="s">
+        <v>193</v>
+      </c>
+      <c r="M26" t="s">
+        <v>194</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
         <v>195</v>
       </c>
-      <c r="M26" t="s">
+      <c r="P26" t="s">
         <v>196</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D27" t="s">
         <v>123</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>43</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
         <v>2014</v>
       </c>
       <c r="J27" t="s">
         <v>152</v>
       </c>
       <c r="K27" t="s">
         <v>84</v>
       </c>
       <c r="L27" t="s">
+        <v>200</v>
+      </c>
+      <c r="M27" t="s">
+        <v>201</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
         <v>202</v>
       </c>
-      <c r="M27" t="s">
+      <c r="P27" t="s">
         <v>203</v>
-      </c>
-[...7 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B28" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="C28" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="D28" t="s">
         <v>123</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28">
         <v>2013</v>
       </c>
       <c r="J28" t="s">
         <v>152</v>
       </c>
       <c r="K28" t="s">
         <v>84</v>
       </c>
       <c r="L28" t="s">
+        <v>206</v>
+      </c>
+      <c r="M28" t="s">
+        <v>201</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>207</v>
+      </c>
+      <c r="P28" t="s">
         <v>208</v>
-      </c>
-[...10 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B29" t="s">
+        <v>210</v>
+      </c>
+      <c r="C29" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="D29" t="s">
         <v>75</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>54</v>
       </c>
       <c r="H29">
         <v>2022</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="K29" t="s">
         <v>34</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
+        <v>213</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>214</v>
+      </c>
+      <c r="P29" t="s">
         <v>215</v>
-      </c>
-[...7 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>216</v>
+      </c>
+      <c r="B30" t="s">
+        <v>217</v>
+      </c>
+      <c r="C30" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>43</v>
       </c>
       <c r="G30" t="s">
-        <v>54</v>
+        <v>219</v>
       </c>
       <c r="H30">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I30"/>
       <c r="J30" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
+        <v>221</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
         <v>222</v>
       </c>
-      <c r="N30" t="s">
-[...2 lines deleted...]
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B31" t="s">
         <v>130</v>
       </c>
       <c r="C31" t="s">
         <v>122</v>
       </c>
       <c r="D31" t="s">
         <v>53</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
       <c r="H31">
         <v>2010</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
         <v>124</v>
       </c>
       <c r="K31" t="s">
         <v>62</v>
       </c>
       <c r="L31" t="s">
         <v>131</v>
       </c>
       <c r="M31" t="s">
         <v>126</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="P31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>226</v>
+      </c>
+      <c r="B32" t="s">
         <v>227</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2005</v>
       </c>
       <c r="I32">
         <v>2018</v>
       </c>
       <c r="J32" t="s">
         <v>115</v>
       </c>
       <c r="K32" t="s">
         <v>62</v>
       </c>
       <c r="L32" t="s">
+        <v>229</v>
+      </c>
+      <c r="M32" t="s">
         <v>230</v>
       </c>
-      <c r="M32" t="s">
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
         <v>231</v>
       </c>
-      <c r="N32" t="s">
-[...2 lines deleted...]
-      <c r="O32" t="s">
+      <c r="P32" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>233</v>
+      </c>
+      <c r="B33" t="s">
         <v>234</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>54</v>
       </c>
       <c r="H33">
         <v>2025</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="K33" t="s">
         <v>34</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
+        <v>235</v>
+      </c>
+      <c r="P33" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>237</v>
+      </c>
+      <c r="B34" t="s">
         <v>238</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>239</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E34" t="s">
         <v>42</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>54</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
         <v>115</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
+        <v>241</v>
+      </c>
+      <c r="M34" t="s">
         <v>242</v>
       </c>
-      <c r="M34" t="s">
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
         <v>243</v>
       </c>
-      <c r="N34" t="s">
-[...2 lines deleted...]
-      <c r="O34" t="s">
+      <c r="P34" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>245</v>
+      </c>
+      <c r="B35" t="s">
         <v>246</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="D35" t="s">
         <v>75</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2008</v>
       </c>
       <c r="I35">
         <v>2011</v>
       </c>
       <c r="J35" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="K35" t="s">
         <v>62</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
+        <v>249</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
         <v>250</v>
       </c>
-      <c r="N35" t="s">
-[...2 lines deleted...]
-      <c r="O35" t="s">
+      <c r="P35" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>252</v>
+      </c>
+      <c r="B36" t="s">
         <v>253</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="D36" t="s">
         <v>75</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>138</v>
       </c>
       <c r="G36" t="s">
         <v>54</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="K36" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
+        <v>255</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
         <v>256</v>
       </c>
-      <c r="N36" t="s">
-[...2 lines deleted...]
-      <c r="O36" t="s">
+      <c r="P36" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B37"/>
       <c r="C37" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>21</v>
       </c>
       <c r="G37" t="s">
         <v>54</v>
       </c>
       <c r="H37">
         <v>2018</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="K37" t="s">
+        <v>259</v>
+      </c>
+      <c r="L37" t="s">
         <v>260</v>
       </c>
-      <c r="L37" t="s">
+      <c r="M37" t="s">
+        <v>255</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
         <v>261</v>
       </c>
-      <c r="M37" t="s">
-[...5 lines deleted...]
-      <c r="O37" t="s">
+      <c r="P37" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>263</v>
+      </c>
+      <c r="B38" t="s">
         <v>264</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>265</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>138</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38">
         <v>2021</v>
       </c>
       <c r="J38" t="s">
+        <v>267</v>
+      </c>
+      <c r="K38" t="s">
         <v>268</v>
       </c>
-      <c r="K38" t="s">
+      <c r="L38" t="s">
         <v>269</v>
       </c>
-      <c r="L38" t="s">
+      <c r="M38" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="N38" t="s">
         <v>36</v>
       </c>
       <c r="O38" t="s">
+        <v>271</v>
+      </c>
+      <c r="P38" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>273</v>
+      </c>
+      <c r="B39" t="s">
         <v>274</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>275</v>
       </c>
-      <c r="C39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="G39" t="s">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
+        <v>278</v>
+      </c>
+      <c r="M39" t="s">
         <v>279</v>
       </c>
-      <c r="M39" t="s">
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
         <v>280</v>
       </c>
-      <c r="N39" t="s">
-[...2 lines deleted...]
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>282</v>
+      </c>
+      <c r="B40" t="s">
         <v>283</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>284</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>43</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2015</v>
       </c>
       <c r="I40">
         <v>2018</v>
       </c>
       <c r="J40" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
+        <v>287</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
         <v>288</v>
       </c>
-      <c r="N40" t="s">
-[...2 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>290</v>
+      </c>
+      <c r="B41" t="s">
         <v>291</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2017</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="K41" t="s">
         <v>62</v>
       </c>
       <c r="L41" t="s">
+        <v>293</v>
+      </c>
+      <c r="M41" t="s">
         <v>294</v>
       </c>
-      <c r="M41" t="s">
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
         <v>295</v>
       </c>
-      <c r="N41" t="s">
-[...2 lines deleted...]
-      <c r="O41" t="s">
+      <c r="P41" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>297</v>
+      </c>
+      <c r="B42" t="s">
         <v>298</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42" t="s">
         <v>299</v>
       </c>
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
         <v>43</v>
       </c>
       <c r="G42" t="s">
         <v>54</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="K42" t="s">
         <v>34</v>
       </c>
       <c r="L42"/>
       <c r="M42" t="s">
+        <v>302</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
         <v>303</v>
       </c>
-      <c r="N42" t="s">
-[...2 lines deleted...]
-      <c r="O42" t="s">
+      <c r="P42" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>305</v>
+      </c>
+      <c r="B43" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="C43" t="s">
         <v>113</v>
       </c>
       <c r="D43" t="s">
         <v>53</v>
       </c>
       <c r="E43" t="s">
         <v>42</v>
       </c>
       <c r="F43" t="s">
         <v>43</v>
       </c>
       <c r="G43" t="s">
         <v>54</v>
       </c>
       <c r="H43">
         <v>2013</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>115</v>
       </c>
       <c r="K43" t="s">
         <v>62</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>117</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
+        <v>307</v>
+      </c>
+      <c r="P43" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>309</v>
+      </c>
+      <c r="B44" t="s">
         <v>310</v>
       </c>
-      <c r="B44" t="s">
+      <c r="C44" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="D44" t="s">
         <v>75</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>138</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2018</v>
       </c>
       <c r="I44">
         <v>2018</v>
       </c>
       <c r="J44" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="K44" t="s">
         <v>159</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
+        <v>313</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
         <v>314</v>
       </c>
-      <c r="N44" t="s">
-[...2 lines deleted...]
-      <c r="O44" t="s">
+      <c r="P44" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>316</v>
+      </c>
+      <c r="B45" t="s">
         <v>317</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D45" t="s">
         <v>82</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>138</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2007</v>
       </c>
       <c r="I45">
         <v>2018</v>
       </c>
       <c r="J45" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="K45" t="s">
         <v>34</v>
       </c>
       <c r="L45" t="s">
+        <v>318</v>
+      </c>
+      <c r="M45" t="s">
+        <v>313</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
         <v>319</v>
       </c>
-      <c r="M45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P45" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
+        <v>320</v>
+      </c>
+      <c r="B46" t="s">
         <v>321</v>
       </c>
-      <c r="B46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C46" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D46" t="s">
         <v>75</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>138</v>
       </c>
       <c r="G46" t="s">
         <v>54</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="K46" t="s">
         <v>62</v>
       </c>
       <c r="L46" t="s">
+        <v>322</v>
+      </c>
+      <c r="M46" t="s">
+        <v>255</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
         <v>323</v>
       </c>
-      <c r="M46" t="s">
-[...5 lines deleted...]
-      <c r="O46" t="s">
+      <c r="P46" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>325</v>
+      </c>
+      <c r="B47" t="s">
         <v>326</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>327</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>54</v>
       </c>
       <c r="H47">
         <v>2016</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>139</v>
       </c>
       <c r="K47" t="s">
         <v>34</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
+        <v>329</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
         <v>330</v>
       </c>
-      <c r="N47" t="s">
-[...2 lines deleted...]
-      <c r="O47" t="s">
+      <c r="P47" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
+        <v>332</v>
+      </c>
+      <c r="B48" t="s">
         <v>333</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>327</v>
+      </c>
+      <c r="D48" t="s">
         <v>334</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>43</v>
       </c>
       <c r="G48" t="s">
         <v>54</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>139</v>
       </c>
       <c r="K48" t="s">
         <v>24</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="N48" t="s">
         <v>36</v>
       </c>
       <c r="O48" t="s">
+        <v>335</v>
+      </c>
+      <c r="P48" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>337</v>
+      </c>
+      <c r="B49" t="s">
         <v>338</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="D49" t="s">
         <v>53</v>
       </c>
       <c r="E49" t="s">
         <v>42</v>
       </c>
       <c r="F49" t="s">
         <v>114</v>
       </c>
       <c r="G49" t="s">
         <v>54</v>
       </c>
       <c r="H49">
         <v>2014</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
+        <v>341</v>
+      </c>
+      <c r="M49" t="s">
         <v>342</v>
       </c>
-      <c r="M49" t="s">
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
         <v>343</v>
       </c>
-      <c r="N49" t="s">
-[...2 lines deleted...]
-      <c r="O49" t="s">
+      <c r="P49" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>345</v>
+      </c>
+      <c r="B50" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="C50" t="s">
         <v>81</v>
       </c>
       <c r="D50" t="s">
         <v>82</v>
       </c>
       <c r="E50" t="s">
         <v>20</v>
       </c>
       <c r="F50" t="s">
         <v>21</v>
       </c>
       <c r="G50" t="s">
         <v>54</v>
       </c>
       <c r="H50">
         <v>2021</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>83</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50"/>
       <c r="M50"/>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>347</v>
+      </c>
+      <c r="P50" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>349</v>
+      </c>
+      <c r="B51" t="s">
         <v>350</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="D51" t="s">
         <v>53</v>
       </c>
       <c r="E51" t="s">
         <v>42</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2012</v>
       </c>
       <c r="I51">
         <v>2019</v>
       </c>
       <c r="J51" t="s">
         <v>44</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51" t="s">
+        <v>351</v>
+      </c>
+      <c r="M51" t="s">
         <v>352</v>
       </c>
-      <c r="M51" t="s">
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
         <v>353</v>
       </c>
-      <c r="N51" t="s">
-[...2 lines deleted...]
-      <c r="O51" t="s">
+      <c r="P51" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>355</v>
+      </c>
+      <c r="B52" t="s">
         <v>356</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="D52" t="s">
         <v>53</v>
       </c>
       <c r="E52" t="s">
         <v>42</v>
       </c>
       <c r="F52" t="s">
         <v>114</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
         <v>2013</v>
       </c>
       <c r="I52">
         <v>2020</v>
       </c>
       <c r="J52" t="s">
         <v>33</v>
       </c>
       <c r="K52" t="s">
         <v>62</v>
       </c>
       <c r="L52" t="s">
+        <v>358</v>
+      </c>
+      <c r="M52" t="s">
         <v>359</v>
       </c>
-      <c r="M52" t="s">
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
         <v>360</v>
       </c>
-      <c r="N52" t="s">
-[...2 lines deleted...]
-      <c r="O52" t="s">
+      <c r="P52" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>362</v>
+      </c>
+      <c r="B53" t="s">
         <v>363</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
         <v>364</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>138</v>
       </c>
       <c r="G53" t="s">
         <v>22</v>
       </c>
       <c r="H53">
         <v>2012</v>
       </c>
       <c r="I53">
         <v>2014</v>
       </c>
       <c r="J53" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="K53" t="s">
         <v>34</v>
       </c>
       <c r="L53" t="s">
+        <v>366</v>
+      </c>
+      <c r="M53" t="s">
         <v>367</v>
       </c>
-      <c r="M53" t="s">
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
         <v>368</v>
       </c>
-      <c r="N53" t="s">
-[...2 lines deleted...]
-      <c r="O53" t="s">
+      <c r="P53" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>370</v>
+      </c>
+      <c r="B54" t="s">
         <v>371</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
+        <v>178</v>
+      </c>
+      <c r="D54" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
       <c r="E54" t="s">
         <v>42</v>
       </c>
       <c r="F54" t="s">
         <v>43</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2015</v>
       </c>
       <c r="I54">
         <v>2016</v>
       </c>
       <c r="J54" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="K54" t="s">
+        <v>373</v>
+      </c>
+      <c r="L54" t="s">
         <v>374</v>
       </c>
-      <c r="L54" t="s">
+      <c r="M54" t="s">
         <v>375</v>
       </c>
-      <c r="M54" t="s">
+      <c r="N54" t="s">
         <v>376</v>
       </c>
-      <c r="N54" t="s">
+      <c r="O54" t="s">
         <v>377</v>
       </c>
-      <c r="O54" t="s">
+      <c r="P54" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">