--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -567,66 +567,69 @@
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
   <si>
     <t>LI 2451 Energy Commission (Energy Efficiency Standards and Labelling) (Storage Water Heaters) Regulations, 20</t>
   </si>
   <si>
     <t>These regulations apply to an electric storage water heater with a storage volume of not more than 500 litres, an electric instantaneous water heater, and a water heater with rated power not exceeding 70kW.</t>
   </si>
   <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>March 2023</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/li-2451-energy-commission-energy-efficiency-standards-and-labelling-storage-water-heaters</t>
   </si>
   <si>
     <t>https://www.energycom.gov.gh/regulation/regulation-and-codes</t>
   </si>
   <si>
-    <t>MELS for Water Heater</t>
+    <t>MELS for Water Heater (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for all regulated water heaters:</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-water-heater</t>
+    <t>https://cprc-clasp.ngo/policies/mels-water-heater-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
@@ -2451,886 +2454,886 @@
       </c>
       <c r="P24" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>183</v>
       </c>
       <c r="B25" t="s">
         <v>184</v>
       </c>
       <c r="C25" t="s">
         <v>185</v>
       </c>
       <c r="D25" t="s">
         <v>75</v>
       </c>
       <c r="E25" t="s">
         <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>43</v>
       </c>
       <c r="G25" t="s">
-        <v>54</v>
+        <v>186</v>
       </c>
       <c r="H25">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K25" t="s">
         <v>34</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N25" t="s">
         <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P25" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B26" t="s">
         <v>108</v>
       </c>
       <c r="C26" t="s">
         <v>109</v>
       </c>
       <c r="D26" t="s">
         <v>53</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>21</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
       <c r="H26">
         <v>2010</v>
       </c>
       <c r="I26">
         <v>2015</v>
       </c>
       <c r="J26" t="s">
         <v>110</v>
       </c>
       <c r="K26" t="s">
         <v>62</v>
       </c>
       <c r="L26" t="s">
         <v>111</v>
       </c>
       <c r="M26" t="s">
         <v>112</v>
       </c>
       <c r="N26" t="s">
         <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B27" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C27" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D27" t="s">
         <v>75</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>22</v>
       </c>
       <c r="H27">
         <v>2005</v>
       </c>
       <c r="I27">
         <v>2018</v>
       </c>
       <c r="J27" t="s">
         <v>102</v>
       </c>
       <c r="K27" t="s">
         <v>62</v>
       </c>
       <c r="L27" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M27" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="N27" t="s">
         <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="P27" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B28" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C28" t="s">
         <v>185</v>
       </c>
       <c r="D28" t="s">
         <v>75</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>54</v>
       </c>
       <c r="H28">
         <v>2025</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K28" t="s">
         <v>34</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="N28" t="s">
         <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C29" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D29" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E29" t="s">
         <v>42</v>
       </c>
       <c r="F29" t="s">
         <v>43</v>
       </c>
       <c r="G29" t="s">
         <v>54</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
       <c r="I29"/>
       <c r="J29" t="s">
         <v>102</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M29" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="N29" t="s">
         <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="P29" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B30" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C30" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D30" t="s">
         <v>75</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>22</v>
       </c>
       <c r="H30">
         <v>2008</v>
       </c>
       <c r="I30">
         <v>2011</v>
       </c>
       <c r="J30" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K30" t="s">
         <v>62</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="P30" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B31" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C31" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>119</v>
       </c>
       <c r="G31" t="s">
         <v>54</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K31" t="s">
         <v>155</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P31" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B32"/>
       <c r="C32" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D32" t="s">
         <v>75</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>54</v>
       </c>
       <c r="H32">
         <v>2018</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>154</v>
       </c>
       <c r="K32" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="L32" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M32" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E33" t="s">
         <v>42</v>
       </c>
       <c r="F33" t="s">
         <v>43</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2015</v>
       </c>
       <c r="I33">
         <v>2018</v>
       </c>
       <c r="J33" t="s">
         <v>142</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="P33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D34" t="s">
         <v>53</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>43</v>
       </c>
       <c r="G34" t="s">
         <v>54</v>
       </c>
       <c r="H34">
         <v>2017</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K34" t="s">
         <v>62</v>
       </c>
       <c r="L34" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M34" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="N34" t="s">
         <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="P34" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B35" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C35" t="s">
         <v>100</v>
       </c>
       <c r="D35" t="s">
         <v>53</v>
       </c>
       <c r="E35" t="s">
         <v>42</v>
       </c>
       <c r="F35" t="s">
         <v>43</v>
       </c>
       <c r="G35" t="s">
         <v>54</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>102</v>
       </c>
       <c r="K35" t="s">
         <v>62</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>104</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B36" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D36" t="s">
         <v>75</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>119</v>
       </c>
       <c r="G36" t="s">
         <v>22</v>
       </c>
       <c r="H36">
         <v>2018</v>
       </c>
       <c r="I36">
         <v>2018</v>
       </c>
       <c r="J36" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K36" t="s">
         <v>134</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="P36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C37" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D37" t="s">
         <v>75</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>119</v>
       </c>
       <c r="G37" t="s">
         <v>54</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="K37" t="s">
         <v>62</v>
       </c>
       <c r="L37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M37" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="P37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>54</v>
       </c>
       <c r="H38">
         <v>2016</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
         <v>120</v>
       </c>
       <c r="K38" t="s">
         <v>34</v>
       </c>
       <c r="L38"/>
       <c r="M38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="P38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C39" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>43</v>
       </c>
       <c r="G39" t="s">
         <v>54</v>
       </c>
       <c r="H39">
         <v>2017</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
         <v>120</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="N39" t="s">
         <v>36</v>
       </c>
       <c r="O39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C40" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D40" t="s">
         <v>53</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>101</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2014</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M40" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P40" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B41" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>42</v>
       </c>
       <c r="F41" t="s">
         <v>43</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>2012</v>
       </c>
       <c r="I41">
         <v>2019</v>
       </c>
       <c r="J41" t="s">
         <v>44</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M41" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="P41" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B42" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C42" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D42" t="s">
         <v>53</v>
       </c>
       <c r="E42" t="s">
         <v>42</v>
       </c>
       <c r="F42" t="s">
         <v>101</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2013</v>
       </c>
       <c r="I42">
         <v>2020</v>
       </c>
       <c r="J42" t="s">
         <v>33</v>
       </c>
       <c r="K42" t="s">
         <v>62</v>
       </c>
       <c r="L42" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M42" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="N42" t="s">
         <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="P42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">