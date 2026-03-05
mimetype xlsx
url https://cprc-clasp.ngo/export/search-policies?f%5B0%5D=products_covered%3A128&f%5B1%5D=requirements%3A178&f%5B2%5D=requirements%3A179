--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,506 +12,657 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (“Energy Labeling Rule”)</t>
   </si>
   <si>
+    <t>This policy covers dishwashers, furnaces, central air conditioners, heat pumps, room air conditioners, clothes washers, freezers, electric refrigerators, electric refrigerator-freezers, televisions, ceiling fans, and water heaters.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Televisions, Dishwashers, Washing Machines, Ceiling Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>16 CFR Part 305.8-19</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>CNS 11010-89: Electric Water Heaters</t>
   </si>
   <si>
+    <t>covers househod household electric storage water heaters with rated power consumption not exceeding 12 kW.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CNS 3263</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cns-11010-89-electric-water-heaters</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>CQC31-439133-2013. CQC Mark Certification - Heat pump water heater</t>
   </si>
   <si>
+    <t>Applies to air-source motor heat pump water heater with the hot water providing as a main purpose. Does not apply to water-source heat pump water heaters</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29541-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439133-2013-cqc-mark-certification-heat-pump-water-heater</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492738.shtml</t>
+  </si>
+  <si>
     <t>CQC31-448173-2018. CQC Mark Certification Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>Applies to Domestic Electric Storage Water Heaters</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 21519-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-448173-2018-cqc-mark-certification-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492757.shtml</t>
+  </si>
+  <si>
     <t>CQC61-448261-2012. CQC Mark Certification - Domestic Solar Water Heating Systems</t>
   </si>
   <si>
+    <t>Applies to domestic solar water heating systems with storage tanks smaller than 0.6 m3</t>
+  </si>
+  <si>
     <t>GB 26969-2011; GB/T 19141-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc61-448261-2012-cqc-mark-certification-domestic-solar-water-heating-systems</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492677.shtml</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Boiling Water Heaters; No. En-Tech 10205017171</t>
   </si>
   <si>
+    <t>This policy specifies the requirements for tank boiling water heaters applying for Energy Label Certification. It applies to products of single-phase AC power supply with voltage below 250 V, with storage capacity under 500 L.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Method as described in policy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=53</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The qualified heaters shall be as defined in CNS 11010 or recognized by the Bureau of Energy of MOEA as Storage Tank Water Heaters.</t>
+  </si>
+  <si>
     <t>CNS 11010</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=23</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Label Qualified Air Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>Air Source Heat Pump Water Heaters shall meet the requirements of CNS 15466; or be recognized by Bureau of Energy MOEA.</t>
+  </si>
+  <si>
     <t>CNS 15466</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-label-qualified-air-source-heat-pump-water</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=46</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>Storoge water heater</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Commercial Water Heaters Version 2.0</t>
   </si>
   <si>
+    <t>Only products that meet the definition of a commercial water heater as specified in the policy document and which are marketed for sale in the commercial market are eligible for ENERGY STAR certification. The following products are not eligible for certification under this specification: oil fired water heaters, combined heating/cooling and hot water systems, and storage water heaters with greater than 140 gallons of capacity (heat pump water heaters designed to operate in conjunction with tanks or storage type water heaters are exempt from this exclusion).</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 431.106</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-commercial-water-heaters-version-20</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters/commercial_water_heaters/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Water Heaters Version 3.2</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Residential Water Heater as specified in the policy document are eligible for ENERGY STAR certification, with exception of: electric resistance water heaters, add-on heat pump units, products intended only for commercial applications, and combination space-heating and water-heating appliances.</t>
+  </si>
+  <si>
     <t>Electricity, Gas, Solar</t>
   </si>
   <si>
     <t>10 CFR Part 430 Subpart B Appendix E; 10 CFR Part 431 Subpart G; SRCC OG-300</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-water-heaters-version-32</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/water_heaters_partners/partners</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>Greenmark N101 - Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank water heaters which meet the definition of CNS 11010. The thermal insulation material for the products water storage tank shall be non-combustible material. For the products surface coating material; its content of cadmium; lead; hexavalent chromium; and mercury shall be below the regulatory limits.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n101-electric-storage-tank-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/101/28941bbd-ace3-4a3b-acb0-b017cdd091cd.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N111 - Electric Storage Tank Boiling Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric storage tank boiling water heaters which meet the definition of CNS 12623. The product shall be equipped with a consumer-controllable timer switch.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n111-electric-storage-tank-boiling-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/111/5a75e4a3-8288-41e6-9257-63a0550f446f.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N132 - Air-Source Heat Pump Water Heaters</t>
   </si>
   <si>
+    <t>This standard is applicable to air source heat pump water heaters which meet the definition of CNS 15466.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n132-air-source-heat-pump-water-heaters</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/132/b9664474-5775-4ba5-93b0-a35808d064d8.pdf</t>
+  </si>
+  <si>
     <t>Greenmark N54 - Natural-Convection Solar Water Heater</t>
   </si>
   <si>
+    <t>Applies to solar water heaters operating based on natural convection principle; including both the direct and indirect heating types.   -Based on the test conditions and method stated in the latest version of the Chinese National Standard the product shall have a measured energy efficiency equals to or greater than 55 percent;    -For the indirect-heating type product the heating medium and insulation material and their manufacturing process shall not contain or use substances promulgated and controlled by the Environmental Protection Administration of the Executive Yuan.    In addition the heating medium shall not contain halogenated organic compounds and the insulation material shall not contain substances controlled by the Montreal Protocol.</t>
+  </si>
+  <si>
     <t>Chinese National Standard, the product shall have a measured energy efficiency equals to or greater than 55%</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n54-natural-convection-solar-water-heater</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/green-life/file/CriteriaNoPDF/54.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Solar Water Heating</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for solar collectors and thermal reservoirs.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-solar-water-heating</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Resolución 40234 de marzo de 2017: Por la cual se modifican y aclaran algunas excepciones para la aplicación del Anexo General de la Resolución 41012 del 18 de septiembre de 2015 “Reglamento Técnico de Etiquetado – RETIQ.</t>
   </si>
   <si>
+    <t>This Regulation covers Gas-burning domestic stove tops and ovens,Air conditioning systems with a condenser cooled by air or water - with one or more points of exit for flows of cooled air,Air conditioning systems contained within a box - designed as a unit to be installed in a window or through a wall , Equipment to clean and rinse textiles using water. May also have a way of extracting excess water from textiles., Electronic and electromagnetic ballasts for tubular fluorescent lighting , Electronic and electromagnetic ballasts for tubular fluorescent lighting , Single-phase electric motors for 60 Hz with rated voltage up to 240V and nominal power from 0.18 kW to 1.5 kW, Three-phase electric induction motors type squirrel cage for 60 Hz with nominal voltage up to 600 V and nominal power of 0.18 kW to 373 kW, Commercial refrigerators and freezers , Domestic refrigerators and freezers , Residential instantaneous-type gas water heaters , Residential storage-type electric water heaters  and Residential storage-type gas water heaters</t>
+  </si>
+  <si>
     <t>Colombia</t>
   </si>
   <si>
     <t>Ovens, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>Etiquetado Energetico Colombia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolucion-40234-de-marzo-de-2017-por-la-cual-se-modifican-y-aclaran-algunas-excepciones</t>
   </si>
   <si>
+    <t>http://www.etiquetaenergetica.gov.co/wp-content/uploads/2015/09/ANEXO-RETIQ_Septiembre2015-pdf.pdf</t>
+  </si>
+  <si>
     <t>Schedule 23 - Standards and Labelling of Solar Water Heaters</t>
   </si>
   <si>
+    <t>This schedule specifies the energy labelling requirement for Solar Water Heaters (SWH) imported or sold in India for water heating and similar use. The schedule covers all types of thermosyphon based solar water heaters up to 500Liters storage capacity.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IS 16368:2015, IS 12933 part-1:2003, IS 16544: 2015, IS 16543: 2016</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-23-standards-and-labelling-solar-water-heaters</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/schedule_solar_water_heater.pdf</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>UNIT 1157:2011 Electric storage water heaters for domestic use - Specifications and labeling</t>
   </si>
   <si>
+    <t>This standard establishes the methodology for the classification of storage electric water heaters for domestic use according to their energy performance, test methods and the characteristics of the energy efficiency label.</t>
+  </si>
+  <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT-IEC 60379:1987, UNIT-NM 60335-1:2010, UNIT-IEC 60335-2-21:2006</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11572011-electric-storage-water-heaters-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
+    <t>http://www.eficienciaenergetica.gub.uy/doc/etiquetado/unit/UNIT%201157%20-%20Eficiencia%20Energ%C3%A9tica.%20Calentadores%20de%20agua%20el%C3%A9ctricos%20de%20acumulaci%C3%B3n.%20Especificaciones%20y%20etiquetado.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -775,1185 +926,1338 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N25"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="261" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="261.793" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1232.699" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="255.938" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1980</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2019</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>1989</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>44</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2002</v>
+      </c>
+      <c r="I4">
+        <v>2014</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2002</v>
+      </c>
+      <c r="I5">
+        <v>2018</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>53</v>
+      </c>
+      <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2002</v>
+      </c>
+      <c r="I6">
+        <v>2012</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K7" t="s">
+        <v>64</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...23 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...7 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2008</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>44</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2008</v>
+      </c>
+      <c r="I9">
+        <v>2013</v>
+      </c>
+      <c r="J9" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="K9" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...67 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>78</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>79</v>
+      </c>
+      <c r="P9" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>44</v>
       </c>
-      <c r="L5" t="s">
-[...205 lines deleted...]
-        <v>2012</v>
+      <c r="G10" t="s">
+        <v>22</v>
       </c>
       <c r="H10">
         <v>2012</v>
       </c>
-      <c r="I10" t="s">
-        <v>30</v>
+      <c r="I10">
+        <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="K10" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="L10" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N10" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>84</v>
+      </c>
+      <c r="P10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>66</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>67</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>44</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
       </c>
       <c r="H11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-        <v>68</v>
+      <c r="I11">
+        <v>2015</v>
       </c>
       <c r="J11" t="s">
-        <v>31</v>
+        <v>89</v>
       </c>
       <c r="K11" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="L11" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>91</v>
       </c>
       <c r="N11" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="B12" t="s">
-        <v>73</v>
+        <v>95</v>
       </c>
       <c r="C12" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>97</v>
       </c>
       <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>44</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>98</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>44</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>105</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>100</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>111</v>
+      </c>
+      <c r="D14" t="s">
+        <v>33</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>34</v>
+      </c>
+      <c r="G14" t="s">
+        <v>112</v>
+      </c>
+      <c r="H14">
+        <v>1984</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>35</v>
+      </c>
+      <c r="K14" t="s">
+        <v>36</v>
+      </c>
+      <c r="L14" t="s">
+        <v>113</v>
+      </c>
+      <c r="M14" t="s">
+        <v>114</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>115</v>
+      </c>
+      <c r="P14" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>44</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2008</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
         <v>37</v>
       </c>
-      <c r="F12" t="s">
-[...23 lines deleted...]
-      <c r="N12" t="s">
+      <c r="M15" t="s">
         <v>78</v>
       </c>
-    </row>
-[...90 lines deleted...]
-      <c r="B15" t="s">
+      <c r="N15" t="s">
         <v>27</v>
       </c>
-      <c r="C15" t="s">
-[...11 lines deleted...]
-      <c r="G15">
+      <c r="O15" t="s">
+        <v>119</v>
+      </c>
+      <c r="P15" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>121</v>
+      </c>
+      <c r="B16" t="s">
+        <v>122</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>44</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
         <v>2008</v>
       </c>
-      <c r="H15">
-[...8 lines deleted...]
-      <c r="K15" t="s">
+      <c r="I16">
+        <v>2014</v>
+      </c>
+      <c r="J16" t="s">
+        <v>35</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>78</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>123</v>
+      </c>
+      <c r="P16" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>125</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
         <v>32</v>
       </c>
-      <c r="L15" t="s">
-[...13 lines deleted...]
-      <c r="B16" t="s">
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>78</v>
+      </c>
+      <c r="N17" t="s">
         <v>27</v>
       </c>
-      <c r="C16" t="s">
-[...76 lines deleted...]
-    <row r="18" spans="1:14">
+      <c r="O17" t="s">
+        <v>127</v>
+      </c>
+      <c r="P17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
-        <v>27</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E18" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>44</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2012</v>
       </c>
-      <c r="I18" t="s">
-        <v>30</v>
+      <c r="I18">
+        <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="K18" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="L18" t="s">
-        <v>61</v>
+        <v>131</v>
       </c>
       <c r="M18" t="s">
-        <v>24</v>
+        <v>78</v>
       </c>
       <c r="N18" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>132</v>
+      </c>
+      <c r="P18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>134</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>136</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>112</v>
+      </c>
+      <c r="H19">
+        <v>2012</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>35</v>
+      </c>
+      <c r="K19" t="s">
         <v>98</v>
       </c>
-      <c r="B19" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="L19" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="M19" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="N19" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>139</v>
+      </c>
+      <c r="P19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="C20" t="s">
-        <v>28</v>
+        <v>143</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E20" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-      <c r="H20">
+        <v>44</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20">
         <v>2010</v>
       </c>
-      <c r="I20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>64</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="N20" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:14">
+        <v>146</v>
+      </c>
+      <c r="O20" t="s">
+        <v>147</v>
+      </c>
+      <c r="P20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>109</v>
+        <v>149</v>
       </c>
       <c r="B21" t="s">
-        <v>110</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
-        <v>111</v>
+        <v>151</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>152</v>
       </c>
       <c r="E21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G21">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2015</v>
       </c>
-      <c r="H21">
+      <c r="I21">
         <v>2018</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
+        <v>153</v>
+      </c>
+      <c r="K21" t="s">
+        <v>98</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>154</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>155</v>
+      </c>
+      <c r="P21" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>157</v>
+      </c>
+      <c r="B22" t="s">
+        <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>160</v>
+      </c>
+      <c r="G22" t="s">
         <v>112</v>
       </c>
-      <c r="J21" t="s">
-[...32 lines deleted...]
-      <c r="G22">
+      <c r="H22">
         <v>2019</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="K22" t="s">
-        <v>118</v>
+        <v>64</v>
       </c>
       <c r="L22" t="s">
-        <v>119</v>
+        <v>161</v>
       </c>
       <c r="M22" t="s">
-        <v>120</v>
+        <v>162</v>
       </c>
       <c r="N22" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>163</v>
+      </c>
+      <c r="O22" t="s">
+        <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>122</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>123</v>
+        <v>167</v>
       </c>
       <c r="C23" t="s">
-        <v>28</v>
+        <v>168</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E23" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F23" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>44</v>
+      </c>
+      <c r="G23" t="s">
+        <v>112</v>
+      </c>
+      <c r="H23">
         <v>2017</v>
       </c>
-      <c r="H23"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I23"/>
       <c r="J23" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>169</v>
+      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="N23" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>127</v>
+        <v>173</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>174</v>
       </c>
       <c r="C24" t="s">
-        <v>28</v>
+        <v>175</v>
       </c>
       <c r="D24" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E24" t="s">
-        <v>129</v>
+        <v>20</v>
       </c>
       <c r="F24" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="G24">
+        <v>176</v>
+      </c>
+      <c r="G24" t="s">
+        <v>112</v>
+      </c>
+      <c r="H24">
         <v>2008</v>
       </c>
-      <c r="H24"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I24"/>
       <c r="J24" t="s">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="K24" t="s">
-        <v>131</v>
+        <v>177</v>
       </c>
       <c r="L24" t="s">
-        <v>132</v>
+        <v>178</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="N24" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
-        <v>28</v>
+        <v>184</v>
       </c>
       <c r="D25" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="E25" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2007</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2011</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="K25" t="s">
-        <v>136</v>
+        <v>36</v>
       </c>
       <c r="L25" t="s">
-        <v>137</v>
+        <v>185</v>
       </c>
       <c r="M25" t="s">
-        <v>24</v>
+        <v>186</v>
       </c>
       <c r="N25" t="s">
-        <v>138</v>
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>187</v>
+      </c>
+      <c r="P25" t="s">
+        <v>188</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>