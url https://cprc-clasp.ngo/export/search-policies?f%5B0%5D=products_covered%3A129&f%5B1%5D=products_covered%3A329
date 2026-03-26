--- v0 (2025-12-14)
+++ v1 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="647">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="648">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1101,69 +1101,69 @@
   <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
     <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
   </si>
   <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
     <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for freezers and refrigerators</t>
   </si>
   <si>
     <t>Seychelles</t>
   </si>
   <si>
     <t>Freezers-only, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-and-labeling-schemes-freezers-and-refrigerators</t>
   </si>
   <si>
     <t>http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+applia----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%21 ,----http://www.seychellesnewsagency.com/articles/8216/Seychelles+mandates+new+appliances+to+meet+energy+efficient+standards+in+%20, http://www.seychellesnewsagency.com/articles/10688/Pro-environment+legislation+in+Seychelles+will+demand+energy+efficient+appli</t>
   </si>
   <si>
     <t>MEPS and labeling schemes for refrigerators, refrigerator-freezers and freezers</t>
   </si>
@@ -1903,63 +1903,66 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-3-2020-labeling-energy-efficiency-label-electrical-appliances-part-3-household</t>
   </si>
   <si>
     <t>https://members.wto.org/crnattachments/2020/TBT/ARE/20_4362_00_e.pdf</t>
   </si>
   <si>
     <t>UNIT 1138:2011 Eficiencia energética – Aparatos de refrigeración eléctricos de uso doméstico – Especificaciones y etiquetado</t>
   </si>
   <si>
     <t>This standard specifies MEPS and labeling requirements for household refrigerators, freezers, refrigerator-freezers.</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>UNIT IEC 62552:2007, UNIT NM 60335-1:2010, IEC 69335-2-24:2002</t>
   </si>
   <si>
     <t>Ministerio de Industria, Energía y Minería</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/unit-11382011-eficiencia-energetica-aparatos-de-refrigeracion-electricos-de-uso-domestico</t>
   </si>
   <si>
+    <t>https://www.gub.uy/ministerio-industria-energia-mineria/sites/ministerio-industria-energia-mineria/files/2025-04/UNIT%201138%202011%20-%20Eficiencia%20Energetica.%20Aparatos%20de%20refrigeracion%20electricos%20de%20uso%20domestico.%20Especificaciones%20y%20etiquetado.pdf</t>
+  </si>
+  <si>
+    <t>UNIT 1138:2011 Electric refrigeration appliances for domestic use – Specifications and labeling</t>
+  </si>
+  <si>
+    <t>This standard establishes the methodology for the classification of refrigeration according to their energy performance, the test methods and the characteristics of the energy efficiency label. This standard applies to the following electrical appliances for domestic use: refrigerators with or without a frozen food storage compartment, refrigerator-freezer, appliances for storing frozen food and freezers, frost-free or not.</t>
+  </si>
+  <si>
+    <t>UNIT-IEC 62552:2007, UNIT-NM 60335-1:2010, IEC 60335-2-24:2002</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
+  </si>
+  <si>
     <t>http://www.eficienciaenergetica.gub.uy/documents/20182/26296/UNIT+1138+2011+-+Eficiencia+Energetica.+Aparatos+de+refrigeracion+electricos+de+uso+domestico.+Especificaciones+y+etiquetado.pdf/321fe07a-6a3f-471b-8b41-7d5f7ce19861</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/policies/unit-11382011-electric-refrigeration-appliances-domestic-use-specifications-and-labeling</t>
   </si>
   <si>
     <t>US900-1-2011 Performance of household electrical appliances refrigerating appliances- Part 1 Energy labeling and MEPs requirements</t>
   </si>
   <si>
     <t>This Uganda Standard specifies the energy labeling and Minimum Energy Performance Standard requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of US 900-2. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>US900-2:2011</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us900-1-2011-performance-household-electrical-appliances-refrigerating-appliances-part-1</t>
   </si>
   <si>
     <t>https://webstore.unbs.go.ug/store.php?src=539&amp;preview</t>
   </si>
   <si>
     <t>VC 9008</t>
   </si>
@@ -4779,51 +4782,51 @@
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>361</v>
       </c>
       <c r="B51" t="s">
         <v>362</v>
       </c>
       <c r="C51" t="s">
         <v>363</v>
       </c>
       <c r="D51" t="s">
         <v>364</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>43</v>
       </c>
       <c r="G51" t="s">
         <v>71</v>
       </c>
       <c r="H51">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I51"/>
       <c r="J51" t="s">
         <v>365</v>
       </c>
       <c r="K51" t="s">
         <v>34</v>
       </c>
       <c r="L51"/>
       <c r="M51" t="s">
         <v>366</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
         <v>367</v>
       </c>
       <c r="P51" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
         <v>369</v>
@@ -7009,149 +7012,149 @@
       <c r="H97">
         <v>2008</v>
       </c>
       <c r="I97">
         <v>2011</v>
       </c>
       <c r="J97" t="s">
         <v>63</v>
       </c>
       <c r="K97" t="s">
         <v>34</v>
       </c>
       <c r="L97" t="s">
         <v>630</v>
       </c>
       <c r="M97" t="s">
         <v>625</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
         <v>631</v>
       </c>
       <c r="P97" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="B98" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C98" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D98" t="s">
         <v>61</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>125</v>
       </c>
       <c r="G98" t="s">
         <v>71</v>
       </c>
       <c r="H98">
         <v>2011</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>44</v>
       </c>
       <c r="K98" t="s">
         <v>34</v>
       </c>
       <c r="L98" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="M98" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="N98" t="s">
         <v>36</v>
       </c>
       <c r="O98" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="P98" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B99" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C99" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D99" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E99" t="s">
         <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>125</v>
       </c>
       <c r="G99" t="s">
         <v>22</v>
       </c>
       <c r="H99">
         <v>2012</v>
       </c>
       <c r="I99">
         <v>2014</v>
       </c>
       <c r="J99" t="s">
         <v>279</v>
       </c>
       <c r="K99" t="s">
         <v>34</v>
       </c>
       <c r="L99" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="M99" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="P99" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">