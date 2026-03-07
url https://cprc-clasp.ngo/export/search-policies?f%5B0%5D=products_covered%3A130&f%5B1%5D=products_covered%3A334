--- v0 (2025-10-14)
+++ v1 (2026-03-07)
@@ -12,1154 +12,1603 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="341">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="482">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-2</t>
   </si>
   <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2023/2534 of 13 July 2023 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>February 2024</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20232534-13-july-2023-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/eli/reg_del/2023/2534/oj</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2023/2533 of 17 November 2023 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble dryers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2030.</t>
+  </si>
+  <si>
     <t>European Commission - DG Energy----European Commission - DG Enterprise</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20232533-17-november-2023-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=OJ%3AL_202302533&amp;amp%3Bqid=1700646701114</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 932/2012 of 3 October 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-9322012-3-october-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/932/contents</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-372111-2021. Water Conservation Certification Rules for WC Pan</t>
   </si>
   <si>
+    <t>Apply to WC pan</t>
+  </si>
+  <si>
     <t>GB 25502-2017; GB 28377-2019; GB 30717-2019; GB 38448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-372111-2021-water-conservation-certification-rules-wc-pan</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39491</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC32-432411-2016. Water Conservation Certification Rules for Flush Valve</t>
   </si>
   <si>
+    <t>Apply to flush valve</t>
+  </si>
+  <si>
     <t>GB 28379-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432411-2016-water-conservation-certification-rules-flush-valve</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-30/492659.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432414-2009. Water Conservation Certification Rules for Valves with Screwed Connections for Water-Heating System</t>
   </si>
   <si>
+    <t>Apply to valves with screwed connections for water-heating system</t>
+  </si>
+  <si>
     <t>GB/T 8464-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432414-2009-water-conservation-certification-rules-valves-screwed-connections-water</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492612.shtml</t>
+  </si>
+  <si>
     <t>CQC32-432421-2021. Water Conservation Certification Rules for Faucets</t>
   </si>
   <si>
+    <t>Apply to faucets</t>
+  </si>
+  <si>
     <t>GB 25501-2019; GB 18145-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-432421-2021-water-conservation-certification-rules-faucets</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39490</t>
+  </si>
+  <si>
     <t>CQC32-439154-2022 Water Conservation Certification Rules for Drinking Water Treatment Purifiers</t>
   </si>
   <si>
+    <t>This policy contains water conservation certification rules for drinking water treatment purifiers. It applies small water purifiers used in households or similar places with municipal tap water or other centralized raw water supplier and uses reverse osmosis membrane or nanofiltration membrane as the main purification element. It does not apply to large water purifiers with length, width, or height ≥2000 mm; mass ≥100 kg and net water flow ≥3 L/min.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB34914-2021</t>
   </si>
   <si>
     <t>China Quality Certification Centre</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-439154-2022-water-conservation-certification-rules-drinking-water-treatment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2022-03-22/529526.shtml</t>
+  </si>
+  <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>CWL 02-2021 Water purifiers</t>
   </si>
   <si>
     <t>GB 34914-2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2021-water-purifiers</t>
   </si>
   <si>
+    <t>https://www.ndrc.gov.cn/xxgk/zcfb/ghxwj/202112/P020211213405201806707.pdf</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Conservation (Regulated Goods and Registered Suppliers) Regulations 2017</t>
+  </si>
+  <si>
+    <t>This regulation specifies the MEPS and labeling requirements for air‑conditioners; single-phase clothes dryers; single-phase lamps; ballasts for fluorescent lamps; single-phase refrigerators without freezers, refrigerators with freezers, and refrigerators with freezers and through-the-door ice dispensers; single‑phase televisions; and single speed three-phase 50 Hz induction motors.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Televisions, Clothes Dryers, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Single-phase non-ducted room air conditioners: ISO 5151:2017,  ISO 15042:2017
 ,   
                     Refrigerators: ISO 15502:2005; IEC 62552:2007
 ,   
                     Clothes Dryers: IEC 61121:2005
 ,   
                     Televisions: IEC 62087:2008
 ,   
                     General Lighting: CIE 84:1989; IEC 60064
 ,   
                     Three-phase VRF air-conditioners: ISO 15042:2017
 ,   
                     Three-phase induction motors: IEC 60032:2014</t>
   </si>
   <si>
     <t>Minister for the Environment and Water Resources </t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-regulated-goods-and-registered-suppliers-regulations-2017</t>
   </si>
   <si>
+    <t>https://sso.agc.gov.sg/Act/ECA2012/Uncommenced/20171227?ValidDt=20180101&amp;ViewType=Sl</t>
+  </si>
+  <si>
     <t>Energy Conservation Label - Clothes Dryers</t>
   </si>
   <si>
+    <t>Clothes Dryer</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>The Energy Factor (EF) for Energy Label qualified clothes dryer products shall be measured under the test conditions and methodology approved by the energy regulating competent authority, and shall have a measured value of greater than 1.7 kg (clothes dried)/kWh.</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-label-clothes-dryers</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=2</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Clothes Dryers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definition of an Electric Clothes Dryer or Gas Clothes Dryer, and the definition of a consumer product, as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of: Commercial Clothes Dryers, Water-Cooled Ventless Clothes Dryers, Combination Allin-One Washer-Dryers, and Residential Clothes Washers with an Optional Dry Cycle.</t>
+  </si>
+  <si>
     <t>United States of America*, Canada</t>
   </si>
   <si>
     <t>10 CFR 430, Subpart B, Appendix D2</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-clothes-dryers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/clothes_dryers/partners</t>
+  </si>
+  <si>
     <t>ETA 0804 - Specifications for the assignment of ANQIP water efficiency labels to toilet flush cisterns (V. 4)</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Simple flush toilets, gravity type; - Dual flush cisterns, gravity type; - Double-acting flush toilets (with discharge interruption), gravity type. Conditions for the attribution of water efficiency labels to cisterns are available in Table 1 page 3 of the document.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0804-specifications-assignment-anqip-water-efficiency-labels-toilet-flush-cisterns-v-4</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0804_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 25501-2019 Minimum allowable values of water efficiency and water efficiency grades for faucets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grades and test methods for faucets. It is applicable to the water efficiency evaluation of washbasin faucets, kitchen faucets, bidgets faucets and ordinary washing faucets that are installed at ends of cold and hot water supply pipelines in buildings, with nominal pressure (static pressure) of not greater than 1.0 MPa and medium temperature of 4℃~ 90℃.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25501-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94003A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 34914-2021 Minimum allowable values of water efficiency and water efficiency grades for water purifiers</t>
+  </si>
+  <si>
+    <t>This standard specifies the water efficiency grades, technical requirements, and test methods for water purifiers. This standard applies to small water purifiers that use municipal tap water or other centralized water supply as raw water and use reverse osmosis membrane or nanofiltration membrane as the main purification element for use in households or similar places. This standard does not apply to large-scale water purifiers with a length or width or height greater than 2000mm, heavier than 100kg, or net water flow greater than 3L/min.</t>
   </si>
   <si>
     <t>GB 8538
 ,   
                     GB/T 5750
 ,   
                     GB 34914-2021</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-34914-2021-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=D275887A54507721E05397BE0A0AFB27</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
+  </si>
+  <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
+- Drying Performance
+- Energy Consumption
+- Water Usage
+- Program Time
+- Drying Uniformity
+- Condensation Efficiency
+- Noise Level
+- Off/Standby Power
+- Fluffiness Performance
+- Wrinkle Removal Performance
+- Washing Performance for Washer-Dryer Combo Machines
+- Washing-Drying Performance
+- Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Rotary Clothes Dryers) Determination 2015</t>
   </si>
   <si>
+    <t>Electric rotary clothes dryers intended for household and similar use. It does not specify safety requirements. Examples of appliances covered by this Standard include vented dryers, condenser dryers and the drying function of combination washer/dryer units.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 2442.1:1996 AS/NZS 2442:2: 2000</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-rotary-clothes-dryers-determination-2015</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2015L01828</t>
+  </si>
+  <si>
     <t>Greenmark N70 - Electric Clothes Dryers</t>
   </si>
   <si>
+    <t>This standard is applicable to the electric clothes dryers; which meet the definition of CNS 4673</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n70-electric-clothes-dryers</t>
   </si>
   <si>
+    <t>http://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/70/bf405016-8728-4836-b440-0948958ef7ec.pdf</t>
+  </si>
+  <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>JS 61121:2012 Tumble dryers for household use - Methods for measuring the performance</t>
   </si>
   <si>
+    <t>This policy covers household electric tumble dryers of the automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>JS 2096</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-611212012-tumble-dryers-household-use-methods-measuring-performance</t>
   </si>
   <si>
+    <t>http://www.jsmo.gov.jo/en/EServices/Standards/Pages/stdDetails.aspx?mfn=5293</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>MELS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy labeling scheme (MELS) requirements for clothes dryers with a rated capacity of up to 10kg.
+Energy Consumption (EC) per wash in kWh (all clothes dryers)
+- 1 tick: NA
+- 2 tick: Rated capacity x 0.55 ≥ EC &gt; Rated capacity x 0.45
+- 3 tick: Rated capacity x 0.45 ≥ EC &gt; Rated capacity x 0.37
+- 4 tick: Rated capacity x 0.37 ≥ EC &gt; Rated capacity x 0.30
+- 5 tick: Rated capacity x 0.30 ≥ EC
+Rated Capacity means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile.</t>
+  </si>
+  <si>
     <t>IEC 61121:2005 with amendment 1</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance requirements for clothes dryers with a rated capacity of https://www.nea.gov.sg/up to 10kg. The revised 2022 MEPS are: EC ≤ [Rated Capacity x 0.55], where “Rated Capacity” means the mass in kilograms of a particular type of dry textiles which, according to the instructions of the manufacturer of the clothes dryer, can be treated in a particular drying program suitable for drying the particular type of dry textile and “EC” means Energy Consumption in kWh per wash.</t>
+  </si>
+  <si>
     <t>IEC1 61121:2005 with amendment 1, Section 9.2.1: Drying tests general</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>MS: 207: 2013 Energy efficiency and labelling requirements-Household Tumble driers</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for household tumble driers</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>MS 207</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-207-2013-energy-efficiency-and-labelling-requirements-household-tumble-driers</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-681/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Resolution No. 6 - Labeling for Clothes Dryers</t>
   </si>
   <si>
+    <t>This policy specifies labeling requirements for clothes dryers.</t>
+  </si>
+  <si>
     <t>Chile</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IEC 61121:2012-04</t>
   </si>
   <si>
     <t>Ministry of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/resolution-no-6-labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.bcn.cl/leychile/navegar?idNorma=1100325</t>
+  </si>
+  <si>
     <t>SASO 2883:2017 MEPS and labeling schemes for clothes dryers</t>
   </si>
   <si>
+    <t>This standard applies to clothes dryers with capacities up to 25 kg (condenser and airvented). Household spin extractors are excluded from this standard</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28832017-meps-and-labeling-schemes-clothes-dryers</t>
   </si>
   <si>
+    <t>https://saso.gov.sa/ar/mediacenter/events/Pages/default.aspx</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
+    <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
+  </si>
+  <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-004-2016-em-measures-efficient-use-energy</t>
   </si>
   <si>
+    <t>http://busquedas.elperuano.com.pe/normaslegales/decreto-supremo-que-aprueba-medidas-para-el-uso-eficiente-de-decreto-supremo-n-004-2016-em-1344833-2/</t>
+  </si>
+  <si>
     <t>Supreme Decree No. 009-2017-EM Technical Regulation on the Labeling of Energy Efficiency to Energy Products.</t>
   </si>
   <si>
+    <t>This decree specifies labeling requirements for lamps for domestic use, ballasts for fluorescent lamps, refrigeration appliances, boilers, electric motors, clothes washers, drum dryers, air conditioning equipment, calculation method for air conditioners, gas and electric storage water heaters, and gas and electric instantaneous water heaters.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/supreme-decree-no-009-2017-em-technical-regulation-labeling-energy-efficiency-energy</t>
   </si>
   <si>
+    <t>http://www.minem.gob.pe/_legislacionM.php?idSector=12&amp;idLegislacion=11301Panama</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
                     TIS 2067, TIS 1278 (faucets for wash basins)
 ,   
                     TIS 2067, TIS 1377 (self-closing faucets for wash basins)
 ,   
                     TIS 2147 (automatic faucets for sanitary wares)
 ,   
                     TIS 2066, TIS 1187 (shower units)
 ,   
                     TIS 1497 (rinsing sprays)
 ,   
                     TIS 1094 (flush valves for urinals)
 ,   
                     TIS 1093 (flush valves for toilets)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-faucets-and-water-saving-equipment-tgl-11-r3-17</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-11-R3-17.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>UAE.S 5010-2:2013 – Labeling – Energy efficiency label for electrical appliances Part 2: Washing Machines and Dryers</t>
   </si>
   <si>
+    <t>This regulation deals with methods for measuring the energy and water consumption of clothes washing machines for household use, with or without heating devices and for cold and/or hot water supply. It also deals with appliances for water extraction by centrifugal force and is applicable to appliances for both washing and drying textiles (washer-dryers). This standard also applies to household electric tumble dryers, automatic and non-automatic type, with or without a cold water supply and incorporating a heating device.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>IEC 60456 /2010</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-22013-labeling-energy-efficiency-label-electrical-appliances-part-2-washing</t>
   </si>
   <si>
+    <t>http://www.puntofocal.gov.ar/notific_otros_miembros/are119_t.pdf</t>
+  </si>
+  <si>
     <t>VC 9008</t>
   </si>
   <si>
+    <t>This compulsory specification covers energy efficiency requirements and energy efficiency labeling of the following electrical and electronic appliances: air conditioners not exceeding 7.1KW cooling capacity, audio and video equipment including television sets (not covered by labeling), dishwashers, electric ovens, refrigerators, freezers, tumble dryers, washer dryers, and washing machines.</t>
+  </si>
+  <si>
     <t>South Africa</t>
   </si>
   <si>
     <t>Televisions, Set Top Boxes (STB), Ovens, Dishwashers, Clothes Dryers, Washer and Dryers, Washing Machines, Room ACs - Stationary ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>SANS 941:2014</t>
   </si>
   <si>
     <t>National Regulator for Compulsory Specification (NRCS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/vc-9008</t>
   </si>
   <si>
+    <t>https://www.nrcs.org.za/CompulsarySpecExtended/VC%209008%20Supplement.pdf</t>
+  </si>
+  <si>
     <t>Voluntary Labelling of Electrical Appliances</t>
   </si>
   <si>
+    <t>The voluntary scheme covers the following electrical appliances: room air conditioners, washing machines, electric lamps, and tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines, Directional Lamps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/voluntary-labelling-electrical-appliances</t>
   </si>
   <si>
+    <t>https://eemo.govmu.org/Pages/Labelling%20of%20appliances/Voluntary_labelling.pdf#search=Voluntary%20labelling%20of%20Electrical%20Appliance</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® High-Efficiency Lavatory Faucet Specification</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for high-efficiency lavatory faucets and faucet accessories under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to lavatory faucets, lavatory faucet accessories specifically designed to control the flow of water, and any other lavatory faucet technologies that meet these performance specifications. This specification applies to lavatory faucets in private use, such as in residences, and private</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>16 CFR 305.11; ASME A112.18.1/CSA B125.1 and NSF/ANSI Standard 61</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-high-efficiency-lavatory-faucet-specification</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-faucets.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
   </si>
   <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Tank-Type Toilets Version 1.2</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a tank-type high-efficiency toilet under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. It is applicable to: • Single-flush, tank-type gravity toilets; • Dual-flush, tank-type gravity toilets; • Dual-flush, tank-type flushometer tank (pressure-assist) toilets</t>
+  </si>
+  <si>
     <t>ASME A112.19.2/CSA B45.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-tank-type-toilets-version-12</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-toilets.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1423,3355 +1872,3818 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N77"/>
+  <dimension ref="A1:P77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="245" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="245.226" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...19 lines deleted...]
-      <c r="B3" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2013</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...28 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2018</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>46</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>48</v>
+      </c>
+      <c r="O4" t="s">
+        <v>49</v>
+      </c>
+      <c r="P4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
         <v>41</v>
       </c>
-      <c r="N4" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="B5" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
         <v>2021</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>46</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
+        <v>47</v>
+      </c>
+      <c r="N5" t="s">
+        <v>48</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
         <v>41</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      <c r="A6" t="s">
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
         <v>35</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>45</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6">
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N6" t="s">
+        <v>48</v>
+      </c>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
         <v>2021</v>
       </c>
-      <c r="H6"/>
-[...13 lines deleted...]
-      <c r="N6" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
         <v>46</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" t="s">
+      <c r="L7"/>
+      <c r="M7" t="s">
         <v>47</v>
-      </c>
-[...24 lines deleted...]
-        <v>41</v>
       </c>
       <c r="N7" t="s">
         <v>48</v>
       </c>
-    </row>
-    <row r="8" spans="1:14">
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
+        <v>41</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8">
+        <v>2021</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>46</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>47</v>
+      </c>
+      <c r="N8" t="s">
+        <v>48</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1995</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>68</v>
+      </c>
+      <c r="P9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>71</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>34</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1995</v>
+      </c>
+      <c r="I10">
+        <v>2012</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>66</v>
+      </c>
+      <c r="M10"/>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2023</v>
+      </c>
+      <c r="J11" t="s">
+        <v>65</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>78</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>79</v>
+      </c>
+      <c r="P11" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>83</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2012</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>73</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>88</v>
+      </c>
+      <c r="F13" t="s">
+        <v>89</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2021</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>90</v>
+      </c>
+      <c r="K13" t="s">
+        <v>91</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>93</v>
+      </c>
+      <c r="N13" t="s">
+        <v>48</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" t="s">
+        <v>44</v>
+      </c>
+      <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>89</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2021</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>90</v>
+      </c>
+      <c r="K14" t="s">
+        <v>91</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>93</v>
+      </c>
+      <c r="N14" t="s">
+        <v>48</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>54</v>
+      </c>
+      <c r="E15" t="s">
+        <v>88</v>
+      </c>
+      <c r="F15" t="s">
+        <v>89</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2021</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K15" t="s">
+        <v>91</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>93</v>
+      </c>
+      <c r="N15" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>43</v>
+      </c>
+      <c r="D16" t="s">
+        <v>56</v>
+      </c>
+      <c r="E16" t="s">
+        <v>88</v>
+      </c>
+      <c r="F16" t="s">
+        <v>89</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2016</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+      <c r="K16" t="s">
+        <v>91</v>
+      </c>
+      <c r="L16" t="s">
+        <v>108</v>
+      </c>
+      <c r="M16" t="s">
+        <v>93</v>
+      </c>
+      <c r="N16" t="s">
+        <v>48</v>
+      </c>
+      <c r="O16" t="s">
+        <v>109</v>
+      </c>
+      <c r="P16" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>43</v>
+      </c>
+      <c r="D17" t="s">
+        <v>56</v>
+      </c>
+      <c r="E17" t="s">
+        <v>88</v>
+      </c>
+      <c r="F17" t="s">
+        <v>89</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2009</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>90</v>
+      </c>
+      <c r="K17" t="s">
+        <v>91</v>
+      </c>
+      <c r="L17" t="s">
+        <v>113</v>
+      </c>
+      <c r="M17" t="s">
+        <v>93</v>
+      </c>
+      <c r="N17" t="s">
+        <v>48</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>56</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>90</v>
+      </c>
+      <c r="K18" t="s">
+        <v>91</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>93</v>
+      </c>
+      <c r="N18" t="s">
+        <v>48</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>88</v>
+      </c>
+      <c r="F19" t="s">
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2016</v>
+      </c>
+      <c r="I19">
+        <v>2022</v>
+      </c>
+      <c r="J19" t="s">
+        <v>124</v>
+      </c>
+      <c r="K19" t="s">
+        <v>46</v>
+      </c>
+      <c r="L19" t="s">
+        <v>125</v>
+      </c>
+      <c r="M19" t="s">
+        <v>126</v>
+      </c>
+      <c r="N19" t="s">
+        <v>48</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>43</v>
+      </c>
+      <c r="D20" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>124</v>
+      </c>
+      <c r="K20" t="s">
+        <v>46</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>132</v>
+      </c>
+      <c r="N20" t="s">
+        <v>48</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>43</v>
+      </c>
+      <c r="D21" t="s">
+        <v>123</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>34</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>124</v>
+      </c>
+      <c r="K21" t="s">
+        <v>46</v>
+      </c>
+      <c r="L21" t="s">
+        <v>136</v>
+      </c>
+      <c r="M21" t="s">
+        <v>132</v>
+      </c>
+      <c r="N21" t="s">
+        <v>48</v>
+      </c>
+      <c r="O21" t="s">
+        <v>137</v>
+      </c>
+      <c r="P21" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>139</v>
+      </c>
+      <c r="B22" t="s">
+        <v>140</v>
+      </c>
+      <c r="C22" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
+      <c r="E22" t="s">
+        <v>88</v>
+      </c>
+      <c r="F22" t="s">
+        <v>34</v>
+      </c>
+      <c r="G22" t="s">
+        <v>142</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>144</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>145</v>
+      </c>
+      <c r="P22" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>149</v>
+      </c>
+      <c r="D23" t="s">
+        <v>150</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>151</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>124</v>
+      </c>
+      <c r="K23" t="s">
         <v>37</v>
       </c>
-      <c r="D8" t="s">
-[...56 lines deleted...]
-      <c r="I9" t="s">
+      <c r="L23" t="s">
+        <v>152</v>
+      </c>
+      <c r="M23" t="s">
+        <v>153</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D24" t="s">
+        <v>64</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2001</v>
+      </c>
+      <c r="I24">
+        <v>2002</v>
+      </c>
+      <c r="J24" t="s">
+        <v>159</v>
+      </c>
+      <c r="K24" t="s">
+        <v>37</v>
+      </c>
+      <c r="L24" t="s">
+        <v>160</v>
+      </c>
+      <c r="M24" t="s">
+        <v>161</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>162</v>
+      </c>
+      <c r="P24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>164</v>
+      </c>
+      <c r="B25" t="s">
+        <v>165</v>
+      </c>
+      <c r="C25" t="s">
+        <v>166</v>
+      </c>
+      <c r="D25" t="s">
+        <v>167</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>151</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25">
+        <v>2019</v>
+      </c>
+      <c r="J25" t="s">
+        <v>124</v>
+      </c>
+      <c r="K25" t="s">
+        <v>168</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>169</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>170</v>
+      </c>
+      <c r="P25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>172</v>
+      </c>
+      <c r="B26" t="s">
+        <v>173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>174</v>
+      </c>
+      <c r="D26" t="s">
+        <v>175</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2017</v>
+      </c>
+      <c r="J26" t="s">
+        <v>176</v>
+      </c>
+      <c r="K26" t="s">
+        <v>46</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>177</v>
+      </c>
+      <c r="N26" t="s">
+        <v>48</v>
+      </c>
+      <c r="O26" t="s">
+        <v>178</v>
+      </c>
+      <c r="P26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>180</v>
+      </c>
+      <c r="B27" t="s">
+        <v>181</v>
+      </c>
+      <c r="C27" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" t="s">
+        <v>64</v>
+      </c>
+      <c r="E27" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2014</v>
+      </c>
+      <c r="I27">
+        <v>2017</v>
+      </c>
+      <c r="J27" t="s">
+        <v>124</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>183</v>
+      </c>
+      <c r="M27" t="s">
+        <v>184</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>185</v>
+      </c>
+      <c r="P27" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>187</v>
+      </c>
+      <c r="B28" t="s">
+        <v>188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>189</v>
+      </c>
+      <c r="D28" t="s">
+        <v>44</v>
+      </c>
+      <c r="E28" t="s">
+        <v>88</v>
+      </c>
+      <c r="F28" t="s">
+        <v>34</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2008</v>
+      </c>
+      <c r="I28">
+        <v>2015</v>
+      </c>
+      <c r="J28" t="s">
+        <v>45</v>
+      </c>
+      <c r="K28" t="s">
+        <v>46</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>190</v>
+      </c>
+      <c r="N28" t="s">
+        <v>48</v>
+      </c>
+      <c r="O28" t="s">
+        <v>191</v>
+      </c>
+      <c r="P28" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>193</v>
+      </c>
+      <c r="B29" t="s">
+        <v>194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>189</v>
+      </c>
+      <c r="D29" t="s">
         <v>54</v>
       </c>
-      <c r="J9" t="s">
+      <c r="E29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
+        <v>34</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2008</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>45</v>
+      </c>
+      <c r="K29" t="s">
+        <v>46</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>190</v>
+      </c>
+      <c r="N29" t="s">
+        <v>48</v>
+      </c>
+      <c r="O29" t="s">
+        <v>195</v>
+      </c>
+      <c r="P29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>197</v>
+      </c>
+      <c r="B30" t="s">
+        <v>198</v>
+      </c>
+      <c r="C30" t="s">
+        <v>189</v>
+      </c>
+      <c r="D30" t="s">
+        <v>199</v>
+      </c>
+      <c r="E30" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2008</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>45</v>
+      </c>
+      <c r="K30" t="s">
+        <v>46</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>190</v>
+      </c>
+      <c r="N30" t="s">
+        <v>48</v>
+      </c>
+      <c r="O30" t="s">
+        <v>200</v>
+      </c>
+      <c r="P30" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>202</v>
+      </c>
+      <c r="B31" t="s">
+        <v>203</v>
+      </c>
+      <c r="C31" t="s">
+        <v>43</v>
+      </c>
+      <c r="D31" t="s">
+        <v>56</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...16 lines deleted...]
-      <c r="B10" t="s">
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>204</v>
+      </c>
+      <c r="K31" t="s">
+        <v>46</v>
+      </c>
+      <c r="L31" t="s">
+        <v>205</v>
+      </c>
+      <c r="M31" t="s">
+        <v>206</v>
+      </c>
+      <c r="N31" t="s">
+        <v>48</v>
+      </c>
+      <c r="O31" t="s">
+        <v>207</v>
+      </c>
+      <c r="P31" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>210</v>
+      </c>
+      <c r="C32" t="s">
+        <v>43</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32">
+        <v>2017</v>
+      </c>
+      <c r="J32" t="s">
+        <v>204</v>
+      </c>
+      <c r="K32" t="s">
+        <v>46</v>
+      </c>
+      <c r="L32" t="s">
         <v>59</v>
       </c>
-      <c r="C10" t="s">
-[...950 lines deleted...]
-      </c>
       <c r="M32" t="s">
-        <v>41</v>
+        <v>206</v>
       </c>
       <c r="N32" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O32" t="s">
+        <v>211</v>
+      </c>
+      <c r="P32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>156</v>
+        <v>213</v>
       </c>
       <c r="B33" t="s">
-        <v>36</v>
+        <v>214</v>
       </c>
       <c r="C33" t="s">
         <v>43</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>52</v>
       </c>
       <c r="E33" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
         <v>2012</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2020</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>39</v>
+        <v>204</v>
       </c>
       <c r="K33" t="s">
-        <v>157</v>
+        <v>46</v>
       </c>
       <c r="L33" t="s">
-        <v>152</v>
+        <v>215</v>
       </c>
       <c r="M33" t="s">
-        <v>41</v>
+        <v>206</v>
       </c>
       <c r="N33" t="s">
+        <v>48</v>
+      </c>
+      <c r="O33" t="s">
+        <v>216</v>
+      </c>
+      <c r="P33" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>218</v>
+      </c>
+      <c r="B34" t="s">
+        <v>219</v>
+      </c>
+      <c r="C34" t="s">
+        <v>43</v>
+      </c>
+      <c r="D34" t="s">
+        <v>54</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>204</v>
+      </c>
+      <c r="K34" t="s">
+        <v>46</v>
+      </c>
+      <c r="L34" t="s">
+        <v>205</v>
+      </c>
+      <c r="M34" t="s">
+        <v>206</v>
+      </c>
+      <c r="N34" t="s">
+        <v>48</v>
+      </c>
+      <c r="O34" t="s">
+        <v>220</v>
+      </c>
+      <c r="P34" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>222</v>
+      </c>
+      <c r="B35" t="s">
+        <v>223</v>
+      </c>
+      <c r="C35" t="s">
+        <v>43</v>
+      </c>
+      <c r="D35" t="s">
+        <v>44</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>90</v>
+      </c>
+      <c r="K35" t="s">
+        <v>46</v>
+      </c>
+      <c r="L35" t="s">
+        <v>224</v>
+      </c>
+      <c r="M35" t="s">
+        <v>206</v>
+      </c>
+      <c r="N35" t="s">
+        <v>48</v>
+      </c>
+      <c r="O35" t="s">
+        <v>225</v>
+      </c>
+      <c r="P35" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>227</v>
+      </c>
+      <c r="B36" t="s">
+        <v>228</v>
+      </c>
+      <c r="C36" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>204</v>
+      </c>
+      <c r="K36" t="s">
+        <v>46</v>
+      </c>
+      <c r="L36" t="s">
+        <v>215</v>
+      </c>
+      <c r="M36" t="s">
+        <v>47</v>
+      </c>
+      <c r="N36" t="s">
+        <v>48</v>
+      </c>
+      <c r="O36" t="s">
+        <v>229</v>
+      </c>
+      <c r="P36" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>231</v>
+      </c>
+      <c r="B37" t="s">
+        <v>232</v>
+      </c>
+      <c r="C37" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" t="s">
+        <v>123</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2017</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>124</v>
+      </c>
+      <c r="K37" t="s">
+        <v>46</v>
+      </c>
+      <c r="L37" t="s">
+        <v>233</v>
+      </c>
+      <c r="M37" t="s">
+        <v>234</v>
+      </c>
+      <c r="N37" t="s">
+        <v>48</v>
+      </c>
+      <c r="O37" t="s">
+        <v>235</v>
+      </c>
+      <c r="P37" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>237</v>
+      </c>
+      <c r="B38" t="s">
+        <v>238</v>
+      </c>
+      <c r="C38" t="s">
+        <v>43</v>
+      </c>
+      <c r="D38" t="s">
+        <v>44</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>239</v>
+      </c>
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>240</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" t="s">
+        <v>241</v>
+      </c>
+      <c r="M38" t="s">
+        <v>206</v>
+      </c>
+      <c r="N38" t="s">
+        <v>48</v>
+      </c>
+      <c r="O38" t="s">
+        <v>242</v>
+      </c>
+      <c r="P38" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>244</v>
+      </c>
+      <c r="B39" t="s">
+        <v>245</v>
+      </c>
+      <c r="C39" t="s">
+        <v>43</v>
+      </c>
+      <c r="D39" t="s">
+        <v>44</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>8</v>
+      </c>
+      <c r="H39">
+        <v>2019</v>
+      </c>
+      <c r="I39">
+        <v>2025</v>
+      </c>
+      <c r="J39" t="s">
+        <v>240</v>
+      </c>
+      <c r="K39" t="s">
+        <v>37</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>246</v>
+      </c>
+      <c r="N39" t="s">
+        <v>247</v>
+      </c>
+      <c r="O39" t="s">
+        <v>248</v>
+      </c>
+      <c r="P39" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>250</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>43</v>
+      </c>
+      <c r="D40" t="s">
+        <v>252</v>
+      </c>
+      <c r="E40" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" t="s">
+        <v>253</v>
+      </c>
+      <c r="G40" t="s">
+        <v>8</v>
+      </c>
+      <c r="H40">
+        <v>2008</v>
+      </c>
+      <c r="I40">
+        <v>2024</v>
+      </c>
+      <c r="J40" t="s">
+        <v>254</v>
+      </c>
+      <c r="K40" t="s">
+        <v>37</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>255</v>
+      </c>
+      <c r="N40" t="s">
+        <v>247</v>
+      </c>
+      <c r="O40" t="s">
+        <v>256</v>
+      </c>
+      <c r="P40" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>258</v>
+      </c>
+      <c r="B41" t="s">
+        <v>259</v>
+      </c>
+      <c r="C41" t="s">
+        <v>260</v>
+      </c>
+      <c r="D41" t="s">
+        <v>64</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>151</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1989</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>261</v>
+      </c>
+      <c r="K41" t="s">
+        <v>37</v>
+      </c>
+      <c r="L41" t="s">
+        <v>262</v>
+      </c>
+      <c r="M41" t="s">
+        <v>263</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>264</v>
+      </c>
+      <c r="P41" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>266</v>
+      </c>
+      <c r="B42" t="s">
+        <v>267</v>
+      </c>
+      <c r="C42" t="s">
         <v>158</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" t="s">
+      <c r="D42" t="s">
+        <v>64</v>
+      </c>
+      <c r="E42" t="s">
+        <v>88</v>
+      </c>
+      <c r="F42" t="s">
+        <v>89</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2001</v>
+      </c>
+      <c r="I42">
+        <v>2013</v>
+      </c>
+      <c r="J42" t="s">
         <v>159</v>
       </c>
-      <c r="B34" t="s">
+      <c r="K42" t="s">
+        <v>37</v>
+      </c>
+      <c r="L42"/>
+      <c r="M42" t="s">
+        <v>161</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>268</v>
+      </c>
+      <c r="P42" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>270</v>
+      </c>
+      <c r="B43" t="s">
+        <v>271</v>
+      </c>
+      <c r="C43" t="s">
+        <v>272</v>
+      </c>
+      <c r="D43" t="s">
+        <v>175</v>
+      </c>
+      <c r="E43" t="s">
+        <v>88</v>
+      </c>
+      <c r="F43" t="s">
+        <v>151</v>
+      </c>
+      <c r="G43" t="s">
+        <v>142</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>204</v>
+      </c>
+      <c r="K43" t="s">
+        <v>46</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>273</v>
+      </c>
+      <c r="N43" t="s">
+        <v>48</v>
+      </c>
+      <c r="O43" t="s">
+        <v>274</v>
+      </c>
+      <c r="P43" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>276</v>
+      </c>
+      <c r="B44" t="s">
+        <v>277</v>
+      </c>
+      <c r="C44" t="s">
+        <v>278</v>
+      </c>
+      <c r="D44" t="s">
+        <v>64</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>34</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2012</v>
+      </c>
+      <c r="I44">
+        <v>2013</v>
+      </c>
+      <c r="J44" t="s">
+        <v>204</v>
+      </c>
+      <c r="K44" t="s">
+        <v>37</v>
+      </c>
+      <c r="L44" t="s">
+        <v>279</v>
+      </c>
+      <c r="M44" t="s">
+        <v>280</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>281</v>
+      </c>
+      <c r="P44" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>283</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>285</v>
+      </c>
+      <c r="D45" t="s">
+        <v>52</v>
+      </c>
+      <c r="E45" t="s">
+        <v>88</v>
+      </c>
+      <c r="F45" t="s">
+        <v>89</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2006</v>
+      </c>
+      <c r="I45">
+        <v>2015</v>
+      </c>
+      <c r="J45" t="s">
+        <v>176</v>
+      </c>
+      <c r="K45" t="s">
+        <v>46</v>
+      </c>
+      <c r="L45" t="s">
+        <v>286</v>
+      </c>
+      <c r="M45" t="s">
+        <v>287</v>
+      </c>
+      <c r="N45" t="s">
+        <v>48</v>
+      </c>
+      <c r="O45" t="s">
+        <v>288</v>
+      </c>
+      <c r="P45" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>290</v>
+      </c>
+      <c r="B46" t="s">
+        <v>291</v>
+      </c>
+      <c r="C46" t="s">
+        <v>285</v>
+      </c>
+      <c r="D46" t="s">
+        <v>54</v>
+      </c>
+      <c r="E46" t="s">
+        <v>88</v>
+      </c>
+      <c r="F46" t="s">
+        <v>89</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2001</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
+      <c r="J46" t="s">
+        <v>176</v>
+      </c>
+      <c r="K46" t="s">
+        <v>46</v>
+      </c>
+      <c r="L46" t="s">
+        <v>292</v>
+      </c>
+      <c r="M46" t="s">
+        <v>287</v>
+      </c>
+      <c r="N46" t="s">
+        <v>48</v>
+      </c>
+      <c r="O46" t="s">
+        <v>293</v>
+      </c>
+      <c r="P46" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>295</v>
+      </c>
+      <c r="B47" t="s">
+        <v>296</v>
+      </c>
+      <c r="C47" t="s">
+        <v>285</v>
+      </c>
+      <c r="D47" t="s">
+        <v>44</v>
+      </c>
+      <c r="E47" t="s">
+        <v>88</v>
+      </c>
+      <c r="F47" t="s">
+        <v>89</v>
+      </c>
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1994</v>
+      </c>
+      <c r="I47">
+        <v>2013</v>
+      </c>
+      <c r="J47" t="s">
+        <v>176</v>
+      </c>
+      <c r="K47" t="s">
+        <v>46</v>
+      </c>
+      <c r="L47" t="s">
+        <v>297</v>
+      </c>
+      <c r="M47" t="s">
+        <v>287</v>
+      </c>
+      <c r="N47" t="s">
+        <v>48</v>
+      </c>
+      <c r="O47" t="s">
+        <v>298</v>
+      </c>
+      <c r="P47" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>300</v>
+      </c>
+      <c r="B48" t="s">
+        <v>301</v>
+      </c>
+      <c r="C48" t="s">
+        <v>285</v>
+      </c>
+      <c r="D48" t="s">
+        <v>56</v>
+      </c>
+      <c r="E48" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" t="s">
+        <v>89</v>
+      </c>
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>1992</v>
+      </c>
+      <c r="I48">
+        <v>2012</v>
+      </c>
+      <c r="J48" t="s">
+        <v>176</v>
+      </c>
+      <c r="K48" t="s">
+        <v>46</v>
+      </c>
+      <c r="L48" t="s">
+        <v>292</v>
+      </c>
+      <c r="M48" t="s">
+        <v>287</v>
+      </c>
+      <c r="N48" t="s">
+        <v>48</v>
+      </c>
+      <c r="O48" t="s">
+        <v>302</v>
+      </c>
+      <c r="P48" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>304</v>
+      </c>
+      <c r="B49" t="s">
+        <v>304</v>
+      </c>
+      <c r="C49" t="s">
+        <v>305</v>
+      </c>
+      <c r="D49" t="s">
+        <v>64</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>34</v>
+      </c>
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49">
+        <v>1990</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>159</v>
+      </c>
+      <c r="K49" t="s">
+        <v>37</v>
+      </c>
+      <c r="L49" t="s">
+        <v>306</v>
+      </c>
+      <c r="M49" t="s">
+        <v>307</v>
+      </c>
+      <c r="N49" t="s">
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>308</v>
+      </c>
+      <c r="P49" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>310</v>
+      </c>
+      <c r="B50" t="s">
+        <v>311</v>
+      </c>
+      <c r="C50" t="s">
+        <v>312</v>
+      </c>
+      <c r="D50" t="s">
+        <v>313</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>151</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2008</v>
+      </c>
+      <c r="I50">
+        <v>2020</v>
+      </c>
+      <c r="J50" t="s">
         <v>36</v>
       </c>
-      <c r="C34" t="s">
-[...11 lines deleted...]
-      <c r="G34">
+      <c r="K50" t="s">
+        <v>37</v>
+      </c>
+      <c r="L50" t="s">
+        <v>314</v>
+      </c>
+      <c r="M50" t="s">
+        <v>315</v>
+      </c>
+      <c r="N50" t="s">
+        <v>316</v>
+      </c>
+      <c r="O50" t="s">
+        <v>317</v>
+      </c>
+      <c r="P50" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>319</v>
+      </c>
+      <c r="B51" t="s">
+        <v>320</v>
+      </c>
+      <c r="C51" t="s">
+        <v>149</v>
+      </c>
+      <c r="D51" t="s">
+        <v>64</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>34</v>
+      </c>
+      <c r="G51" t="s">
+        <v>8</v>
+      </c>
+      <c r="H51">
+        <v>2009</v>
+      </c>
+      <c r="I51">
+        <v>2014</v>
+      </c>
+      <c r="J51" t="s">
+        <v>261</v>
+      </c>
+      <c r="K51" t="s">
+        <v>37</v>
+      </c>
+      <c r="L51" t="s">
+        <v>321</v>
+      </c>
+      <c r="M51" t="s">
+        <v>322</v>
+      </c>
+      <c r="N51" t="s">
+        <v>27</v>
+      </c>
+      <c r="O51" t="s">
+        <v>323</v>
+      </c>
+      <c r="P51" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>325</v>
+      </c>
+      <c r="B52" t="s">
+        <v>326</v>
+      </c>
+      <c r="C52" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52" t="s">
+        <v>64</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>21</v>
+      </c>
+      <c r="G52" t="s">
+        <v>8</v>
+      </c>
+      <c r="H52">
+        <v>2014</v>
+      </c>
+      <c r="I52">
+        <v>2022</v>
+      </c>
+      <c r="J52" t="s">
+        <v>261</v>
+      </c>
+      <c r="K52" t="s">
+        <v>37</v>
+      </c>
+      <c r="L52" t="s">
+        <v>327</v>
+      </c>
+      <c r="M52" t="s">
+        <v>322</v>
+      </c>
+      <c r="N52" t="s">
+        <v>27</v>
+      </c>
+      <c r="O52" t="s">
+        <v>328</v>
+      </c>
+      <c r="P52" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>330</v>
+      </c>
+      <c r="B53" t="s">
+        <v>331</v>
+      </c>
+      <c r="C53" t="s">
+        <v>158</v>
+      </c>
+      <c r="D53" t="s">
+        <v>56</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>21</v>
+      </c>
+      <c r="G53" t="s">
+        <v>35</v>
+      </c>
+      <c r="H53">
+        <v>2018</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>124</v>
+      </c>
+      <c r="K53" t="s">
+        <v>37</v>
+      </c>
+      <c r="L53"/>
+      <c r="M53" t="s">
+        <v>161</v>
+      </c>
+      <c r="N53" t="s">
+        <v>27</v>
+      </c>
+      <c r="O53" t="s">
+        <v>332</v>
+      </c>
+      <c r="P53" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>334</v>
+      </c>
+      <c r="B54" t="s">
+        <v>335</v>
+      </c>
+      <c r="C54" t="s">
+        <v>158</v>
+      </c>
+      <c r="D54" t="s">
+        <v>56</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>35</v>
+      </c>
+      <c r="H54">
+        <v>2016</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>124</v>
+      </c>
+      <c r="K54" t="s">
+        <v>37</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>161</v>
+      </c>
+      <c r="N54" t="s">
+        <v>27</v>
+      </c>
+      <c r="O54" t="s">
+        <v>336</v>
+      </c>
+      <c r="P54" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>337</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55" t="s">
+        <v>158</v>
+      </c>
+      <c r="D55" t="s">
+        <v>56</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>21</v>
+      </c>
+      <c r="G55" t="s">
+        <v>35</v>
+      </c>
+      <c r="H55">
+        <v>2018</v>
+      </c>
+      <c r="I55"/>
+      <c r="J55" t="s">
+        <v>124</v>
+      </c>
+      <c r="K55" t="s">
+        <v>37</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>161</v>
+      </c>
+      <c r="N55" t="s">
+        <v>27</v>
+      </c>
+      <c r="O55" t="s">
+        <v>338</v>
+      </c>
+      <c r="P55" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>339</v>
+      </c>
+      <c r="B56" t="s">
+        <v>340</v>
+      </c>
+      <c r="C56" t="s">
+        <v>158</v>
+      </c>
+      <c r="D56" t="s">
+        <v>123</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
+        <v>35</v>
+      </c>
+      <c r="H56">
+        <v>2020</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>124</v>
+      </c>
+      <c r="K56" t="s">
+        <v>37</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>161</v>
+      </c>
+      <c r="N56" t="s">
+        <v>27</v>
+      </c>
+      <c r="O56" t="s">
+        <v>341</v>
+      </c>
+      <c r="P56" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>342</v>
+      </c>
+      <c r="B57" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" t="s">
+        <v>344</v>
+      </c>
+      <c r="D57" t="s">
+        <v>64</v>
+      </c>
+      <c r="E57" t="s">
+        <v>88</v>
+      </c>
+      <c r="F57" t="s">
+        <v>21</v>
+      </c>
+      <c r="G57" t="s">
+        <v>35</v>
+      </c>
+      <c r="H57">
         <v>2013</v>
       </c>
-      <c r="H34">
-[...8 lines deleted...]
-      <c r="K34" t="s">
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>36</v>
+      </c>
+      <c r="K57" t="s">
+        <v>37</v>
+      </c>
+      <c r="L57" t="s">
+        <v>345</v>
+      </c>
+      <c r="M57" t="s">
+        <v>346</v>
+      </c>
+      <c r="N57" t="s">
+        <v>27</v>
+      </c>
+      <c r="O57" t="s">
+        <v>347</v>
+      </c>
+      <c r="P57" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>349</v>
+      </c>
+      <c r="B58" t="s">
+        <v>350</v>
+      </c>
+      <c r="C58" t="s">
+        <v>351</v>
+      </c>
+      <c r="D58" t="s">
+        <v>352</v>
+      </c>
+      <c r="E58" t="s">
+        <v>88</v>
+      </c>
+      <c r="F58" t="s">
+        <v>89</v>
+      </c>
+      <c r="G58" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58">
+        <v>2014</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>143</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>353</v>
+      </c>
+      <c r="N58" t="s">
+        <v>27</v>
+      </c>
+      <c r="O58" t="s">
+        <v>354</v>
+      </c>
+      <c r="P58" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>356</v>
+      </c>
+      <c r="B59" t="s">
+        <v>357</v>
+      </c>
+      <c r="C59" t="s">
+        <v>174</v>
+      </c>
+      <c r="D59" t="s">
+        <v>358</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
         <v>151</v>
       </c>
-      <c r="L34" t="s">
-[...16 lines deleted...]
-      <c r="C35" t="s">
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>2017</v>
+      </c>
+      <c r="I59">
+        <v>2021</v>
+      </c>
+      <c r="J59" t="s">
+        <v>176</v>
+      </c>
+      <c r="K59" t="s">
+        <v>359</v>
+      </c>
+      <c r="L59" t="s">
+        <v>360</v>
+      </c>
+      <c r="M59" t="s">
+        <v>361</v>
+      </c>
+      <c r="N59" t="s">
+        <v>316</v>
+      </c>
+      <c r="O59" t="s">
+        <v>362</v>
+      </c>
+      <c r="P59" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>364</v>
+      </c>
+      <c r="B60" t="s">
+        <v>365</v>
+      </c>
+      <c r="C60" t="s">
+        <v>366</v>
+      </c>
+      <c r="D60" t="s">
+        <v>252</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>367</v>
+      </c>
+      <c r="G60" t="s">
+        <v>368</v>
+      </c>
+      <c r="H60">
+        <v>2024</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>369</v>
+      </c>
+      <c r="K60" t="s">
         <v>37</v>
       </c>
-      <c r="D35" t="s">
-[...38 lines deleted...]
-      <c r="C36" t="s">
+      <c r="L60" t="s">
+        <v>370</v>
+      </c>
+      <c r="M60" t="s">
+        <v>371</v>
+      </c>
+      <c r="N60" t="s">
+        <v>27</v>
+      </c>
+      <c r="O60" t="s">
+        <v>372</v>
+      </c>
+      <c r="P60" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>374</v>
+      </c>
+      <c r="B61" t="s">
+        <v>375</v>
+      </c>
+      <c r="C61" t="s">
+        <v>376</v>
+      </c>
+      <c r="D61" t="s">
+        <v>64</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>34</v>
+      </c>
+      <c r="G61" t="s">
+        <v>35</v>
+      </c>
+      <c r="H61">
+        <v>2017</v>
+      </c>
+      <c r="I61"/>
+      <c r="J61" t="s">
+        <v>377</v>
+      </c>
+      <c r="K61" t="s">
         <v>37</v>
       </c>
-      <c r="D36" t="s">
-[...1078 lines deleted...]
-      </c>
       <c r="L61" t="s">
-        <v>270</v>
+        <v>378</v>
       </c>
       <c r="M61" t="s">
-        <v>24</v>
+        <v>379</v>
       </c>
       <c r="N61" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O61" t="s">
+        <v>380</v>
+      </c>
+      <c r="P61" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>272</v>
+        <v>382</v>
       </c>
       <c r="B62" t="s">
-        <v>273</v>
+        <v>383</v>
       </c>
       <c r="C62" t="s">
-        <v>53</v>
+        <v>384</v>
       </c>
       <c r="D62" t="s">
-        <v>17</v>
+        <v>64</v>
       </c>
       <c r="E62" t="s">
-        <v>113</v>
+        <v>20</v>
       </c>
       <c r="F62" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>151</v>
+      </c>
+      <c r="G62" t="s">
+        <v>22</v>
       </c>
       <c r="H62">
         <v>2018</v>
       </c>
-      <c r="I62" t="s">
-        <v>274</v>
+      <c r="I62">
+        <v>2018</v>
       </c>
       <c r="J62" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>385</v>
+      </c>
+      <c r="K62" t="s">
+        <v>37</v>
+      </c>
+      <c r="L62"/>
       <c r="M62" t="s">
+        <v>386</v>
+      </c>
+      <c r="N62" t="s">
+        <v>27</v>
+      </c>
+      <c r="O62" t="s">
+        <v>387</v>
+      </c>
+      <c r="P62" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>389</v>
+      </c>
+      <c r="B63" t="s">
+        <v>390</v>
+      </c>
+      <c r="C63" t="s">
+        <v>391</v>
+      </c>
+      <c r="D63" t="s">
+        <v>392</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>21</v>
+      </c>
+      <c r="G63" t="s">
+        <v>35</v>
+      </c>
+      <c r="H63">
+        <v>2016</v>
+      </c>
+      <c r="I63"/>
+      <c r="J63" t="s">
+        <v>124</v>
+      </c>
+      <c r="K63" t="s">
+        <v>37</v>
+      </c>
+      <c r="L63"/>
+      <c r="M63" t="s">
+        <v>393</v>
+      </c>
+      <c r="N63" t="s">
+        <v>27</v>
+      </c>
+      <c r="O63" t="s">
+        <v>394</v>
+      </c>
+      <c r="P63" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>396</v>
+      </c>
+      <c r="B64" t="s">
+        <v>397</v>
+      </c>
+      <c r="C64" t="s">
+        <v>391</v>
+      </c>
+      <c r="D64" t="s">
+        <v>398</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>35</v>
+      </c>
+      <c r="H64">
+        <v>2017</v>
+      </c>
+      <c r="I64"/>
+      <c r="J64" t="s">
+        <v>124</v>
+      </c>
+      <c r="K64" t="s">
         <v>24</v>
       </c>
-      <c r="N62" t="s">
-[...16 lines deleted...]
-      <c r="E63" t="s">
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>393</v>
+      </c>
+      <c r="N64" t="s">
+        <v>316</v>
+      </c>
+      <c r="O64" t="s">
+        <v>399</v>
+      </c>
+      <c r="P64" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>401</v>
+      </c>
+      <c r="B65" t="s">
+        <v>402</v>
+      </c>
+      <c r="C65" t="s">
+        <v>403</v>
+      </c>
+      <c r="D65" t="s">
+        <v>56</v>
+      </c>
+      <c r="E65" t="s">
+        <v>88</v>
+      </c>
+      <c r="F65" t="s">
+        <v>89</v>
+      </c>
+      <c r="G65" t="s">
+        <v>22</v>
+      </c>
+      <c r="H65">
+        <v>2011</v>
+      </c>
+      <c r="I65">
+        <v>2017</v>
+      </c>
+      <c r="J65" t="s">
+        <v>404</v>
+      </c>
+      <c r="K65" t="s">
+        <v>46</v>
+      </c>
+      <c r="L65" t="s">
+        <v>405</v>
+      </c>
+      <c r="M65" t="s">
+        <v>406</v>
+      </c>
+      <c r="N65" t="s">
+        <v>48</v>
+      </c>
+      <c r="O65" t="s">
+        <v>407</v>
+      </c>
+      <c r="P65" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>409</v>
+      </c>
+      <c r="B66" t="s">
+        <v>410</v>
+      </c>
+      <c r="C66" t="s">
+        <v>411</v>
+      </c>
+      <c r="D66" t="s">
+        <v>64</v>
+      </c>
+      <c r="E66" t="s">
+        <v>88</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2002</v>
+      </c>
+      <c r="I66">
+        <v>2015</v>
+      </c>
+      <c r="J66" t="s">
+        <v>412</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66" t="s">
+        <v>413</v>
+      </c>
+      <c r="M66" t="s">
+        <v>414</v>
+      </c>
+      <c r="N66" t="s">
+        <v>27</v>
+      </c>
+      <c r="O66" t="s">
+        <v>415</v>
+      </c>
+      <c r="P66" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>417</v>
+      </c>
+      <c r="B67" t="s">
+        <v>418</v>
+      </c>
+      <c r="C67" t="s">
+        <v>411</v>
+      </c>
+      <c r="D67" t="s">
+        <v>64</v>
+      </c>
+      <c r="E67" t="s">
+        <v>88</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2013</v>
+      </c>
+      <c r="I67">
+        <v>2015</v>
+      </c>
+      <c r="J67" t="s">
+        <v>412</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>419</v>
+      </c>
+      <c r="M67" t="s">
+        <v>414</v>
+      </c>
+      <c r="N67" t="s">
+        <v>27</v>
+      </c>
+      <c r="O67" t="s">
+        <v>420</v>
+      </c>
+      <c r="P67" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>421</v>
+      </c>
+      <c r="B68" t="s">
+        <v>422</v>
+      </c>
+      <c r="C68" t="s">
+        <v>423</v>
+      </c>
+      <c r="D68" t="s">
+        <v>352</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>151</v>
+      </c>
+      <c r="G68" t="s">
+        <v>35</v>
+      </c>
+      <c r="H68">
+        <v>2013</v>
+      </c>
+      <c r="I68"/>
+      <c r="J68" t="s">
+        <v>424</v>
+      </c>
+      <c r="K68" t="s">
+        <v>37</v>
+      </c>
+      <c r="L68" t="s">
+        <v>425</v>
+      </c>
+      <c r="M68" t="s">
+        <v>426</v>
+      </c>
+      <c r="N68" t="s">
+        <v>27</v>
+      </c>
+      <c r="O68" t="s">
+        <v>427</v>
+      </c>
+      <c r="P68" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>429</v>
+      </c>
+      <c r="B69" t="s">
+        <v>430</v>
+      </c>
+      <c r="C69" t="s">
+        <v>431</v>
+      </c>
+      <c r="D69" t="s">
+        <v>432</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
+        <v>151</v>
+      </c>
+      <c r="G69" t="s">
+        <v>22</v>
+      </c>
+      <c r="H69">
+        <v>2012</v>
+      </c>
+      <c r="I69">
+        <v>2014</v>
+      </c>
+      <c r="J69" t="s">
+        <v>377</v>
+      </c>
+      <c r="K69" t="s">
+        <v>37</v>
+      </c>
+      <c r="L69" t="s">
+        <v>433</v>
+      </c>
+      <c r="M69" t="s">
+        <v>434</v>
+      </c>
+      <c r="N69" t="s">
+        <v>27</v>
+      </c>
+      <c r="O69" t="s">
+        <v>435</v>
+      </c>
+      <c r="P69" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>437</v>
+      </c>
+      <c r="B70" t="s">
+        <v>438</v>
+      </c>
+      <c r="C70" t="s">
+        <v>344</v>
+      </c>
+      <c r="D70" t="s">
+        <v>439</v>
+      </c>
+      <c r="E70" t="s">
+        <v>88</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>22</v>
+      </c>
+      <c r="H70">
+        <v>2014</v>
+      </c>
+      <c r="I70">
+        <v>2017</v>
+      </c>
+      <c r="J70" t="s">
+        <v>204</v>
+      </c>
+      <c r="K70" t="s">
+        <v>37</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>346</v>
+      </c>
+      <c r="N70" t="s">
+        <v>27</v>
+      </c>
+      <c r="O70" t="s">
+        <v>440</v>
+      </c>
+      <c r="P70" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>442</v>
+      </c>
+      <c r="B71" t="s">
+        <v>443</v>
+      </c>
+      <c r="C71" t="s">
+        <v>43</v>
+      </c>
+      <c r="D71" t="s">
+        <v>444</v>
+      </c>
+      <c r="E71" t="s">
+        <v>88</v>
+      </c>
+      <c r="F71" t="s">
+        <v>89</v>
+      </c>
+      <c r="G71" t="s">
+        <v>35</v>
+      </c>
+      <c r="H71">
+        <v>2017</v>
+      </c>
+      <c r="I71"/>
+      <c r="J71" t="s">
+        <v>45</v>
+      </c>
+      <c r="K71" t="s">
+        <v>46</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>93</v>
+      </c>
+      <c r="N71" t="s">
+        <v>48</v>
+      </c>
+      <c r="O71" t="s">
+        <v>445</v>
+      </c>
+      <c r="P71" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>447</v>
+      </c>
+      <c r="B72" t="s">
+        <v>448</v>
+      </c>
+      <c r="C72" t="s">
+        <v>260</v>
+      </c>
+      <c r="D72" t="s">
+        <v>449</v>
+      </c>
+      <c r="E72" t="s">
+        <v>88</v>
+      </c>
+      <c r="F72" t="s">
+        <v>34</v>
+      </c>
+      <c r="G72" t="s">
+        <v>22</v>
+      </c>
+      <c r="H72">
+        <v>2015</v>
+      </c>
+      <c r="I72">
+        <v>2016</v>
+      </c>
+      <c r="J72" t="s">
+        <v>176</v>
+      </c>
+      <c r="K72" t="s">
+        <v>46</v>
+      </c>
+      <c r="L72" t="s">
+        <v>450</v>
+      </c>
+      <c r="M72" t="s">
+        <v>451</v>
+      </c>
+      <c r="N72" t="s">
+        <v>48</v>
+      </c>
+      <c r="O72" t="s">
+        <v>452</v>
+      </c>
+      <c r="P72" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>454</v>
+      </c>
+      <c r="B73" t="s">
+        <v>455</v>
+      </c>
+      <c r="C73" t="s">
+        <v>272</v>
+      </c>
+      <c r="D73" t="s">
+        <v>456</v>
+      </c>
+      <c r="E73" t="s">
+        <v>88</v>
+      </c>
+      <c r="F73" t="s">
+        <v>89</v>
+      </c>
+      <c r="G73" t="s">
+        <v>22</v>
+      </c>
+      <c r="H73">
+        <v>2011</v>
+      </c>
+      <c r="I73">
+        <v>2017</v>
+      </c>
+      <c r="J73" t="s">
+        <v>204</v>
+      </c>
+      <c r="K73" t="s">
+        <v>46</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>457</v>
+      </c>
+      <c r="N73" t="s">
+        <v>48</v>
+      </c>
+      <c r="O73" t="s">
+        <v>458</v>
+      </c>
+      <c r="P73" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>460</v>
+      </c>
+      <c r="B74" t="s">
+        <v>461</v>
+      </c>
+      <c r="C74" t="s">
         <v>18</v>
       </c>
-      <c r="F63" t="s">
-[...164 lines deleted...]
-      <c r="E67" t="s">
+      <c r="D74" t="s">
+        <v>56</v>
+      </c>
+      <c r="E74" t="s">
+        <v>88</v>
+      </c>
+      <c r="F74" t="s">
+        <v>462</v>
+      </c>
+      <c r="G74" t="s">
+        <v>35</v>
+      </c>
+      <c r="H74">
+        <v>2007</v>
+      </c>
+      <c r="I74"/>
+      <c r="J74" t="s">
+        <v>176</v>
+      </c>
+      <c r="K74" t="s">
+        <v>46</v>
+      </c>
+      <c r="L74" t="s">
+        <v>463</v>
+      </c>
+      <c r="M74" t="s">
+        <v>464</v>
+      </c>
+      <c r="N74" t="s">
+        <v>48</v>
+      </c>
+      <c r="O74" t="s">
+        <v>465</v>
+      </c>
+      <c r="P74" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>467</v>
+      </c>
+      <c r="B75" t="s">
+        <v>468</v>
+      </c>
+      <c r="C75" t="s">
         <v>18</v>
       </c>
-      <c r="F67" t="s">
-[...332 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
       <c r="E75" t="s">
-        <v>328</v>
+        <v>88</v>
       </c>
       <c r="F75" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G75">
+        <v>462</v>
+      </c>
+      <c r="G75" t="s">
+        <v>35</v>
+      </c>
+      <c r="H75">
         <v>2009</v>
       </c>
-      <c r="H75"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="K75" t="s">
-        <v>333</v>
+        <v>46</v>
       </c>
       <c r="L75" t="s">
-        <v>330</v>
+        <v>469</v>
       </c>
       <c r="M75" t="s">
-        <v>41</v>
+        <v>464</v>
       </c>
       <c r="N75" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O75" t="s">
+        <v>470</v>
+      </c>
+      <c r="P75" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>335</v>
+        <v>472</v>
       </c>
       <c r="B76" t="s">
-        <v>15</v>
+        <v>473</v>
       </c>
       <c r="C76" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="D76" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="E76" t="s">
-        <v>328</v>
+        <v>88</v>
       </c>
       <c r="F76" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>462</v>
+      </c>
+      <c r="G76" t="s">
+        <v>22</v>
       </c>
       <c r="H76">
         <v>2018</v>
       </c>
-      <c r="I76" t="s">
-        <v>132</v>
+      <c r="I76">
+        <v>2018</v>
       </c>
       <c r="J76" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="K76" t="s">
-        <v>336</v>
+        <v>46</v>
       </c>
       <c r="L76" t="s">
-        <v>330</v>
+        <v>474</v>
       </c>
       <c r="M76" t="s">
-        <v>41</v>
+        <v>464</v>
       </c>
       <c r="N76" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:14">
+        <v>48</v>
+      </c>
+      <c r="O76" t="s">
+        <v>475</v>
+      </c>
+      <c r="P76" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>338</v>
+        <v>477</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>478</v>
       </c>
       <c r="C77" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D77" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="E77" t="s">
-        <v>328</v>
+        <v>88</v>
       </c>
       <c r="F77" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G77">
+        <v>462</v>
+      </c>
+      <c r="G77" t="s">
+        <v>35</v>
+      </c>
+      <c r="H77">
         <v>2014</v>
       </c>
-      <c r="H77"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I77"/>
       <c r="J77" t="s">
-        <v>39</v>
+        <v>176</v>
       </c>
       <c r="K77" t="s">
-        <v>339</v>
+        <v>46</v>
       </c>
       <c r="L77" t="s">
-        <v>330</v>
+        <v>479</v>
       </c>
       <c r="M77" t="s">
-        <v>41</v>
+        <v>464</v>
       </c>
       <c r="N77" t="s">
-        <v>340</v>
+        <v>48</v>
+      </c>
+      <c r="O77" t="s">
+        <v>480</v>
+      </c>
+      <c r="P77" t="s">
+        <v>481</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>