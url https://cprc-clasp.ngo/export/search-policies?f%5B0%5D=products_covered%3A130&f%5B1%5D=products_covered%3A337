--- v0 (2025-11-28)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="510">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1135,67 +1135,67 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
     <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
@@ -1361,50 +1361,53 @@
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
     <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Faucets and water saving equipment TGL-11-R3-17</t>
   </si>
   <si>
     <t>These criteria shall apply to faucets and water-saving equipment including faucets for sinks, faucets for washbasins, self-closing faucets for washbasins, automatic faucets for sanitary wares, shower units, rinsing sprays, flush valves for urinals, and flush valves for toilets.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 2067, TIS 1277 (faucets for sinks)
 ,   
@@ -5472,562 +5475,562 @@
       </c>
       <c r="P73" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
         <v>442</v>
       </c>
       <c r="B74" t="s">
         <v>443</v>
       </c>
       <c r="C74" t="s">
         <v>397</v>
       </c>
       <c r="D74" t="s">
         <v>444</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>111</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>445</v>
       </c>
       <c r="H74">
         <v>2002</v>
       </c>
       <c r="I74">
         <v>2007</v>
       </c>
       <c r="J74" t="s">
         <v>361</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="M74" t="s">
         <v>400</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="P74" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B75" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C75" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D75" t="s">
         <v>92</v>
       </c>
       <c r="E75" t="s">
         <v>42</v>
       </c>
       <c r="F75" t="s">
         <v>101</v>
       </c>
       <c r="G75" t="s">
         <v>22</v>
       </c>
       <c r="H75">
         <v>2011</v>
       </c>
       <c r="I75">
         <v>2017</v>
       </c>
       <c r="J75" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K75" t="s">
         <v>82</v>
       </c>
       <c r="L75" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M75" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="N75" t="s">
         <v>84</v>
       </c>
       <c r="O75" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="P75" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B76" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C76" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D76" t="s">
         <v>110</v>
       </c>
       <c r="E76" t="s">
         <v>42</v>
       </c>
       <c r="F76" t="s">
         <v>111</v>
       </c>
       <c r="G76" t="s">
         <v>54</v>
       </c>
       <c r="H76">
         <v>2016</v>
       </c>
       <c r="I76"/>
       <c r="J76" t="s">
         <v>211</v>
       </c>
       <c r="K76" t="s">
         <v>34</v>
       </c>
       <c r="L76" t="s">
         <v>112</v>
       </c>
       <c r="M76" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="N76" t="s">
         <v>27</v>
       </c>
       <c r="O76" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="P76" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B77" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C77" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D77" t="s">
         <v>53</v>
       </c>
       <c r="E77" t="s">
         <v>20</v>
       </c>
       <c r="F77" t="s">
         <v>111</v>
       </c>
       <c r="G77" t="s">
         <v>54</v>
       </c>
       <c r="H77">
         <v>2014</v>
       </c>
       <c r="I77">
         <v>2019</v>
       </c>
       <c r="J77" t="s">
         <v>62</v>
       </c>
       <c r="K77" t="s">
         <v>34</v>
       </c>
       <c r="L77"/>
       <c r="M77" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="N77" t="s">
         <v>27</v>
       </c>
       <c r="O77" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="P77" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B78" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C78" t="s">
         <v>52</v>
       </c>
       <c r="D78" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="E78" t="s">
         <v>42</v>
       </c>
       <c r="F78" t="s">
         <v>101</v>
       </c>
       <c r="G78" t="s">
         <v>54</v>
       </c>
       <c r="H78">
         <v>2017</v>
       </c>
       <c r="I78"/>
       <c r="J78" t="s">
         <v>81</v>
       </c>
       <c r="K78" t="s">
         <v>82</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
         <v>127</v>
       </c>
       <c r="N78" t="s">
         <v>84</v>
       </c>
       <c r="O78" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="P78" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B79" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C79" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D79" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E79" t="s">
         <v>42</v>
       </c>
       <c r="F79" t="s">
         <v>43</v>
       </c>
       <c r="G79" t="s">
         <v>22</v>
       </c>
       <c r="H79">
         <v>2015</v>
       </c>
       <c r="I79">
         <v>2016</v>
       </c>
       <c r="J79" t="s">
         <v>227</v>
       </c>
       <c r="K79" t="s">
         <v>82</v>
       </c>
       <c r="L79" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="M79" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="N79" t="s">
         <v>84</v>
       </c>
       <c r="O79" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="P79" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B80" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C80" t="s">
         <v>324</v>
       </c>
       <c r="D80" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E80" t="s">
         <v>42</v>
       </c>
       <c r="F80" t="s">
         <v>101</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
         <v>2011</v>
       </c>
       <c r="I80">
         <v>2017</v>
       </c>
       <c r="J80" t="s">
         <v>62</v>
       </c>
       <c r="K80" t="s">
         <v>82</v>
       </c>
       <c r="L80"/>
       <c r="M80" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="N80" t="s">
         <v>84</v>
       </c>
       <c r="O80" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="P80" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B81" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
         <v>92</v>
       </c>
       <c r="E81" t="s">
         <v>42</v>
       </c>
       <c r="F81" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G81" t="s">
         <v>54</v>
       </c>
       <c r="H81">
         <v>2007</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>227</v>
       </c>
       <c r="K81" t="s">
         <v>82</v>
       </c>
       <c r="L81" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="M81" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="N81" t="s">
         <v>84</v>
       </c>
       <c r="O81" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="P81" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="82" spans="1:16">
       <c r="A82" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B82" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C82" t="s">
         <v>18</v>
       </c>
       <c r="D82" t="s">
         <v>88</v>
       </c>
       <c r="E82" t="s">
         <v>42</v>
       </c>
       <c r="F82" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G82" t="s">
         <v>54</v>
       </c>
       <c r="H82">
         <v>2009</v>
       </c>
       <c r="I82"/>
       <c r="J82" t="s">
         <v>227</v>
       </c>
       <c r="K82" t="s">
         <v>82</v>
       </c>
       <c r="L82" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="M82" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="N82" t="s">
         <v>84</v>
       </c>
       <c r="O82" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="P82" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="83" spans="1:16">
       <c r="A83" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B83" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C83" t="s">
         <v>18</v>
       </c>
       <c r="D83" t="s">
         <v>90</v>
       </c>
       <c r="E83" t="s">
         <v>42</v>
       </c>
       <c r="F83" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G83" t="s">
         <v>22</v>
       </c>
       <c r="H83">
         <v>2018</v>
       </c>
       <c r="I83">
         <v>2018</v>
       </c>
       <c r="J83" t="s">
         <v>227</v>
       </c>
       <c r="K83" t="s">
         <v>82</v>
       </c>
       <c r="L83" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="M83" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="N83" t="s">
         <v>84</v>
       </c>
       <c r="O83" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="P83" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="84" spans="1:16">
       <c r="A84" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B84" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C84" t="s">
         <v>18</v>
       </c>
       <c r="D84" t="s">
         <v>80</v>
       </c>
       <c r="E84" t="s">
         <v>42</v>
       </c>
       <c r="F84" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="G84" t="s">
         <v>54</v>
       </c>
       <c r="H84">
         <v>2014</v>
       </c>
       <c r="I84"/>
       <c r="J84" t="s">
         <v>227</v>
       </c>
       <c r="K84" t="s">
         <v>82</v>
       </c>
       <c r="L84" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="M84" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="N84" t="s">
         <v>84</v>
       </c>
       <c r="O84" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="P84" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">