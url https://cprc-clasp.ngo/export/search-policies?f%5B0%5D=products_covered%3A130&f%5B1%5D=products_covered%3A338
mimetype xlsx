--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="397">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -689,72 +689,66 @@
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
     <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
     <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
@@ -939,50 +933,53 @@
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -3275,1428 +3272,1430 @@
       <c r="K34" t="s">
         <v>65</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>214</v>
       </c>
       <c r="N34" t="s">
         <v>58</v>
       </c>
       <c r="O34" t="s">
         <v>215</v>
       </c>
       <c r="P34" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>217</v>
       </c>
       <c r="B35" t="s">
         <v>218</v>
       </c>
       <c r="C35" t="s">
+        <v>32</v>
+      </c>
+      <c r="D35" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E35" t="s">
         <v>72</v>
       </c>
       <c r="F35" t="s">
+        <v>220</v>
+      </c>
+      <c r="G35" t="s">
+        <v>8</v>
+      </c>
+      <c r="H35">
+        <v>2008</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
         <v>221</v>
-      </c>
-[...8 lines deleted...]
-        <v>223</v>
       </c>
       <c r="K35" t="s">
         <v>65</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="N35" t="s">
         <v>58</v>
       </c>
       <c r="O35" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="P35" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
+        <v>225</v>
+      </c>
+      <c r="B36" t="s">
+        <v>226</v>
+      </c>
+      <c r="C36" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
       <c r="D36" t="s">
         <v>144</v>
       </c>
       <c r="E36" t="s">
         <v>72</v>
       </c>
       <c r="F36" t="s">
         <v>136</v>
       </c>
       <c r="G36" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="H36"/>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>172</v>
       </c>
       <c r="K36" t="s">
         <v>37</v>
       </c>
       <c r="L36"/>
       <c r="M36" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="N36" t="s">
         <v>39</v>
       </c>
       <c r="O36" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="P36" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>232</v>
+      </c>
+      <c r="B37" t="s">
+        <v>233</v>
+      </c>
+      <c r="C37" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="D37" t="s">
         <v>126</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
         <v>34</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2013</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
         <v>172</v>
       </c>
       <c r="K37" t="s">
         <v>57</v>
       </c>
       <c r="L37" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="M37" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="P37" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B38" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C38" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D38" t="s">
         <v>126</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>21</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2012</v>
       </c>
       <c r="I38">
         <v>2013</v>
       </c>
       <c r="J38" t="s">
         <v>172</v>
       </c>
       <c r="K38" t="s">
         <v>57</v>
       </c>
       <c r="L38" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="M38" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="P38" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B39" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="C39" t="s">
         <v>125</v>
       </c>
       <c r="D39" t="s">
         <v>43</v>
       </c>
       <c r="E39" t="s">
         <v>72</v>
       </c>
       <c r="F39" t="s">
         <v>73</v>
       </c>
       <c r="G39" t="s">
         <v>22</v>
       </c>
       <c r="H39">
         <v>2006</v>
       </c>
       <c r="I39">
         <v>2015</v>
       </c>
       <c r="J39" t="s">
         <v>145</v>
       </c>
       <c r="K39" t="s">
         <v>37</v>
       </c>
       <c r="L39" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="M39" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="N39" t="s">
         <v>39</v>
       </c>
       <c r="O39" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="P39" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B40" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C40" t="s">
         <v>125</v>
       </c>
       <c r="D40" t="s">
         <v>45</v>
       </c>
       <c r="E40" t="s">
         <v>72</v>
       </c>
       <c r="F40" t="s">
         <v>73</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2001</v>
       </c>
       <c r="I40">
         <v>2012</v>
       </c>
       <c r="J40" t="s">
         <v>145</v>
       </c>
       <c r="K40" t="s">
         <v>37</v>
       </c>
       <c r="L40" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="M40" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="N40" t="s">
         <v>39</v>
       </c>
       <c r="O40" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="P40" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B41" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C41" t="s">
         <v>125</v>
       </c>
       <c r="D41" t="s">
         <v>33</v>
       </c>
       <c r="E41" t="s">
         <v>72</v>
       </c>
       <c r="F41" t="s">
         <v>73</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1994</v>
       </c>
       <c r="I41">
         <v>2013</v>
       </c>
       <c r="J41" t="s">
         <v>145</v>
       </c>
       <c r="K41" t="s">
         <v>37</v>
       </c>
       <c r="L41" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="M41" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="N41" t="s">
         <v>39</v>
       </c>
       <c r="O41" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="P41" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B42" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C42" t="s">
         <v>125</v>
       </c>
       <c r="D42" t="s">
         <v>47</v>
       </c>
       <c r="E42" t="s">
         <v>72</v>
       </c>
       <c r="F42" t="s">
         <v>73</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>1992</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
         <v>145</v>
       </c>
       <c r="K42" t="s">
         <v>37</v>
       </c>
       <c r="L42" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="M42" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="N42" t="s">
         <v>39</v>
       </c>
       <c r="O42" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="P42" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>264</v>
+      </c>
+      <c r="B43" t="s">
+        <v>265</v>
+      </c>
+      <c r="C43" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="D43" t="s">
         <v>47</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>21</v>
       </c>
       <c r="G43" t="s">
         <v>35</v>
       </c>
       <c r="H43">
         <v>2018</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>108</v>
       </c>
       <c r="K43" t="s">
         <v>65</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="P43" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B44" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C44" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D44" t="s">
         <v>47</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>21</v>
       </c>
       <c r="G44" t="s">
         <v>35</v>
       </c>
       <c r="H44">
         <v>2016</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>108</v>
       </c>
       <c r="K44" t="s">
         <v>65</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="N44" t="s">
         <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="P44" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D45" t="s">
         <v>47</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>21</v>
       </c>
       <c r="G45" t="s">
         <v>35</v>
       </c>
       <c r="H45">
         <v>2018</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
         <v>108</v>
       </c>
       <c r="K45" t="s">
         <v>65</v>
       </c>
       <c r="L45"/>
       <c r="M45" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="N45" t="s">
         <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="P45" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="B46" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="C46" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D46" t="s">
         <v>107</v>
       </c>
       <c r="E46" t="s">
         <v>20</v>
       </c>
       <c r="F46" t="s">
         <v>21</v>
       </c>
       <c r="G46" t="s">
         <v>35</v>
       </c>
       <c r="H46">
         <v>2020</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>108</v>
       </c>
       <c r="K46" t="s">
         <v>65</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="N46" t="s">
         <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="P46" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>278</v>
+      </c>
+      <c r="B47" t="s">
+        <v>279</v>
+      </c>
+      <c r="C47" t="s">
         <v>280</v>
       </c>
-      <c r="B47" t="s">
+      <c r="D47" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E47" t="s">
         <v>72</v>
       </c>
       <c r="F47" t="s">
         <v>34</v>
       </c>
       <c r="G47" t="s">
         <v>35</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="M47" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="P47" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="B48" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="C48" t="s">
         <v>143</v>
       </c>
       <c r="D48" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="E48" t="s">
         <v>20</v>
       </c>
       <c r="F48" t="s">
         <v>136</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48">
         <v>2021</v>
       </c>
       <c r="J48" t="s">
         <v>145</v>
       </c>
       <c r="K48" t="s">
+        <v>290</v>
+      </c>
+      <c r="L48" t="s">
+        <v>291</v>
+      </c>
+      <c r="M48" t="s">
         <v>292</v>
       </c>
-      <c r="L48" t="s">
+      <c r="N48" t="s">
         <v>293</v>
       </c>
-      <c r="M48" t="s">
+      <c r="O48" t="s">
         <v>294</v>
       </c>
-      <c r="N48" t="s">
+      <c r="P48" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
+        <v>296</v>
+      </c>
+      <c r="B49" t="s">
+        <v>297</v>
+      </c>
+      <c r="C49" t="s">
         <v>298</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="E49" t="s">
         <v>20</v>
       </c>
       <c r="F49" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="G49" t="s">
-        <v>222</v>
+        <v>300</v>
       </c>
       <c r="H49">
         <v>2024</v>
       </c>
       <c r="I49"/>
       <c r="J49" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="K49" t="s">
         <v>65</v>
       </c>
       <c r="L49" t="s">
+        <v>302</v>
+      </c>
+      <c r="M49" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="N49" t="s">
         <v>27</v>
       </c>
       <c r="O49" t="s">
+        <v>304</v>
+      </c>
+      <c r="P49" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
+        <v>306</v>
+      </c>
+      <c r="B50" t="s">
         <v>307</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>308</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="E50" t="s">
         <v>72</v>
       </c>
       <c r="F50" t="s">
         <v>34</v>
       </c>
       <c r="G50" t="s">
         <v>35</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>311</v>
+        <v>310</v>
       </c>
       <c r="K50" t="s">
         <v>65</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="N50" t="s">
         <v>27</v>
       </c>
       <c r="O50" t="s">
+        <v>312</v>
+      </c>
+      <c r="P50" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
+        <v>314</v>
+      </c>
+      <c r="B51" t="s">
         <v>315</v>
       </c>
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="D51" t="s">
         <v>55</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>136</v>
       </c>
       <c r="G51" t="s">
         <v>22</v>
       </c>
       <c r="H51">
         <v>2007</v>
       </c>
       <c r="I51">
         <v>2018</v>
       </c>
       <c r="J51" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="K51" t="s">
         <v>65</v>
       </c>
       <c r="L51" t="s">
+        <v>318</v>
+      </c>
+      <c r="M51" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="N51" t="s">
         <v>27</v>
       </c>
       <c r="O51" t="s">
+        <v>320</v>
+      </c>
+      <c r="P51" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
+        <v>322</v>
+      </c>
+      <c r="B52" t="s">
         <v>323</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>324</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>21</v>
       </c>
       <c r="G52" t="s">
         <v>35</v>
       </c>
       <c r="H52">
         <v>2016</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
         <v>108</v>
       </c>
       <c r="K52" t="s">
         <v>65</v>
       </c>
       <c r="L52"/>
       <c r="M52" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="N52" t="s">
         <v>27</v>
       </c>
       <c r="O52" t="s">
+        <v>327</v>
+      </c>
+      <c r="P52" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
+        <v>329</v>
+      </c>
+      <c r="B53" t="s">
         <v>330</v>
       </c>
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>324</v>
+      </c>
+      <c r="D53" t="s">
         <v>331</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>34</v>
       </c>
       <c r="G53" t="s">
         <v>35</v>
       </c>
       <c r="H53">
         <v>2017</v>
       </c>
       <c r="I53"/>
       <c r="J53" t="s">
         <v>108</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53"/>
       <c r="M53" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="N53" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="O53" t="s">
+        <v>332</v>
+      </c>
+      <c r="P53" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
+        <v>334</v>
+      </c>
+      <c r="B54" t="s">
         <v>335</v>
       </c>
-      <c r="B54" t="s">
+      <c r="C54" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="D54" t="s">
         <v>47</v>
       </c>
       <c r="E54" t="s">
         <v>72</v>
       </c>
       <c r="F54" t="s">
         <v>73</v>
       </c>
       <c r="G54" t="s">
         <v>22</v>
       </c>
       <c r="H54">
         <v>2011</v>
       </c>
       <c r="I54">
         <v>2017</v>
       </c>
       <c r="J54" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="K54" t="s">
         <v>37</v>
       </c>
       <c r="L54" t="s">
+        <v>338</v>
+      </c>
+      <c r="M54" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="N54" t="s">
         <v>39</v>
       </c>
       <c r="O54" t="s">
+        <v>340</v>
+      </c>
+      <c r="P54" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
+        <v>342</v>
+      </c>
+      <c r="B55" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C55" t="s">
         <v>54</v>
       </c>
       <c r="D55" t="s">
         <v>55</v>
       </c>
       <c r="E55" t="s">
         <v>20</v>
       </c>
       <c r="F55" t="s">
         <v>21</v>
       </c>
       <c r="G55" t="s">
         <v>35</v>
       </c>
       <c r="H55">
         <v>2021</v>
       </c>
       <c r="I55"/>
       <c r="J55" t="s">
         <v>56</v>
       </c>
       <c r="K55" t="s">
         <v>65</v>
       </c>
       <c r="L55"/>
       <c r="M55"/>
       <c r="N55" t="s">
         <v>27</v>
       </c>
       <c r="O55" t="s">
+        <v>344</v>
+      </c>
+      <c r="P55" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
+        <v>346</v>
+      </c>
+      <c r="B56" t="s">
         <v>347</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
         <v>348</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D56" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="E56" t="s">
         <v>20</v>
       </c>
       <c r="F56" t="s">
         <v>136</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2012</v>
       </c>
       <c r="I56">
         <v>2014</v>
       </c>
       <c r="J56" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="K56" t="s">
         <v>65</v>
       </c>
       <c r="L56" t="s">
+        <v>351</v>
+      </c>
+      <c r="M56" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="N56" t="s">
         <v>27</v>
       </c>
       <c r="O56" t="s">
+        <v>353</v>
+      </c>
+      <c r="P56" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
+        <v>355</v>
+      </c>
+      <c r="B57" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C57" t="s">
         <v>32</v>
       </c>
       <c r="D57" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="E57" t="s">
         <v>72</v>
       </c>
       <c r="F57" t="s">
         <v>73</v>
       </c>
       <c r="G57" t="s">
         <v>35</v>
       </c>
       <c r="H57">
         <v>2017</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
         <v>36</v>
       </c>
       <c r="K57" t="s">
         <v>37</v>
       </c>
       <c r="L57"/>
       <c r="M57" t="s">
         <v>77</v>
       </c>
       <c r="N57" t="s">
         <v>39</v>
       </c>
       <c r="O57" t="s">
+        <v>358</v>
+      </c>
+      <c r="P57" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
+        <v>360</v>
+      </c>
+      <c r="B58" t="s">
         <v>361</v>
       </c>
-      <c r="B58" t="s">
+      <c r="C58" t="s">
         <v>362</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E58" t="s">
         <v>72</v>
       </c>
       <c r="F58" t="s">
         <v>34</v>
       </c>
       <c r="G58" t="s">
         <v>22</v>
       </c>
       <c r="H58">
         <v>2015</v>
       </c>
       <c r="I58">
         <v>2016</v>
       </c>
       <c r="J58" t="s">
         <v>145</v>
       </c>
       <c r="K58" t="s">
         <v>37</v>
       </c>
       <c r="L58" t="s">
+        <v>364</v>
+      </c>
+      <c r="M58" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="N58" t="s">
         <v>39</v>
       </c>
       <c r="O58" t="s">
+        <v>366</v>
+      </c>
+      <c r="P58" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
+        <v>368</v>
+      </c>
+      <c r="B59" t="s">
         <v>369</v>
       </c>
-      <c r="B59" t="s">
+      <c r="C59" t="s">
+        <v>227</v>
+      </c>
+      <c r="D59" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E59" t="s">
         <v>72</v>
       </c>
       <c r="F59" t="s">
         <v>73</v>
       </c>
       <c r="G59" t="s">
         <v>22</v>
       </c>
       <c r="H59">
         <v>2011</v>
       </c>
       <c r="I59">
         <v>2017</v>
       </c>
       <c r="J59" t="s">
         <v>172</v>
       </c>
       <c r="K59" t="s">
         <v>37</v>
       </c>
       <c r="L59"/>
       <c r="M59" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="N59" t="s">
         <v>39</v>
       </c>
       <c r="O59" t="s">
+        <v>372</v>
+      </c>
+      <c r="P59" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
+        <v>374</v>
+      </c>
+      <c r="B60" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="C60" t="s">
         <v>18</v>
       </c>
       <c r="D60" t="s">
         <v>47</v>
       </c>
       <c r="E60" t="s">
         <v>72</v>
       </c>
       <c r="F60" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="G60" t="s">
         <v>35</v>
       </c>
       <c r="H60">
         <v>2007</v>
       </c>
       <c r="I60"/>
       <c r="J60" t="s">
         <v>145</v>
       </c>
       <c r="K60" t="s">
         <v>37</v>
       </c>
       <c r="L60" t="s">
+        <v>377</v>
+      </c>
+      <c r="M60" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="N60" t="s">
         <v>39</v>
       </c>
       <c r="O60" t="s">
+        <v>379</v>
+      </c>
+      <c r="P60" t="s">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
+        <v>381</v>
+      </c>
+      <c r="B61" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" t="s">
         <v>43</v>
       </c>
       <c r="E61" t="s">
         <v>72</v>
       </c>
       <c r="F61" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="G61" t="s">
         <v>35</v>
       </c>
       <c r="H61">
         <v>2009</v>
       </c>
       <c r="I61"/>
       <c r="J61" t="s">
         <v>145</v>
       </c>
       <c r="K61" t="s">
         <v>37</v>
       </c>
       <c r="L61" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="M61" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="N61" t="s">
         <v>39</v>
       </c>
       <c r="O61" t="s">
+        <v>384</v>
+      </c>
+      <c r="P61" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
+        <v>386</v>
+      </c>
+      <c r="B62" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" t="s">
         <v>45</v>
       </c>
       <c r="E62" t="s">
         <v>72</v>
       </c>
       <c r="F62" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="G62" t="s">
         <v>22</v>
       </c>
       <c r="H62">
         <v>2018</v>
       </c>
       <c r="I62">
         <v>2018</v>
       </c>
       <c r="J62" t="s">
         <v>145</v>
       </c>
       <c r="K62" t="s">
         <v>37</v>
       </c>
       <c r="L62" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="M62" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="N62" t="s">
         <v>39</v>
       </c>
       <c r="O62" t="s">
+        <v>389</v>
+      </c>
+      <c r="P62" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
+        <v>391</v>
+      </c>
+      <c r="B63" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" t="s">
         <v>33</v>
       </c>
       <c r="E63" t="s">
         <v>72</v>
       </c>
       <c r="F63" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="G63" t="s">
         <v>35</v>
       </c>
       <c r="H63">
         <v>2014</v>
       </c>
       <c r="I63"/>
       <c r="J63" t="s">
         <v>145</v>
       </c>
       <c r="K63" t="s">
         <v>37</v>
       </c>
       <c r="L63" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="M63" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="N63" t="s">
         <v>39</v>
       </c>
       <c r="O63" t="s">
+        <v>394</v>
+      </c>
+      <c r="P63" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">