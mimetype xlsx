--- v0 (2025-11-26)
+++ v1 (2026-03-07)
@@ -787,69 +787,69 @@
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
   </si>
   <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
     <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
     <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
@@ -3489,51 +3489,51 @@
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
         <v>256</v>
       </c>
       <c r="B43" t="s">
         <v>257</v>
       </c>
       <c r="C43" t="s">
         <v>258</v>
       </c>
       <c r="D43" t="s">
         <v>259</v>
       </c>
       <c r="E43" t="s">
         <v>20</v>
       </c>
       <c r="F43" t="s">
         <v>43</v>
       </c>
       <c r="G43" t="s">
         <v>44</v>
       </c>
       <c r="H43">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>260</v>
       </c>
       <c r="K43" t="s">
         <v>34</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
         <v>261</v>
       </c>
       <c r="N43" t="s">
         <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>262</v>
       </c>
       <c r="P43" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>264</v>