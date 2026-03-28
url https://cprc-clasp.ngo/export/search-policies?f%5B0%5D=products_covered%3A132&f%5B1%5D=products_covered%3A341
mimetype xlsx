--- v0 (2025-10-12)
+++ v1 (2026-03-28)
@@ -12,629 +12,838 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>CEL - Water Chillers</t>
   </si>
   <si>
+    <t>Applies to water chilling/heat pump packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 18430.1 GB/T 18430.2 GB 18070</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-water-chillers</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/7_%E5%86%B7%E6%B0%B4%E6%9C%BA%E7%BB%84%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-1</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers, Industrial Process Chillers</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2016/2281/contents/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2016/2281 of 30 November 2016  implementing Directive 2009/125/EC of the European Parliament and of the Council establishing a framework for the setting of ecodesign requirements for energy-related products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and/or putting into service of:
+(a) air heating products with a rated heating capacity not exceeding 1 MW;
+(b) cooling products and high temperature process chillers with a rated cooling capacity not exceeding 2 MW;
+(c) fan coil units.
+This Policy is under review by the European Commission and is expected to be revised in 2025.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20162281-30-november-2016-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02016R2281-20170109</t>
+  </si>
+  <si>
     <t>CQC31-439131-2013. CQC Mark Certification - Lithium bromide absorption water chiller</t>
   </si>
   <si>
+    <t>Applies to direct-fired type and steam type lithium bromide absorption water chiller.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 29540-2013</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439131-2013-cqc-mark-certification-lithium-bromide-absorption-water-chiller</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-20/492752.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439136-2016. Energy Conservation Certification Rules for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to motor-driven centrifugal water chillers.</t>
+  </si>
+  <si>
     <t>GB 19577-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439136-2016-energy-conservation-certification-rules-water-chillers</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492753.shtml</t>
+  </si>
+  <si>
     <t>CQC32-369491-2021. Water Conservation Certification Rules for Shower Heads</t>
   </si>
   <si>
+    <t>Apply to shower heads</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>GB 28378-2019; GB/T 23447-2009; GB/T 23448-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-369491-2021-water-conservation-certification-rules-shower-heads</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39493</t>
+  </si>
+  <si>
     <t>CQC32-429111-2021. Water Conservation Certification Rules for Shower</t>
   </si>
   <si>
+    <t>Apply to showers</t>
+  </si>
+  <si>
     <t>GB 28378-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc32-429111-2021-water-conservation-certification-rules-shower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/dynamic/contentcore/resource/download?ID=39492</t>
+  </si>
+  <si>
     <t>CQC62-439112-2019. Certification Rules for Cooling Tower</t>
   </si>
   <si>
+    <t>Apply to cooling tower</t>
+  </si>
+  <si>
     <t>GB/T 7190.1-2018; GB/T 7190.2-2018; GB/T 18870-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc62-439112-2019-certification-rules-cooling-tower</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-05-29/494730.shtml</t>
+  </si>
+  <si>
     <t>Efficiency Policy for Chillers</t>
   </si>
   <si>
+    <t>This policy specifies energy consumption standards, star ratings, and labeling requirements for chillers being manufactured, commercially purchased, or sold in India.</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>IS 16590 with all amendments</t>
   </si>
   <si>
     <t>Bureau of Energy Efficiency (BEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/efficiency-policy-chillers</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ETA 0806 - Specifications for assigning ANQIP water efficiency labels to showers and shower systems</t>
   </si>
   <si>
+    <t>The following devices are considered within the scope of this Specification: - Shower (shower head), alone; Shower system (shower taps equipped with hose and shower head removable or fixed). The assignment of labeling rating to a given product follows the categories established in Table 1 - please access the document at page 3 for more information.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0806-specifications-assigning-anqip-water-efficiency-labels-showers-and-shower-systems</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0806_v.4_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 19577-2015 The Minimum Allowable Values of the Energy Efficiency and Energy Efficiency Grades for Water Chillers</t>
   </si>
   <si>
+    <t>Applies to Water chilling -heat pump- packages using the vapor compression cycle with electric motor driven compressor.</t>
+  </si>
+  <si>
     <t>GB/T 10870; GB/T 18430.1; GB/T 18430.2; GB/T 25131</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19577-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EECD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28378-2019 Minimum allowable values of water efficiency and water efficiency grades for showers</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grade, technical requirements, and test methods for showers. It is applicable to the water efficiency evaluation of showers (including shower heads or combinations) used in sanitary facilities such as lavatories and shower rooms installed in buildings with nominal pressure (static pressure) less than 1.0 MPa and medium temperature of 4℃~90℃.</t>
+  </si>
+  <si>
     <t>GB/T 33733</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28378-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA9400CA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 29540-2013 Minimum allowable values of the energy efficiency and energy efficiency grades for lithium bromide absorption chillers</t>
   </si>
   <si>
+    <t>This policy covers lithium bromide absorption chillers.</t>
+  </si>
+  <si>
     <t>GB/T 18362; GB/T 18431</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-29540-2013-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7E7D9D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Liquid-chilling Packages Using the Vapour Compression Cycle) Determination 2012</t>
   </si>
   <si>
+    <t>Air-cooled and water-cooled liquid-chilling packages with a cooling capacity of 350 kW or above.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4776.1.2:2008</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-liquid-chilling-packages-using-vapour-compression</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Series/F2012L02123</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
     <t>Indian Standard for Requirements For Water Efficient Plumbing Products (WEPP): Part 2 Sanitary Fittings</t>
   </si>
   <si>
+    <t>This standard covers requirements for assessment and star ratingof sanitary fittings, such as faucets (taps) and showerheads,for their performance based on water efficiency,which are in addition to the requirements specified in relevant Indian Standards as applicable.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Bureau of Indian Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/indian-standard-requirements-water-efficient-plumbing-products-wepp-part-2-sanitary</t>
   </si>
   <si>
+    <t>https://bis.gov.in/wp-content/uploads/2020/08/write-up-for-publicity-of-WC-drafts-for-WEPP.pdf</t>
+  </si>
+  <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>MEPS for Water Chillers</t>
   </si>
   <si>
+    <t>include both air-cooled and water-cooled types; volumetric and centrifugal compressors.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CNS 12575 CNS 12812</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-water-chillers</t>
   </si>
   <si>
+    <t>http://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing High Efficiency Chiller, B.E. 2552 (2009)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers a chiller for the air conditioning system that allows water to flow through. It includes air-cooled (piston type) and water-cooled (rotary type, screw type or scroll type, centrifugal type) systems.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Space Heating and Space Cooling, Air Conditioning, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-high-efficiency-chiller-be-2552-2009</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload?id=1776757</t>
+  </si>
+  <si>
     <t>SASO 2874:2016 MEPS for large air conditioners</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS and testing requirements for electrically operated air conditioners, condensing units, chillers, absorption chillers, electrically operated variable refrigerant flow (VRF) air conditioners, close control air conditioners and condensing units serving computer rooms.</t>
+  </si>
+  <si>
     <t>Kingdom of Saudi Arabia</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>Saudi Standard, Metrology and Quality Organization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/saso-28742016-meps-large-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.intertek.com.cn/Uploadfile/File/SASO-2874_2016.pdf</t>
+  </si>
+  <si>
     <t>Schedule 21 - Chillers</t>
   </si>
   <si>
+    <t>This schedule specifies the MEPS and labeling instructions for water cooled chillers manufactured in India or imported for sale in India for central cooling and similar use.</t>
+  </si>
+  <si>
     <t>IS 16590:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/schedule-21-chillers</t>
   </si>
   <si>
+    <t>https://beestarlabel.com/Content/Files/Chillers_schedule_21.pdf</t>
+  </si>
+  <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
+    <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-conservation-certification</t>
   </si>
   <si>
+    <t>http://www.sqi.com.cn/SQI_Web/English/SQI_EN_Introduction_Details.aspx?NGUID=f5285f6931894565bc9efdc15eecfbcf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Showerheads</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for showerheads labeled under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense program. Water-saving showerheads that earn the WaterSense label must demonstrate that they use no more than 2.0 gpm. It is applicable to showerhead fixture fittings, inclusive of showerheads, rain showers, and hand-held showers, as defined in the ASME A112.18.1/CSA B125.1 Plumbing Supply Fittings standard. "Showerhead” also includes rain showers and handheld showers.</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>10 CFR 429.29; ASME A112.18.1/CSA B125.1</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-showerheads</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2018-07/documents/ws-products-specification-showerheads-v1-1.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -898,1541 +1107,1746 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N34"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H3">
+        <v>2008</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4">
         <v>2008</v>
       </c>
-      <c r="H3">
-[...17 lines deleted...]
-      <c r="N3" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2021</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>56</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>61</v>
+      </c>
+      <c r="D6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>64</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>2016</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>64</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
         <v>33</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="E8" t="s">
+        <v>76</v>
+      </c>
+      <c r="F8" t="s">
+        <v>77</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2013</v>
+      </c>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>85</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" t="s">
+        <v>77</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>90</v>
+      </c>
+      <c r="L10" t="s">
+        <v>91</v>
+      </c>
+      <c r="M10" t="s">
+        <v>80</v>
+      </c>
+      <c r="N10" t="s">
+        <v>56</v>
+      </c>
+      <c r="O10" t="s">
+        <v>92</v>
+      </c>
+      <c r="P10" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>42</v>
+      </c>
+      <c r="D11" t="s">
+        <v>52</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2021</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>45</v>
+      </c>
+      <c r="K11" t="s">
+        <v>90</v>
+      </c>
+      <c r="L11" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" t="s">
+        <v>56</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>42</v>
+      </c>
+      <c r="D12" t="s">
+        <v>33</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>77</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2019</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>80</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>107</v>
+      </c>
+      <c r="G13" t="s">
+        <v>108</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="L13" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" t="s">
+        <v>110</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>112</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>117</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>118</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>119</v>
+      </c>
+      <c r="P14" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>121</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>124</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>43</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2010</v>
+      </c>
+      <c r="I15">
+        <v>2017</v>
+      </c>
+      <c r="J15" t="s">
+        <v>125</v>
+      </c>
+      <c r="K15" t="s">
+        <v>54</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>126</v>
+      </c>
+      <c r="N15" t="s">
+        <v>56</v>
+      </c>
+      <c r="O15" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>129</v>
+      </c>
+      <c r="B16" t="s">
+        <v>130</v>
+      </c>
+      <c r="C16" t="s">
+        <v>131</v>
+      </c>
+      <c r="D16" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" t="s">
+        <v>43</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2008</v>
+      </c>
+      <c r="I16">
+        <v>2015</v>
+      </c>
+      <c r="J16" t="s">
+        <v>53</v>
+      </c>
+      <c r="K16" t="s">
+        <v>54</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>132</v>
+      </c>
+      <c r="N16" t="s">
+        <v>56</v>
+      </c>
+      <c r="O16" t="s">
+        <v>133</v>
+      </c>
+      <c r="P16" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>135</v>
+      </c>
+      <c r="B17" t="s">
+        <v>136</v>
+      </c>
+      <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
+        <v>33</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2004</v>
+      </c>
+      <c r="I17">
+        <v>2017</v>
+      </c>
+      <c r="J17" t="s">
+        <v>78</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>137</v>
+      </c>
+      <c r="M17" t="s">
+        <v>47</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>138</v>
+      </c>
+      <c r="P17" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>140</v>
+      </c>
+      <c r="B18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2013</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" t="s">
+        <v>54</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>143</v>
+      </c>
+      <c r="N18" t="s">
+        <v>56</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>146</v>
+      </c>
+      <c r="B19" t="s">
+        <v>147</v>
+      </c>
+      <c r="C19" t="s">
+        <v>42</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>2013</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>148</v>
+      </c>
+      <c r="M19" t="s">
+        <v>143</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>149</v>
+      </c>
+      <c r="P19" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>151</v>
+      </c>
+      <c r="B20" t="s">
+        <v>152</v>
+      </c>
+      <c r="C20" t="s">
+        <v>153</v>
+      </c>
+      <c r="D20" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2008</v>
+      </c>
+      <c r="I20">
+        <v>2012</v>
+      </c>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>161</v>
+      </c>
+      <c r="D21" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F21" t="s">
+        <v>77</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2010</v>
+      </c>
+      <c r="I21">
+        <v>2012</v>
+      </c>
+      <c r="J21" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
+      <c r="K21" t="s">
         <v>35</v>
       </c>
-      <c r="C4" t="s">
-[...38 lines deleted...]
-      <c r="B5" t="s">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>162</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>161</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22" t="s">
+        <v>77</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1996</v>
+      </c>
+      <c r="I22">
+        <v>2010</v>
+      </c>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
         <v>35</v>
       </c>
-      <c r="C5" t="s">
-[...66 lines deleted...]
-      <c r="N6" t="s">
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>162</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>167</v>
+      </c>
+      <c r="P22" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>168</v>
+      </c>
+      <c r="B23" t="s">
+        <v>169</v>
+      </c>
+      <c r="C23" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" t="s">
+        <v>124</v>
+      </c>
+      <c r="E23" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" t="s">
+        <v>107</v>
+      </c>
+      <c r="G23" t="s">
+        <v>170</v>
+      </c>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>78</v>
+      </c>
+      <c r="K23" t="s">
         <v>54</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" t="s">
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>171</v>
+      </c>
+      <c r="N23" t="s">
         <v>56</v>
       </c>
-      <c r="C7" t="s">
-[...489 lines deleted...]
-      <c r="K18" t="s">
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>174</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>33</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
         <v>107</v>
       </c>
-      <c r="L18" t="s">
-[...237 lines deleted...]
-        <v>2002</v>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
-      <c r="I24" t="s">
-        <v>131</v>
+      <c r="I24">
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
-        <v>30</v>
+        <v>177</v>
       </c>
       <c r="K24" t="s">
-        <v>132</v>
+        <v>35</v>
       </c>
       <c r="L24" t="s">
-        <v>133</v>
+        <v>178</v>
       </c>
       <c r="M24" t="s">
-        <v>24</v>
+        <v>179</v>
       </c>
       <c r="N24" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>180</v>
+      </c>
+      <c r="P24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>120</v>
+        <v>183</v>
       </c>
       <c r="C25" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" t="s">
+        <v>52</v>
+      </c>
+      <c r="E25" t="s">
+        <v>76</v>
+      </c>
+      <c r="F25" t="s">
+        <v>77</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2001</v>
+      </c>
+      <c r="I25">
+        <v>2012</v>
+      </c>
+      <c r="J25" t="s">
+        <v>125</v>
+      </c>
+      <c r="K25" t="s">
+        <v>54</v>
+      </c>
+      <c r="L25" t="s">
+        <v>184</v>
+      </c>
+      <c r="M25" t="s">
+        <v>185</v>
+      </c>
+      <c r="N25" t="s">
+        <v>56</v>
+      </c>
+      <c r="O25" t="s">
+        <v>186</v>
+      </c>
+      <c r="P25" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>189</v>
+      </c>
+      <c r="C26" t="s">
+        <v>190</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>76</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2003</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>191</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>192</v>
+      </c>
+      <c r="M26" t="s">
+        <v>193</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>194</v>
+      </c>
+      <c r="P26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>196</v>
+      </c>
+      <c r="B27" t="s">
+        <v>197</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2003</v>
+      </c>
+      <c r="I27">
+        <v>2005</v>
+      </c>
+      <c r="J27" t="s">
+        <v>116</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>198</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>199</v>
+      </c>
+      <c r="P27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>201</v>
+      </c>
+      <c r="B28" t="s">
+        <v>202</v>
+      </c>
+      <c r="C28" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" t="s">
+        <v>204</v>
+      </c>
+      <c r="E28" t="s">
+        <v>76</v>
+      </c>
+      <c r="F28" t="s">
+        <v>205</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>2009</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>206</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>207</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>208</v>
+      </c>
+      <c r="P28" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>210</v>
+      </c>
+      <c r="B29" t="s">
+        <v>211</v>
+      </c>
+      <c r="C29" t="s">
+        <v>212</v>
+      </c>
+      <c r="D29" t="s">
+        <v>213</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2016</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>214</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>215</v>
+      </c>
+      <c r="P29" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>217</v>
+      </c>
+      <c r="B30" t="s">
+        <v>218</v>
+      </c>
+      <c r="C30" t="s">
+        <v>106</v>
+      </c>
+      <c r="D30" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" t="s">
+        <v>76</v>
+      </c>
+      <c r="F30" t="s">
+        <v>107</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2018</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>116</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>219</v>
+      </c>
+      <c r="M30" t="s">
+        <v>110</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>220</v>
+      </c>
+      <c r="P30" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>222</v>
+      </c>
+      <c r="B31" t="s">
+        <v>223</v>
+      </c>
+      <c r="C31" t="s">
+        <v>42</v>
+      </c>
+      <c r="D31" t="s">
+        <v>224</v>
+      </c>
+      <c r="E31" t="s">
+        <v>76</v>
+      </c>
+      <c r="F31" t="s">
+        <v>77</v>
+      </c>
+      <c r="G31" t="s">
+        <v>44</v>
+      </c>
+      <c r="H31">
+        <v>2017</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>53</v>
+      </c>
+      <c r="K31" t="s">
+        <v>54</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>80</v>
+      </c>
+      <c r="N31" t="s">
+        <v>56</v>
+      </c>
+      <c r="O31" t="s">
+        <v>225</v>
+      </c>
+      <c r="P31" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>227</v>
+      </c>
+      <c r="B32" t="s">
+        <v>228</v>
+      </c>
+      <c r="C32" t="s">
+        <v>153</v>
+      </c>
+      <c r="D32" t="s">
+        <v>229</v>
+      </c>
+      <c r="E32" t="s">
+        <v>76</v>
+      </c>
+      <c r="F32" t="s">
         <v>43</v>
       </c>
-      <c r="D25" t="s">
-[...46 lines deleted...]
-      <c r="E26" t="s">
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
+        <v>2016</v>
+      </c>
+      <c r="J32" t="s">
+        <v>125</v>
+      </c>
+      <c r="K32" t="s">
+        <v>54</v>
+      </c>
+      <c r="L32" t="s">
+        <v>230</v>
+      </c>
+      <c r="M32" t="s">
+        <v>231</v>
+      </c>
+      <c r="N32" t="s">
+        <v>56</v>
+      </c>
+      <c r="O32" t="s">
+        <v>232</v>
+      </c>
+      <c r="P32" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>234</v>
+      </c>
+      <c r="B33" t="s">
+        <v>235</v>
+      </c>
+      <c r="C33" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33" t="s">
+        <v>236</v>
+      </c>
+      <c r="E33" t="s">
+        <v>76</v>
+      </c>
+      <c r="F33" t="s">
+        <v>77</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>78</v>
+      </c>
+      <c r="K33" t="s">
+        <v>54</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>237</v>
+      </c>
+      <c r="N33" t="s">
+        <v>56</v>
+      </c>
+      <c r="O33" t="s">
+        <v>238</v>
+      </c>
+      <c r="P33" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>240</v>
+      </c>
+      <c r="B34" t="s">
+        <v>241</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F26" t="s">
-[...324 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="E34" t="s">
-        <v>176</v>
+        <v>76</v>
       </c>
       <c r="F34" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2018</v>
+        <v>242</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
       </c>
       <c r="H34">
         <v>2018</v>
       </c>
-      <c r="I34" t="s">
-        <v>96</v>
+      <c r="I34">
+        <v>2018</v>
       </c>
       <c r="J34" t="s">
-        <v>45</v>
+        <v>125</v>
       </c>
       <c r="K34" t="s">
-        <v>177</v>
+        <v>54</v>
       </c>
       <c r="L34" t="s">
-        <v>178</v>
+        <v>243</v>
       </c>
       <c r="M34" t="s">
-        <v>47</v>
+        <v>244</v>
       </c>
       <c r="N34" t="s">
-        <v>179</v>
+        <v>56</v>
+      </c>
+      <c r="O34" t="s">
+        <v>245</v>
+      </c>
+      <c r="P34" t="s">
+        <v>246</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>