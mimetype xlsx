--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="335">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="336">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -891,50 +891,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
     <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
@@ -3501,362 +3504,362 @@
       </c>
       <c r="P43" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
         <v>290</v>
       </c>
       <c r="B44" t="s">
         <v>291</v>
       </c>
       <c r="C44" t="s">
         <v>243</v>
       </c>
       <c r="D44" t="s">
         <v>45</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>107</v>
       </c>
       <c r="G44" t="s">
-        <v>60</v>
+        <v>292</v>
       </c>
       <c r="H44">
         <v>1994</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
         <v>207</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="M44" t="s">
         <v>245</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B45" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C45" t="s">
         <v>121</v>
       </c>
       <c r="D45" t="s">
         <v>45</v>
       </c>
       <c r="E45" t="s">
         <v>58</v>
       </c>
       <c r="F45" t="s">
         <v>59</v>
       </c>
       <c r="G45" t="s">
         <v>22</v>
       </c>
       <c r="H45">
         <v>2014</v>
       </c>
       <c r="I45"/>
       <c r="J45" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M45" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="P45" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B46" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C46" t="s">
         <v>121</v>
       </c>
       <c r="D46" t="s">
         <v>235</v>
       </c>
       <c r="E46" t="s">
         <v>58</v>
       </c>
       <c r="F46" t="s">
         <v>46</v>
       </c>
       <c r="G46" t="s">
         <v>22</v>
       </c>
       <c r="H46">
         <v>2014</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
         <v>237</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="P46" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C47" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D47" t="s">
         <v>45</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>107</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2017</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="K47" t="s">
         <v>24</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="N47" t="s">
         <v>26</v>
       </c>
       <c r="O47" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="P47" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B48" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C48" t="s">
         <v>31</v>
       </c>
       <c r="D48" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E48" t="s">
         <v>58</v>
       </c>
       <c r="F48" t="s">
         <v>59</v>
       </c>
       <c r="G48" t="s">
         <v>22</v>
       </c>
       <c r="H48">
         <v>2017</v>
       </c>
       <c r="I48"/>
       <c r="J48" t="s">
         <v>33</v>
       </c>
       <c r="K48" t="s">
         <v>34</v>
       </c>
       <c r="L48"/>
       <c r="M48" t="s">
         <v>63</v>
       </c>
       <c r="N48" t="s">
         <v>36</v>
       </c>
       <c r="O48" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="P48" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B49" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C49" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D49" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E49" t="s">
         <v>58</v>
       </c>
       <c r="F49" t="s">
         <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>60</v>
       </c>
       <c r="H49">
         <v>2015</v>
       </c>
       <c r="I49">
         <v>2016</v>
       </c>
       <c r="J49" t="s">
         <v>228</v>
       </c>
       <c r="K49" t="s">
         <v>34</v>
       </c>
       <c r="L49" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="M49" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="N49" t="s">
         <v>36</v>
       </c>
       <c r="O49" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="P49" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B50" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C50" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D50" t="s">
         <v>32</v>
       </c>
       <c r="E50" t="s">
         <v>58</v>
       </c>
       <c r="F50" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
         <v>228</v>
       </c>
       <c r="K50" t="s">
         <v>34</v>
       </c>
       <c r="L50" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M50" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="N50" t="s">
         <v>36</v>
       </c>
       <c r="O50" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="P50" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">