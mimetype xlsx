--- v0 (2025-11-28)
+++ v1 (2026-03-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -351,53 +351,50 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
     <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
@@ -1559,376 +1556,376 @@
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>107</v>
       </c>
       <c r="N14" t="s">
         <v>108</v>
       </c>
       <c r="O14" t="s">
         <v>109</v>
       </c>
       <c r="P14" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>111</v>
       </c>
       <c r="B15" t="s">
         <v>112</v>
       </c>
       <c r="C15" t="s">
-        <v>113</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
         <v>33</v>
       </c>
       <c r="E15" t="s">
         <v>56</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H15">
         <v>2025</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
+        <v>115</v>
+      </c>
+      <c r="M15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="N15" t="s">
         <v>38</v>
       </c>
       <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
         <v>120</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="D16" t="s">
         <v>43</v>
       </c>
       <c r="E16" t="s">
         <v>56</v>
       </c>
       <c r="F16" t="s">
         <v>57</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>1994</v>
       </c>
       <c r="I16">
         <v>2013</v>
       </c>
       <c r="J16" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K16" t="s">
         <v>46</v>
       </c>
       <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="N16" t="s">
         <v>48</v>
       </c>
       <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
         <v>21</v>
       </c>
       <c r="G17" t="s">
         <v>44</v>
       </c>
       <c r="H17">
         <v>2021</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
         <v>66</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="N17" t="s">
         <v>38</v>
       </c>
       <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
         <v>133</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>56</v>
       </c>
       <c r="F18" t="s">
         <v>57</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2008</v>
       </c>
       <c r="I18">
         <v>2012</v>
       </c>
       <c r="J18" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>136</v>
+      </c>
+      <c r="M18" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="N18" t="s">
         <v>27</v>
       </c>
       <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="C19" t="s">
         <v>32</v>
       </c>
       <c r="D19" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E19" t="s">
         <v>56</v>
       </c>
       <c r="F19" t="s">
         <v>57</v>
       </c>
       <c r="G19" t="s">
         <v>44</v>
       </c>
       <c r="H19">
         <v>2017</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>45</v>
       </c>
       <c r="K19" t="s">
         <v>46</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
         <v>61</v>
       </c>
       <c r="N19" t="s">
         <v>48</v>
       </c>
       <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
         <v>146</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>147</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E20" t="s">
         <v>56</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>22</v>
       </c>
       <c r="H20">
         <v>2015</v>
       </c>
       <c r="I20">
         <v>2016</v>
       </c>
       <c r="J20" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K20" t="s">
         <v>46</v>
       </c>
       <c r="L20" t="s">
+        <v>149</v>
+      </c>
+      <c r="M20" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="N20" t="s">
         <v>48</v>
       </c>
       <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21" t="s">
         <v>56</v>
       </c>
       <c r="F21" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="G21" t="s">
         <v>44</v>
       </c>
       <c r="H21">
         <v>2014</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K21" t="s">
         <v>46</v>
       </c>
       <c r="L21" t="s">
+        <v>156</v>
+      </c>
+      <c r="M21" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="N21" t="s">
         <v>48</v>
       </c>
       <c r="O21" t="s">
+        <v>158</v>
+      </c>
+      <c r="P21" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">