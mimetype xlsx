--- v0 (2025-11-26)
+++ v1 (2026-03-05)
@@ -359,69 +359,69 @@
   <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
     <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Water Conservation Certification</t>
   </si>
   <si>
     <t>China resource conservation certification is carried out to encourage consumers to consume energy conservation products, and to guide popularizing energy conservation product and advanced technology. The Certification covers more than 7000 water-using products, including water closet, faucets, and showers and it is a voluntary endorsement labeling scheme.</t>
   </si>
   <si>
     <t>Showers or Showerheads, Toilets, Taps or Faucets</t>
   </si>
@@ -1529,51 +1529,51 @@
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>115</v>
       </c>
       <c r="B15" t="s">
         <v>116</v>
       </c>
       <c r="C15" t="s">
         <v>117</v>
       </c>
       <c r="D15" t="s">
         <v>118</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>34</v>
       </c>
       <c r="G15" t="s">
         <v>35</v>
       </c>
       <c r="H15">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
         <v>119</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15"/>
       <c r="M15" t="s">
         <v>120</v>
       </c>
       <c r="N15" t="s">
         <v>69</v>
       </c>
       <c r="O15" t="s">
         <v>121</v>
       </c>
       <c r="P15" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
         <v>123</v>