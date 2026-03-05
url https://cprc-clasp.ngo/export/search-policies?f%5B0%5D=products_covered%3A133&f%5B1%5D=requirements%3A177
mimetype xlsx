--- v0 (2025-10-13)
+++ v1 (2026-03-05)
@@ -12,254 +12,306 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introduced in 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
+    <t>Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB 6952</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-3</t>
   </si>
   <si>
     <t>CWL 02-2020 Intelligent toilets</t>
   </si>
   <si>
+    <t>This policy contains water efficiency label requirements for intelligent toilets. It applies to smart toilets installed on cold water pipelines in building facilities with a water supply pressure between 0.1~0.6 MPa.</t>
+  </si>
+  <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>GB 38448</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cwl-02-2020-intelligent-toilets</t>
   </si>
   <si>
+    <t>http://www.waterlabel.org.cn/userfiles/2/files/cms/article/2020/10/%E6%99%BA%E8%83%BD%E5%9D%90%E4%BE%BF%E5%99%A8%E6%B0%B4%E6%95%88%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>GB 25502-2017 Minimum allowable values of water efficiency and water efficiency grades for water closets</t>
   </si>
   <si>
+    <t>This standard specifies the minimum allowable values of water efficiency, evaluating values of water conservation, water efficiency grade, and test methods for water closets. This standard is applicable to evaluation for water efficiency of various water closets installed in cold water pipeline in building facilities and used when water supply pressure is less than 0.6MPa.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-25502-2017-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-water</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D81450D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 28379-2012 Minimum allowable values of water efficiency and water efficiency grades for flush valve for water closets</t>
   </si>
   <si>
+    <t>This policy covers flush valves for water closets.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB/T 8170-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28379-2012-minimum-allowable-values-water-efficiency-and-water-efficiency-grades-flush</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D7FBCCD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 30717-2019 Minimum allowable values of water efficiency and water efficiency grades for squatting pans</t>
   </si>
   <si>
+    <t>It covers Squatting Toilets</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-30717-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FF5A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2019 Minimum allowable values and grades of the energy efficiency and water efficiency for smart water closets</t>
   </si>
   <si>
+    <t>This policy covers smart water closets.</t>
+  </si>
+  <si>
+    <t>New, To Be Superseded</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
     <t>GB/T 6952; GB/T 9195; GB/T 20810; GB 25502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2019-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA93FFFA80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB 38448-2025 Minimum allowable values and grades of the energy efficiency and water efficiency for smart toilets</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
-[...2 lines deleted...]
-    <t>October 2025</t>
+    <t>This standard revises energy efficiency and water efficiency standards and rating for smart toilets. It replaces GB 38448-2019 and will be effective starting April 2027.</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>The Standardization Administration of China</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38448-2025-minimum-allowable-values-and-grades-energy-efficiency-and-water-efficiency-0</t>
+  </si>
+  <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=3B49408EC3850811E06397BE0A0A2D54</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -523,489 +575,546 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N9"/>
+  <dimension ref="A1:P9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="142" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="443.463" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="222.803" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...3 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...29 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="N3" t="s">
         <v>26</v>
       </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
+    <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>34</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>35</v>
+      </c>
+      <c r="M4" t="s">
+        <v>36</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G4">
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2017</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>44</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>41</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2013</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>49</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>41</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7">
         <v>2020</v>
       </c>
-      <c r="H4"/>
-[...16 lines deleted...]
-        <v>31</v>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...40 lines deleted...]
-        <v>37</v>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>41</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>62</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...15 lines deleted...]
-      <c r="F6" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...18 lines deleted...]
-      <c r="N6" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
         <v>41</v>
       </c>
-    </row>
-[...105 lines deleted...]
-      <c r="G9">
+      <c r="G9" t="s">
+        <v>8</v>
+      </c>
+      <c r="H9">
         <v>2019</v>
       </c>
-      <c r="H9">
+      <c r="I9">
         <v>2025</v>
       </c>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="N9" t="s">
-        <v>54</v>
+        <v>69</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>