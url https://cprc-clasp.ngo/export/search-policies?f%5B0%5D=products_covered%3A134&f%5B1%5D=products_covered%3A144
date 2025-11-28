--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -12,378 +12,457 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. Energy Conservation Certification Rules - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy contains energy conservation certification rules for doors and windows. It applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Doors</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-energy-conservation-certification-rules-doors-and-windows</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -647,665 +726,746 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4" t="s">
+        <v>49</v>
+      </c>
+      <c r="M4" t="s">
+        <v>50</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...14 lines deleted...]
-      <c r="K2" t="s">
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...112 lines deleted...]
-      <c r="G5">
+      <c r="H5">
         <v>2003</v>
       </c>
-      <c r="H5">
+      <c r="I5">
         <v>2015</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="K5" t="s">
         <v>48</v>
       </c>
       <c r="L5" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="N5" t="s">
-        <v>50</v>
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>59</v>
+      </c>
+      <c r="P5" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B6" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2008</v>
       </c>
-      <c r="H6">
+      <c r="I6">
         <v>2015</v>
       </c>
-      <c r="I6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J6" t="s">
+        <v>36</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="K6"/>
-[...3 lines deleted...]
-      <c r="M6" t="s">
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>71</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>76</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>46</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2006</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>78</v>
+      </c>
+      <c r="M8" t="s">
+        <v>79</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>80</v>
+      </c>
+      <c r="P8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>82</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>86</v>
+      </c>
+      <c r="K9" t="s">
+        <v>48</v>
+      </c>
+      <c r="L9" t="s">
+        <v>87</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>85</v>
+      </c>
+      <c r="E10" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>94</v>
+      </c>
+      <c r="K10" t="s">
+        <v>48</v>
+      </c>
+      <c r="L10" t="s">
+        <v>95</v>
+      </c>
+      <c r="M10" t="s">
+        <v>96</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>97</v>
+      </c>
+      <c r="P10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
         <v>34</v>
       </c>
-      <c r="N6" t="s">
-        <v>55</v>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11" t="s">
+        <v>103</v>
+      </c>
+      <c r="M11" t="s">
+        <v>104</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>105</v>
+      </c>
+      <c r="P11" t="s">
+        <v>106</v>
       </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>107</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" t="s">
+        <v>110</v>
+      </c>
+      <c r="E12" t="s">
+        <v>45</v>
+      </c>
+      <c r="F12" t="s">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2011</v>
+      </c>
+      <c r="I12">
+        <v>2017</v>
+      </c>
+      <c r="J12" t="s">
         <v>56</v>
       </c>
-      <c r="B7" t="s">
-[...8 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>111</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>112</v>
+      </c>
+      <c r="P12" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>114</v>
+      </c>
+      <c r="B13" t="s">
+        <v>115</v>
+      </c>
+      <c r="C13" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...40 lines deleted...]
-      <c r="E8" t="s">
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>116</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13" t="s">
+        <v>117</v>
+      </c>
+      <c r="M13" t="s">
+        <v>118</v>
+      </c>
+      <c r="N13" t="s">
         <v>39</v>
       </c>
-      <c r="F8" t="s">
-[...236 lines deleted...]
-        <v>94</v>
+      <c r="O13" t="s">
+        <v>119</v>
+      </c>
+      <c r="P13" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>