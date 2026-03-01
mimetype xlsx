--- v0 (2025-11-27)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -255,53 +255,50 @@
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
     <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
     <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
@@ -1187,378 +1184,378 @@
       </c>
       <c r="L8" t="s">
         <v>75</v>
       </c>
       <c r="M8" t="s">
         <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>56</v>
       </c>
       <c r="O8" t="s">
         <v>77</v>
       </c>
       <c r="P8" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>63</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H9">
         <v>2025</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K9" t="s">
         <v>34</v>
       </c>
       <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>85</v>
+      </c>
+      <c r="P9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
         <v>88</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
         <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
       <c r="I10">
         <v>2015</v>
       </c>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>54</v>
       </c>
       <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>56</v>
       </c>
       <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B11"/>
       <c r="C11" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D11" t="s">
         <v>42</v>
       </c>
       <c r="E11" t="s">
         <v>20</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>52</v>
       </c>
       <c r="H11">
         <v>2021</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="K11" t="s">
         <v>34</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>100</v>
+      </c>
+      <c r="P11" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>102</v>
+      </c>
+      <c r="B12" t="s">
         <v>103</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D12" t="s">
         <v>42</v>
       </c>
       <c r="E12" t="s">
         <v>63</v>
       </c>
       <c r="F12" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2008</v>
       </c>
       <c r="I12">
         <v>2012</v>
       </c>
       <c r="J12" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="K12" t="s">
         <v>34</v>
       </c>
       <c r="L12" t="s">
+        <v>106</v>
+      </c>
+      <c r="M12" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="N12" t="s">
         <v>36</v>
       </c>
       <c r="O12" t="s">
+        <v>108</v>
+      </c>
+      <c r="P12" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
+        <v>110</v>
+      </c>
+      <c r="B13" t="s">
         <v>111</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>112</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E13" t="s">
         <v>63</v>
       </c>
       <c r="F13" t="s">
         <v>43</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2015</v>
       </c>
       <c r="I13">
         <v>2016</v>
       </c>
       <c r="J13" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K13" t="s">
         <v>54</v>
       </c>
       <c r="L13" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="N13" t="s">
         <v>56</v>
       </c>
       <c r="O13" t="s">
+        <v>116</v>
+      </c>
+      <c r="P13" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>118</v>
+      </c>
+      <c r="B14" t="s">
         <v>119</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>120</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E14" t="s">
         <v>63</v>
       </c>
       <c r="F14" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
         <v>2011</v>
       </c>
       <c r="I14">
         <v>2017</v>
       </c>
       <c r="J14" t="s">
         <v>69</v>
       </c>
       <c r="K14" t="s">
         <v>54</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N14" t="s">
         <v>56</v>
       </c>
       <c r="O14" t="s">
+        <v>123</v>
+      </c>
+      <c r="P14" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>125</v>
+      </c>
+      <c r="B15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>51</v>
       </c>
       <c r="E15" t="s">
         <v>63</v>
       </c>
       <c r="F15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G15" t="s">
         <v>52</v>
       </c>
       <c r="H15">
         <v>2009</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K15" t="s">
         <v>54</v>
       </c>
       <c r="L15" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="N15" t="s">
         <v>56</v>
       </c>
       <c r="O15" t="s">
+        <v>130</v>
+      </c>
+      <c r="P15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">