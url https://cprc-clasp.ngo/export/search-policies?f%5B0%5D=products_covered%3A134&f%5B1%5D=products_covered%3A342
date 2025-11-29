--- v0 (2025-10-13)
+++ v1 (2025-11-29)
@@ -12,323 +12,384 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ETA 0808 - Specifications for assigning ANQIP water efficiency labels to taps and flow meters (p. 3)</t>
   </si>
   <si>
+    <t>This policy applies to washbasin taps, kitchen taps, and urinal flowmeters.</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Associação Nacional para a Qualidade nas Instalações Prediais (ANQIP)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/eta-0808-specifications-assigning-anqip-water-efficiency-labels-taps-and-flow-meters-p-3</t>
   </si>
   <si>
+    <t>https://anqip.pt/images/stories/ETA_0808_v.3_novo.1.pdf</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Water Efficiency Labelling and Standards (WELS) Determination 2013 (No. 2)</t>
   </si>
   <si>
+    <t>A water‑use product or water‑saving product of any of the following kinds is a WELS product: (a) tap equipment that is for use over a fixed basin, sink or laundry tub, other than: (i) tap equipment that is for use exclusively over a bath or spa; and (ii) thermostatic taps; and (iii) bidet taps; and (iv) taps that are part of an appliance (such as a chilled or boiling water dispenser); (b) fixed showers that are for use exclusively for personal bathing, other than: (i) emergency deluge showers; and (ii) safety showers; (c) electric dishwashers that are intended for household use; (d) electric clothes washing machines that are intended for household use, including such machines that are: (i) cold wash only; or (ii) combination clothes washing machine dryers; (e) lavatory equipment that uses water, including toilets, cisterns, pans and associated flushing devices; (f) urinal equipment that uses water, including associated flushing devices; (g) flow controllers that are: (i) for use in a product that is a WELS product under any of paragraphs (a) to (d); and (ii) offered for supply separately from the product (whether or not they are also offered for supply as a component of the product).</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Dishwashers, Washer and Dryers, Washing Machines, Showers or Showerheads, Urinals, Toilets, Taps or Faucets</t>
   </si>
   <si>
     <t>AS 6400:2016</t>
   </si>
   <si>
     <t>Australian Government</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficiency-labelling-and-standards-wels-determination-2013-no-2</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2013L01574</t>
+  </si>
+  <si>
     <t>Water Efficient Products WEP-I</t>
   </si>
   <si>
+    <t>WEP-I includes a set of recommendations for selection, manufacturing, engineering and installation of efficient plumbing systems in India, along with flow rates for faucets, showerheads, water closets andurinals</t>
+  </si>
+  <si>
     <t>India</t>
   </si>
   <si>
     <t>Dishwashers, Washing Machines, Showers or Showerheads, Urinals, Taps or Faucets</t>
   </si>
   <si>
     <t>IAPMO India and Indian Plumbing Association</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/water-efficient-products-wep-i</t>
   </si>
   <si>
+    <t>https://www.iapmo.org/india/product-certification/plumbing-and-mechanical-products</t>
+  </si>
+  <si>
     <t>WaterSense® Specification for Flushing Urinals</t>
   </si>
   <si>
+    <t>This specification establishes the criteria for a flushing urinal under the U.S. Environmental Protection Agency’s (EPA’s) WaterSense® program. It is applicable to:</t>
+  </si>
+  <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ASME A112.19.2/CSA B45.1, ASME A112.19.3/CSA B45.4, or IAPMO Z124.9</t>
   </si>
   <si>
     <t>United States Environmental Protection Agency (EPA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/watersenser-specification-flushing-urinals</t>
+  </si>
+  <si>
+    <t>https://www.epa.gov/sites/production/files/2017-01/documents/ws-products-spec-urinals.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -592,535 +653,598 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="119" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="142" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="119.114" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1419.082" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="80.123" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="142.679" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2016</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>50</v>
+      </c>
+      <c r="P4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>54</v>
+      </c>
+      <c r="D5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>57</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
+      </c>
+      <c r="P5" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>64</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>65</v>
+      </c>
+      <c r="P6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
+        <v>68</v>
+      </c>
+      <c r="C7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7">
+        <v>2015</v>
+      </c>
+      <c r="J7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+      <c r="M7" t="s">
+        <v>73</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>74</v>
+      </c>
+      <c r="P7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2016</v>
+      </c>
+      <c r="J8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K8" t="s">
+        <v>37</v>
+      </c>
+      <c r="L8" t="s">
+        <v>80</v>
+      </c>
+      <c r="M8" t="s">
+        <v>81</v>
+      </c>
+      <c r="N8" t="s">
+        <v>39</v>
+      </c>
+      <c r="O8" t="s">
+        <v>82</v>
+      </c>
+      <c r="P8" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
+      <c r="B9" t="s">
+        <v>85</v>
+      </c>
+      <c r="C9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2017</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>89</v>
+      </c>
+      <c r="P9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
+        <v>92</v>
+      </c>
+      <c r="C10" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...57 lines deleted...]
-      <c r="L3" t="s">
+      <c r="D10" t="s">
         <v>33</v>
       </c>
-      <c r="M3" t="s">
-[...2 lines deleted...]
-      <c r="N3" t="s">
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>93</v>
+      </c>
+      <c r="G10" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
         <v>37</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L10" t="s">
+        <v>94</v>
+      </c>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
         <v>39</v>
       </c>
-      <c r="F4" t="s">
-[...280 lines deleted...]
-        <v>77</v>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>