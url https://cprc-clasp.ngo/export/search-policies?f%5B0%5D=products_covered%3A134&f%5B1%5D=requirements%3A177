--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,212 +12,237 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>China Water Efficiency Labeling Program (CWEL)</t>
   </si>
   <si>
+    <t>The Water Efficiency Labeling Programwas introducedin 2017 and became effective on March 1, 2018. This program is a mandatory and categorical labeling program. A product catalogue is expected to be created under this program, and products part of the catalogue are required to be registered and approved by China National Institute of Standardization (CNIS).</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>National Development and Reform Commission, Ministry of Water Resources</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/china-water-efficiency-labeling-program-cwel-0</t>
   </si>
   <si>
+    <t>http://www.cnstandards.net/index.php/resource/energy-conservation/china-water-efficiency-labeling/</t>
+  </si>
+  <si>
     <t>GB 28377-2019 Minimum allowable values of water efficiency and water efficiency grades for urinals</t>
   </si>
   <si>
+    <t>This standard specifies the water efficiency grades, technical requirements and test methods for urinals. This standard is applicable to the evaluation on water efficiency of urinals (excluding waterless urinals) installed on cold water supply piping in building facilities and used under the static water supply pressure of 0.6 MPa.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 9195</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-28377-2019-minimum-allowable-values-water-efficiency-and-water-efficiency-grades</t>
+  </si>
+  <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94002A80CE05397BE0A0A84AC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -481,279 +506,306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="423.468" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="643.986" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="116.686" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1990</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2021</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...68 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2012</v>
       </c>
-      <c r="H4">
+      <c r="I4">
         <v>2020</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>37</v>
       </c>
-      <c r="J4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
         <v>39</v>
       </c>
-      <c r="M4" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>