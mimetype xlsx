--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -12,209 +12,231 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Laboratory Grade Refrigerators and Freezers Version 1.1</t>
   </si>
   <si>
+    <t>Products that meet the definitions Laboratory Grade Refrigerator; Laboratory Grade Freezer; and Ultra-Low-Temperature Laboratory Grade Freezer are eligible for ENERGY STAR certification under this standard. This may include refrigerators and freezers that operate without a compressor. Products that are covered under other ENERGY STAR product specifications are not eligible for qualification under this specification.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*</t>
   </si>
   <si>
     <t>Lab Grade Refrigerators and Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Laboratory Grade Refrigerators, Freezers, and Ultra-Low Temperature Freezers</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-laboratory-grade-refrigerators-and-freezers-version-11</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/other/laboratory_grade_refrigerators_and_freezers/partners</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -478,279 +500,306 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="109" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="495.308" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="123.827" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="111.973" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2009</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>25</v>
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
+    <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D3" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
       </c>
       <c r="H3">
         <v>2016</v>
       </c>
-      <c r="I3" t="s">
-        <v>32</v>
+      <c r="I3">
+        <v>2016</v>
       </c>
       <c r="J3" t="s">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>24</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>39</v>
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>