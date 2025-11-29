--- v0 (2025-10-12)
+++ v1 (2025-11-29)
@@ -12,758 +12,991 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Botswana standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
+    <t>This policy applies to off-grid renewable energy products with batteries and solar modules with DC system voltages not exceeding 35 V and peak power ratings not exceeding 350 W.</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Solar Energy Kits</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5:2018</t>
   </si>
   <si>
     <t>Botswana Bureau of Standards</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/botswana-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:300860528604589::::FSP_ORG_ID,FSP_LANG_ID:1074,25</t>
+  </si>
+  <si>
     <t>CES 140:2015 Off-grid solar photovoltaic lighting kits - requirements</t>
   </si>
   <si>
+    <t>standalone off-grid solar products</t>
+  </si>
+  <si>
     <t>Ethiopia</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Ethiopian Standards Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ces-1402015-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>https://rise.esmap.org/data/files/library/ethiopia/Ethiopia%20Energy%20Performance%20Standards%20for%20lamps.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>DNIS IEC TS 62257-9-8:2019EE</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/dnis-iec-ts-62257-9-82019ee</t>
   </si>
   <si>
+    <t>https://son.gov.ng/nigeria-adopt-standards-for-renewable-energy-hybrid-systems-for-rural-electrification</t>
+  </si>
+  <si>
     <t>ECOSTAND 054: 2015</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Minimum performance requirements  and quality standards based on Lighting Global Quality Standards</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Minimum Performance Standard, Quality Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-054-2015</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/sites/default/files/event-att/presentation_ecreee_may_2019_v2.pdf</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>ECOSTAND IEC TS 62257-9-8:2020</t>
   </si>
   <si>
+    <t>ECOWAS regional quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>April 2023</t>
   </si>
   <si>
     <t>IEC TS 62257-9-6</t>
   </si>
   <si>
     <t>ECOWAQ</t>
   </si>
   <si>
     <t>Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-iec-ts-62257-9-82020</t>
   </si>
   <si>
+    <t>http://www.ecreee.org/news/ecowas-industry-ministers-adopt-regional-standards-standalone-solar-systems-and-solar-pv-mini#:~:text=ABOUT%20ECREEE-,ECOWAS%20Industry%20Ministers%20adopt%20regional%20Standards%20on%20standalone%20solar%20systems,6)%20Standards%20on%20solar%20energy.</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>ES 6087:2017 Requirements for plug - and - play DC solar home system kit</t>
   </si>
   <si>
+    <t>This Ethiopian Standard specifies requirements for performance, safety and durability for plug – and – play type DC Solar Home Systems Kit that have the peak power rating above 10 and up to 350W.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/es-60872017-requirements-plug-and-play-dc-solar-home-system-kit</t>
   </si>
   <si>
+    <t>http://www.et.undp.org/content/dam/ethiopia/docs/Ethiopia%20Final%20-%20ES%206087-2017%20Requirements%20for%20DC%20Solar%20Home%20System%20Kit.pdf</t>
+  </si>
+  <si>
     <t>Ethiopian standard for pico-solar and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+No policy link available.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ethiopian-standard-pico-solar-and-shs-kits</t>
   </si>
   <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>GS IEC 62257-9-8:2020, Renewable energy and hybrid systems for rural electrification - Part 9-8: Integrated systems - Requirements for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>July 2022</t>
   </si>
   <si>
     <t>Ghana Standards Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gs-iec-62257-9-82020-renewable-energy-and-hybrid-systems-rural-electrification-part-9-8</t>
   </si>
   <si>
+    <t>http://services.gsa.gov.gh/standards/standards.php?sno=GS%20IEC%20TS%2062257-9-8:2020</t>
+  </si>
+  <si>
     <t>IEC TS 62257-9-8  Quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>This quality standard will apply to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>L'Office Congolais de Contrôle (OCC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62257-9-8-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
+    <t>https://item.jd.com/10054560130198.html</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-8:2020 Requirements for stand-alone renewable products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>This standard applies to off-grid lighting appliances or kits that can be installed by a typical user without employing a technician. The kits are generally comprised of a light source (LED, CFL, or other), a rechargeable energy storage device (usually a battery), an energy generation device or source (PV module, dynamo, AC grid, unregulated DC input, or other), and internal electronics. Lighting appliances or kits with PV modules larger than 10 W (peak power under standard test conditions) are excluded from the scope of this standard.</t>
+  </si>
+  <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>KS IEC/TS 62257-9-5</t>
   </si>
   <si>
     <t>Kenya Bureau of Standards (KEBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ks-iects-62257-9-82020-requirements-stand-alone-renewable-products-power-ratings-less-or</t>
   </si>
   <si>
+    <t>https://webstore.kebs.org/index.php?route=product/product&amp;product_id=16444&amp;search=-9-8</t>
+  </si>
+  <si>
     <t>LS IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Liberia</t>
   </si>
   <si>
     <t>June 2022</t>
   </si>
   <si>
     <t>National Standards Laboratory of Liberia</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/node/1799</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:202048646803578::::FSP_ORG_ID,FSP_LANG_ID:20060,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
+  </si>
+  <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
+    <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
+  </si>
+  <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
+    <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
+  </si>
+  <si>
     <t>Rwanda</t>
   </si>
   <si>
     <t>Rwanda Ministry of Infrastructure</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-guidelines-minimum-standard-requirements-solar-home-systems</t>
   </si>
   <si>
+    <t>https://www.mininfra.gov.rw/fileadmin/user_upload/Mininfra/Documents/Energy_Docs/Ministerial_Guidelines_on_minimum_requirements_for_solar_home_systems.pdf</t>
+  </si>
+  <si>
     <t>NI IEC TS 62258-9-8</t>
   </si>
   <si>
     <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>CODINORM</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ni-iec-ts-62258-9-8</t>
   </si>
   <si>
+    <t>https://www.codinorm.ci/</t>
+  </si>
+  <si>
     <t>NMG 202-1 National quality standards for pico-PV products</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering pico-PV products up to 10Wp.</t>
+  </si>
+  <si>
     <t>Madagascar</t>
   </si>
   <si>
     <t>Bureau des Normes de Madagascar (BNM)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-1-national-quality-standards-pico-pv-products</t>
   </si>
   <si>
+    <t>https://www.lightingafrica.org/country/madagascar/</t>
+  </si>
+  <si>
     <t>NMG 202-2 National quality standards for SHS kits</t>
   </si>
   <si>
+    <t>The quality standard is harmonized with IEC TS 62257-9-8, covering off-grid solar products 10-350Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/nmg-202-2-national-quality-standards-shs-kits</t>
   </si>
   <si>
     <t>PNGS/IEC TS 62257-9-8:2022 Recommendations for renewable energy and hybrid systems for rural electrification – Part 9-5: Integrated systems –Laboratory evaluation of stand-alone renewable energy products for rural electrification</t>
   </si>
   <si>
     <t>Papua New Guinea</t>
   </si>
   <si>
     <t>May 2023</t>
   </si>
   <si>
     <t>National Institute of Standards and Industrial Technology of Papua New Guinea (…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/pngsiec-ts-62257-9-82022-recommendations-renewable-energy-and-hybrid-systems-rural</t>
   </si>
   <si>
+    <t>https://www.iec.ch/dyn/www/f?p=103:36:409367440807281::::FSP_ORG_ID,FSP_LANG_ID:1131,25</t>
+  </si>
+  <si>
     <t>Procel Seal - Systems and Equipment for Photovoltaic Energy</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for photovoltaic modules.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-systems-and-equipment-photovoltaic-energy</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7BB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7D</t>
+  </si>
+  <si>
     <t>Quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The source links to a publication from ACE-TAF stating that that the standard was adopted in 2020.</t>
+  </si>
+  <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>Sierra Leone Standards Bureau (SLSB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-w</t>
   </si>
   <si>
+    <t>https://sun-connect-news.org/fileadmin/DATEIEN/Dateien/New/Stand-Alone-Solar-SAS-Market-Update-Sierra-Leone.pdf</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp
+No policy link available.</t>
+  </si>
+  <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>Standards Association of Zimbabwe (SAZ)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or-equal-350-0</t>
   </si>
   <si>
     <t>Regional quality standards for stand-alone renewable energy products with power ratings less than or equal to 350 W</t>
   </si>
   <si>
+    <t>Applies to standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/regional-quality-standards-stand-alone-renewable-energy-products-power-ratings-less-or</t>
   </si>
   <si>
     <t>Senegalese quality standard for pico-solar products and SHS kits</t>
   </si>
   <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp. Products meeting this standard qualify for VAT exemption; Upon adoption of the standard, all products must meet mandatory requirements.</t>
+  </si>
+  <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Senegal Standards Association (ASN)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/senegalese-quality-standard-pico-solar-products-and-shs-kits</t>
   </si>
   <si>
+    <t>https://www.iec.ch/ords/f?p=103:36:714836314153512::::FSP_ORG_ID,FSP_LANG_ID:1113,25</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/singapore-green-labelling-scheme-solar-powered-products</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-5)</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>Agence Togolaise de Normalisation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
+    <t>entity:node/1349</t>
+  </si>
+  <si>
     <t>Togo standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
+    <t>This policy provides baseline requirements for quality, durability, and truth in advertising to protect consumers of off-grid renewable energy products. Evaluation of these requirements is based on tests described in IEC TS 62257-9-5.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/togo-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>TZS 1952:2016 Off-grid solar photovoltaic lighting kits - Requirements</t>
   </si>
   <si>
     <t>Tanzania</t>
   </si>
   <si>
     <t>Tanzania Bureau of Standards</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tzs-19522016-grid-solar-photovoltaic-lighting-kits-requirements</t>
   </si>
   <si>
+    <t>http://tbs.go.tz/uploads/files/LIST%20OF%20COMPULSORY%20TANZANIA%20STANDARD%20AS%20OF%20AUGUST%202020.pdf</t>
+  </si>
+  <si>
     <t>US IEC 62257-9-8: 2020</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
   <si>
     <t>Uganda National Bureau of Standards (UNBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/us-iec-62257-9-8-2020</t>
   </si>
   <si>
+    <t>https://webstore.unbs.go.ug//store.php?src=4427&amp;preview</t>
+  </si>
+  <si>
     <t>ZS IEC 62257-9-8</t>
+  </si>
+  <si>
+    <t>Standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.
+The Standard has been gazetted but has not entered into force yet.</t>
   </si>
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>Zambia Standards Bureau (ZABS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/zs-iec-62257-9-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1027,2023 +1260,2286 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="271" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="271.22" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="566.148" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>46</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>47</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>48</v>
+      </c>
+      <c r="M4" t="s">
+        <v>49</v>
+      </c>
+      <c r="N4" t="s">
+        <v>50</v>
+      </c>
+      <c r="O4" t="s">
+        <v>51</v>
+      </c>
+      <c r="P4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>53</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C5" t="s">
+        <v>55</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>46</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2015</v>
+      </c>
+      <c r="I5">
+        <v>2016</v>
+      </c>
+      <c r="J5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
+        <v>58</v>
+      </c>
+      <c r="M5" t="s">
+        <v>59</v>
+      </c>
+      <c r="N5" t="s">
+        <v>50</v>
+      </c>
+      <c r="O5" t="s">
+        <v>60</v>
+      </c>
+      <c r="P5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>67</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>68</v>
+      </c>
+      <c r="P6" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>47</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D8" t="s">
+        <v>75</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>47</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>76</v>
+      </c>
+      <c r="P8" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>67</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>46</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>57</v>
+      </c>
+      <c r="L10" t="s">
+        <v>58</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>50</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>44</v>
+      </c>
+      <c r="E11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>93</v>
+      </c>
+      <c r="K11" t="s">
+        <v>94</v>
+      </c>
+      <c r="L11" t="s">
+        <v>58</v>
+      </c>
+      <c r="M11" t="s">
+        <v>95</v>
+      </c>
+      <c r="N11" t="s">
+        <v>50</v>
+      </c>
+      <c r="O11" t="s">
+        <v>96</v>
+      </c>
+      <c r="P11" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>91</v>
+      </c>
+      <c r="D12" t="s">
+        <v>100</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>101</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" t="s">
+        <v>95</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12"/>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>91</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13">
+        <v>2023</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" t="s">
+        <v>57</v>
+      </c>
+      <c r="L13" t="s">
+        <v>108</v>
+      </c>
+      <c r="M13" t="s">
+        <v>109</v>
+      </c>
+      <c r="N13" t="s">
+        <v>110</v>
+      </c>
+      <c r="O13" t="s">
+        <v>111</v>
+      </c>
+      <c r="P13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>113</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>101</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>117</v>
+      </c>
+      <c r="K14" t="s">
+        <v>118</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>119</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>120</v>
+      </c>
+      <c r="P14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>123</v>
+      </c>
+      <c r="C15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
+      <c r="E15" t="s">
+        <v>124</v>
+      </c>
+      <c r="F15" t="s">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2017</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>56</v>
+      </c>
+      <c r="K15" t="s">
+        <v>57</v>
+      </c>
+      <c r="L15" t="s">
+        <v>58</v>
+      </c>
+      <c r="M15" t="s">
+        <v>59</v>
+      </c>
+      <c r="N15" t="s">
+        <v>50</v>
+      </c>
+      <c r="O15" t="s">
+        <v>125</v>
+      </c>
+      <c r="P15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>127</v>
+      </c>
+      <c r="B16" t="s">
+        <v>128</v>
+      </c>
+      <c r="C16" t="s">
+        <v>55</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16">
+        <v>2021</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" t="s">
+        <v>57</v>
+      </c>
+      <c r="L16" t="s">
+        <v>58</v>
+      </c>
+      <c r="M16" t="s">
+        <v>59</v>
+      </c>
+      <c r="N16" t="s">
+        <v>50</v>
+      </c>
+      <c r="O16" t="s">
+        <v>129</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>131</v>
+      </c>
+      <c r="C17" t="s">
+        <v>84</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17">
+        <v>2017</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="L17" t="s">
+        <v>102</v>
+      </c>
+      <c r="M17" t="s">
+        <v>86</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>136</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F18" t="s">
+        <v>46</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2020</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>137</v>
+      </c>
+      <c r="K18" t="s">
+        <v>57</v>
+      </c>
+      <c r="L18" t="s">
+        <v>58</v>
+      </c>
+      <c r="M18" t="s">
+        <v>138</v>
+      </c>
+      <c r="N18" t="s">
+        <v>110</v>
+      </c>
+      <c r="O18" t="s">
+        <v>139</v>
+      </c>
+      <c r="P18" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>141</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19"/>
+      <c r="D19" t="s">
+        <v>143</v>
+      </c>
+      <c r="E19" t="s">
+        <v>124</v>
+      </c>
+      <c r="F19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G19" t="s">
+        <v>144</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>93</v>
+      </c>
+      <c r="K19" t="s">
+        <v>57</v>
+      </c>
+      <c r="L19" t="s">
+        <v>58</v>
+      </c>
+      <c r="M19" t="s">
+        <v>145</v>
+      </c>
+      <c r="N19" t="s">
+        <v>50</v>
+      </c>
+      <c r="O19" t="s">
+        <v>146</v>
+      </c>
+      <c r="P19"/>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>147</v>
+      </c>
+      <c r="B20" t="s">
+        <v>135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>148</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F20" t="s">
+        <v>46</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20">
+        <v>2022</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>149</v>
+      </c>
+      <c r="K20" t="s">
+        <v>57</v>
+      </c>
+      <c r="L20" t="s">
+        <v>58</v>
+      </c>
+      <c r="M20" t="s">
+        <v>150</v>
+      </c>
+      <c r="N20" t="s">
+        <v>50</v>
+      </c>
+      <c r="O20" t="s">
+        <v>151</v>
+      </c>
+      <c r="P20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>153</v>
+      </c>
+      <c r="B21" t="s">
+        <v>154</v>
+      </c>
+      <c r="C21" t="s">
+        <v>155</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2014</v>
+      </c>
+      <c r="J21" t="s">
+        <v>156</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>157</v>
+      </c>
+      <c r="M21" t="s">
+        <v>158</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>159</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>162</v>
+      </c>
+      <c r="D22" t="s">
+        <v>44</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>46</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22">
+        <v>2021</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>156</v>
+      </c>
+      <c r="K22" t="s">
+        <v>57</v>
+      </c>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" t="s">
+        <v>164</v>
+      </c>
+      <c r="N22" t="s">
+        <v>50</v>
+      </c>
+      <c r="O22" t="s">
+        <v>165</v>
+      </c>
+      <c r="P22" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>167</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>168</v>
+      </c>
+      <c r="D23" t="s">
+        <v>143</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>46</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23">
+        <v>2022</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>169</v>
+      </c>
+      <c r="K23" t="s">
+        <v>57</v>
+      </c>
+      <c r="L23" t="s">
+        <v>58</v>
+      </c>
+      <c r="M23" t="s">
+        <v>170</v>
+      </c>
+      <c r="N23" t="s">
+        <v>50</v>
+      </c>
+      <c r="O23" t="s">
+        <v>171</v>
+      </c>
+      <c r="P23" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>173</v>
+      </c>
+      <c r="B24" t="s">
+        <v>42</v>
+      </c>
+      <c r="C24" t="s">
+        <v>174</v>
+      </c>
+      <c r="D24" t="s">
+        <v>44</v>
+      </c>
+      <c r="E24" t="s">
+        <v>45</v>
+      </c>
+      <c r="F24" t="s">
+        <v>46</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24">
+        <v>2022</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>175</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>48</v>
+      </c>
+      <c r="M24" t="s">
+        <v>176</v>
+      </c>
+      <c r="N24" t="s">
+        <v>50</v>
+      </c>
+      <c r="O24" t="s">
+        <v>177</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>179</v>
+      </c>
+      <c r="B25" t="s">
+        <v>42</v>
+      </c>
+      <c r="C25" t="s">
+        <v>174</v>
+      </c>
+      <c r="D25" t="s">
+        <v>44</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>46</v>
+      </c>
+      <c r="G25" t="s">
+        <v>35</v>
+      </c>
+      <c r="H25">
+        <v>2022</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>175</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>180</v>
+      </c>
+      <c r="M25" t="s">
+        <v>176</v>
+      </c>
+      <c r="N25" t="s">
+        <v>50</v>
+      </c>
+      <c r="O25" t="s">
+        <v>181</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>183</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>186</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26">
+        <v>2024</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>187</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>188</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>191</v>
+      </c>
+      <c r="B27" t="s">
+        <v>192</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27">
         <v>2010</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>36</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>37</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>193</v>
+      </c>
+      <c r="P27" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>195</v>
+      </c>
+      <c r="B28" t="s">
+        <v>196</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
+        <v>186</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...6 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G28" t="s">
+        <v>106</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>187</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>188</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>197</v>
+      </c>
+      <c r="P28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>199</v>
+      </c>
+      <c r="B29" t="s">
+        <v>200</v>
+      </c>
+      <c r="C29" t="s">
+        <v>201</v>
+      </c>
+      <c r="D29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>46</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2019</v>
+      </c>
+      <c r="I29">
+        <v>2022</v>
+      </c>
+      <c r="J29" t="s">
+        <v>93</v>
+      </c>
+      <c r="K29" t="s">
+        <v>57</v>
+      </c>
+      <c r="L29" t="s">
+        <v>58</v>
+      </c>
+      <c r="M29" t="s">
+        <v>202</v>
+      </c>
+      <c r="N29" t="s">
+        <v>50</v>
+      </c>
+      <c r="O29" t="s">
+        <v>203</v>
+      </c>
+      <c r="P29" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>205</v>
+      </c>
+      <c r="B30" t="s">
+        <v>135</v>
+      </c>
+      <c r="C30" t="s">
+        <v>206</v>
+      </c>
+      <c r="D30" t="s">
+        <v>44</v>
+      </c>
+      <c r="E30" t="s">
+        <v>124</v>
+      </c>
+      <c r="F30" t="s">
+        <v>46</v>
+      </c>
+      <c r="G30" t="s">
+        <v>106</v>
+      </c>
+      <c r="H30">
+        <v>2022</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>107</v>
+      </c>
+      <c r="K30" t="s">
+        <v>57</v>
+      </c>
+      <c r="L30" t="s">
+        <v>58</v>
+      </c>
+      <c r="M30" t="s">
+        <v>207</v>
+      </c>
+      <c r="N30" t="s">
+        <v>110</v>
+      </c>
+      <c r="O30" t="s">
+        <v>208</v>
+      </c>
+      <c r="P30" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>210</v>
+      </c>
+      <c r="B31" t="s">
+        <v>211</v>
+      </c>
+      <c r="C31" t="s">
+        <v>212</v>
+      </c>
+      <c r="D31" t="s">
+        <v>44</v>
+      </c>
+      <c r="E31" t="s">
+        <v>124</v>
+      </c>
+      <c r="F31" t="s">
+        <v>46</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2018</v>
+      </c>
+      <c r="I31">
+        <v>2022</v>
+      </c>
+      <c r="J31" t="s">
+        <v>93</v>
+      </c>
+      <c r="K31" t="s">
+        <v>57</v>
+      </c>
+      <c r="L31" t="s">
+        <v>58</v>
+      </c>
+      <c r="M31" t="s">
+        <v>213</v>
+      </c>
+      <c r="N31" t="s">
+        <v>50</v>
+      </c>
+      <c r="O31" t="s">
+        <v>214</v>
+      </c>
+      <c r="P31" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>216</v>
+      </c>
+      <c r="B32" t="s">
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
+        <v>212</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
+      </c>
+      <c r="E32" t="s">
+        <v>124</v>
+      </c>
+      <c r="F32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2018</v>
+      </c>
+      <c r="I32">
+        <v>2022</v>
+      </c>
+      <c r="J32" t="s">
+        <v>93</v>
+      </c>
+      <c r="K32" t="s">
+        <v>94</v>
+      </c>
+      <c r="L32" t="s">
+        <v>58</v>
+      </c>
+      <c r="M32" t="s">
+        <v>213</v>
+      </c>
+      <c r="N32" t="s">
+        <v>50</v>
+      </c>
+      <c r="O32" t="s">
+        <v>218</v>
+      </c>
+      <c r="P32" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>219</v>
+      </c>
+      <c r="B33" t="s">
+        <v>135</v>
+      </c>
+      <c r="C33" t="s">
+        <v>220</v>
+      </c>
+      <c r="D33" t="s">
+        <v>44</v>
+      </c>
+      <c r="E33" t="s">
+        <v>124</v>
+      </c>
+      <c r="F33" t="s">
+        <v>46</v>
+      </c>
+      <c r="G33" t="s">
+        <v>106</v>
+      </c>
+      <c r="H33">
+        <v>2023</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>221</v>
+      </c>
+      <c r="K33" t="s">
+        <v>57</v>
+      </c>
+      <c r="L33" t="s">
+        <v>58</v>
+      </c>
+      <c r="M33" t="s">
+        <v>222</v>
+      </c>
+      <c r="N33" t="s">
+        <v>50</v>
+      </c>
+      <c r="O33" t="s">
+        <v>223</v>
+      </c>
+      <c r="P33" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>225</v>
+      </c>
+      <c r="B34" t="s">
+        <v>226</v>
+      </c>
+      <c r="C34" t="s">
+        <v>227</v>
+      </c>
+      <c r="D34" t="s">
+        <v>44</v>
+      </c>
+      <c r="E34" t="s">
+        <v>124</v>
+      </c>
+      <c r="F34" t="s">
+        <v>228</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34">
+        <v>2010</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>229</v>
+      </c>
+      <c r="K34" t="s">
+        <v>57</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>230</v>
+      </c>
+      <c r="N34" t="s">
+        <v>50</v>
+      </c>
+      <c r="O34" t="s">
+        <v>231</v>
+      </c>
+      <c r="P34" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>233</v>
+      </c>
+      <c r="B35" t="s">
+        <v>234</v>
+      </c>
+      <c r="C35" t="s">
+        <v>235</v>
+      </c>
+      <c r="D35" t="s">
+        <v>44</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>46</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35">
+        <v>2020</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>156</v>
+      </c>
+      <c r="K35" t="s">
+        <v>57</v>
+      </c>
+      <c r="L35" t="s">
+        <v>58</v>
+      </c>
+      <c r="M35" t="s">
+        <v>236</v>
+      </c>
+      <c r="N35" t="s">
+        <v>50</v>
+      </c>
+      <c r="O35" t="s">
+        <v>237</v>
+      </c>
+      <c r="P35" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>233</v>
+      </c>
+      <c r="B36" t="s">
+        <v>239</v>
+      </c>
+      <c r="C36" t="s">
+        <v>240</v>
+      </c>
+      <c r="D36" t="s">
+        <v>44</v>
+      </c>
+      <c r="E36" t="s">
+        <v>124</v>
+      </c>
+      <c r="F36" t="s">
+        <v>46</v>
+      </c>
+      <c r="G36" t="s">
+        <v>35</v>
+      </c>
+      <c r="H36">
+        <v>2021</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>156</v>
+      </c>
+      <c r="K36" t="s">
+        <v>57</v>
+      </c>
+      <c r="L36" t="s">
+        <v>58</v>
+      </c>
+      <c r="M36" t="s">
+        <v>241</v>
+      </c>
+      <c r="N36" t="s">
+        <v>50</v>
+      </c>
+      <c r="O36" t="s">
+        <v>242</v>
+      </c>
+      <c r="P36"/>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>243</v>
+      </c>
+      <c r="B37" t="s">
+        <v>244</v>
+      </c>
+      <c r="C37" t="s">
+        <v>91</v>
+      </c>
+      <c r="D37" t="s">
+        <v>143</v>
+      </c>
+      <c r="E37" t="s">
+        <v>45</v>
+      </c>
+      <c r="F37" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>144</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>93</v>
+      </c>
+      <c r="K37" t="s">
+        <v>57</v>
+      </c>
+      <c r="L37" t="s">
+        <v>58</v>
+      </c>
+      <c r="M37" t="s">
+        <v>95</v>
+      </c>
+      <c r="N37" t="s">
+        <v>50</v>
+      </c>
+      <c r="O37" t="s">
+        <v>245</v>
+      </c>
+      <c r="P37"/>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>246</v>
+      </c>
+      <c r="B38" t="s">
+        <v>247</v>
+      </c>
+      <c r="C38" t="s">
+        <v>248</v>
+      </c>
+      <c r="D38" t="s">
+        <v>44</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>46</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>93</v>
+      </c>
+      <c r="K38" t="s">
+        <v>57</v>
+      </c>
+      <c r="L38" t="s">
+        <v>58</v>
+      </c>
+      <c r="M38" t="s">
+        <v>249</v>
+      </c>
+      <c r="N38" t="s">
+        <v>50</v>
+      </c>
+      <c r="O38" t="s">
+        <v>250</v>
+      </c>
+      <c r="P38" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>252</v>
+      </c>
+      <c r="B39" t="s">
+        <v>253</v>
+      </c>
+      <c r="C39" t="s">
+        <v>185</v>
+      </c>
+      <c r="D39" t="s">
+        <v>254</v>
+      </c>
+      <c r="E39" t="s">
+        <v>124</v>
+      </c>
+      <c r="F39" t="s">
+        <v>228</v>
+      </c>
+      <c r="G39" t="s">
+        <v>35</v>
+      </c>
+      <c r="H39">
+        <v>2017</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>56</v>
+      </c>
+      <c r="K39" t="s">
+        <v>57</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>255</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>256</v>
+      </c>
+      <c r="P39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>258</v>
+      </c>
+      <c r="B40" t="s">
+        <v>259</v>
+      </c>
+      <c r="C40" t="s">
+        <v>260</v>
+      </c>
+      <c r="D40" t="s">
+        <v>261</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40">
+        <v>2019</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>36</v>
+      </c>
+      <c r="K40" t="s">
+        <v>57</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>262</v>
+      </c>
+      <c r="N40" t="s">
+        <v>263</v>
+      </c>
+      <c r="O40" t="s">
+        <v>264</v>
+      </c>
+      <c r="P40" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>266</v>
+      </c>
+      <c r="B41" t="s">
+        <v>42</v>
+      </c>
+      <c r="C41" t="s">
+        <v>267</v>
+      </c>
+      <c r="D41" t="s">
+        <v>44</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>46</v>
+      </c>
+      <c r="G41" t="s">
+        <v>35</v>
+      </c>
+      <c r="H41">
+        <v>2017</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>47</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>48</v>
+      </c>
+      <c r="M41" t="s">
+        <v>268</v>
+      </c>
+      <c r="N41" t="s">
+        <v>50</v>
+      </c>
+      <c r="O41" t="s">
+        <v>269</v>
+      </c>
+      <c r="P41" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>267</v>
+      </c>
+      <c r="D42" t="s">
+        <v>44</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>46</v>
+      </c>
+      <c r="G42" t="s">
+        <v>35</v>
+      </c>
+      <c r="H42">
+        <v>2020</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>47</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>48</v>
+      </c>
+      <c r="M42" t="s">
+        <v>268</v>
+      </c>
+      <c r="N42" t="s">
+        <v>50</v>
+      </c>
+      <c r="O42" t="s">
+        <v>273</v>
+      </c>
+      <c r="P42"/>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>274</v>
+      </c>
+      <c r="B43" t="s">
+        <v>275</v>
+      </c>
+      <c r="C43" t="s">
+        <v>276</v>
+      </c>
+      <c r="D43" t="s">
+        <v>65</v>
+      </c>
+      <c r="E43" t="s">
+        <v>124</v>
+      </c>
+      <c r="F43" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G43" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...5 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H43">
+        <v>2006</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>277</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>278</v>
+      </c>
+      <c r="M43" t="s">
+        <v>279</v>
+      </c>
+      <c r="N43" t="s">
         <v>38</v>
       </c>
-      <c r="E4" t="s">
-[...24 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O43" t="s">
+        <v>280</v>
+      </c>
+      <c r="P43" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>282</v>
+      </c>
+      <c r="B44" t="s">
+        <v>54</v>
+      </c>
+      <c r="C44" t="s">
+        <v>283</v>
+      </c>
+      <c r="D44" t="s">
         <v>44</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>46</v>
       </c>
-      <c r="C5" t="s">
-[...14 lines deleted...]
-      <c r="H5">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>2016</v>
       </c>
-      <c r="I5" t="s">
-[...8 lines deleted...]
-      <c r="L5" t="s">
+      <c r="I44">
+        <v>2017</v>
+      </c>
+      <c r="J44" t="s">
+        <v>56</v>
+      </c>
+      <c r="K44" t="s">
+        <v>57</v>
+      </c>
+      <c r="L44" t="s">
+        <v>58</v>
+      </c>
+      <c r="M44" t="s">
+        <v>284</v>
+      </c>
+      <c r="N44" t="s">
         <v>50</v>
       </c>
-      <c r="M5" t="s">
-[...42 lines deleted...]
-      <c r="N6" t="s">
+      <c r="O44" t="s">
+        <v>285</v>
+      </c>
+      <c r="P44" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>287</v>
+      </c>
+      <c r="B45" t="s">
+        <v>83</v>
+      </c>
+      <c r="C45" t="s">
+        <v>288</v>
+      </c>
+      <c r="D45" t="s">
+        <v>44</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>46</v>
+      </c>
+      <c r="G45" t="s">
+        <v>35</v>
+      </c>
+      <c r="H45">
+        <v>2021</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>156</v>
+      </c>
+      <c r="K45" t="s">
         <v>57</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" t="s">
+      <c r="L45" t="s">
         <v>58</v>
       </c>
-      <c r="C7" t="s">
-[...34 lines deleted...]
-      <c r="B8" t="s">
+      <c r="M45" t="s">
+        <v>289</v>
+      </c>
+      <c r="N45" t="s">
+        <v>50</v>
+      </c>
+      <c r="O45" t="s">
+        <v>290</v>
+      </c>
+      <c r="P45" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>292</v>
+      </c>
+      <c r="B46" t="s">
+        <v>293</v>
+      </c>
+      <c r="C46" t="s">
+        <v>294</v>
+      </c>
+      <c r="D46" t="s">
+        <v>44</v>
+      </c>
+      <c r="E46" t="s">
+        <v>124</v>
+      </c>
+      <c r="F46" t="s">
+        <v>46</v>
+      </c>
+      <c r="G46" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46">
+        <v>2021</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>156</v>
+      </c>
+      <c r="K46" t="s">
+        <v>57</v>
+      </c>
+      <c r="L46" t="s">
         <v>58</v>
       </c>
-      <c r="C8" t="s">
-[...312 lines deleted...]
-      <c r="L15" t="s">
+      <c r="M46" t="s">
+        <v>295</v>
+      </c>
+      <c r="N46" t="s">
         <v>50</v>
       </c>
-      <c r="M15" t="s">
-[...1298 lines deleted...]
-      </c>
+      <c r="O46" t="s">
+        <v>296</v>
+      </c>
+      <c r="P46"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>