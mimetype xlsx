--- v1 (2025-11-29)
+++ v2 (2026-03-07)
@@ -2490,54 +2490,54 @@
         <v>182</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>183</v>
       </c>
       <c r="B26" t="s">
         <v>184</v>
       </c>
       <c r="C26" t="s">
         <v>185</v>
       </c>
       <c r="D26" t="s">
         <v>186</v>
       </c>
       <c r="E26" t="s">
         <v>20</v>
       </c>
       <c r="F26" t="s">
         <v>34</v>
       </c>
       <c r="G26" t="s">
         <v>35</v>
       </c>
-      <c r="H26">
+      <c r="H26"/>
+      <c r="I26">
         <v>2024</v>
       </c>
-      <c r="I26"/>
       <c r="J26" t="s">
         <v>187</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>188</v>
       </c>
       <c r="N26" t="s">
         <v>38</v>
       </c>
       <c r="O26" t="s">
         <v>189</v>
       </c>
       <c r="P26" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>191</v>
       </c>
       <c r="B27" t="s">