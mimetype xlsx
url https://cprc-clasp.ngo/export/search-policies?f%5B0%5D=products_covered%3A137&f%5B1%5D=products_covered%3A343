--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -547,69 +547,69 @@
   <si>
     <t>November 2023</t>
   </si>
   <si>
     <t>Malawi Bureau of Standards (MBS)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-5</t>
   </si>
   <si>
     <t>https://www.iec.ch/dyn/www/f?p=103:36:112914829377027::::FSP_ORG_ID,FSP_LANG_ID:1090,25</t>
   </si>
   <si>
     <t>Malawi standard for pico-solar and SHS kits (IEC TS 62257-9-8)</t>
   </si>
   <si>
     <t>MS IEC TS 62257-9-8</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/malawi-standard-pico-solar-and-shs-kits-iec-ts-62257-9-8</t>
   </si>
   <si>
     <t>https://nam10.safelinks.protection.outlook.com/?url=https%3A%2F%2Fwww.iec.ch%2Fdyn%2Fwww%2Ff%3Fp%3D103%3A36%3A112914829377027%3A%3A%3A%3AFSP_ORG_ID%2CFSP_LANG_ID%3A1090%2C25&amp;data=05%7C01%7Clboucher%40clasp.ngo%7C991380eb2ddc4597b0bd08dbd6ffa68d%7C893cf7999fee4d2a8d71655b7b1e53d2%7C0%7C0%7C638340165728696357%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000%7C%7C%7C&amp;sdata=BRfwqZ8YWSBCwfEf9yfxjELTLNVh5Efnf5BHKmWv9cw%3D&amp;reserved=0</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Guidelines on Minimum Standard Requirements for Solar Home Systems</t>
   </si>
   <si>
     <t>Covers stand-alone photovoltaic power systems; defines the minimum service level energy requirements for an off-grid solar home system; cover the corresponding minimum requirements for the off-grid solar home system accessories such as Lamps, Cables, Batteries, Solar Photovoltaic Panel, Charge controller, installation requirements and other accessories required for off-grid solar home system installation to ensure safety of end users and quality of the system as well as quality of service.</t>
   </si>
   <si>
     <t>Rwanda</t>
   </si>
@@ -2391,51 +2391,51 @@
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>177</v>
       </c>
       <c r="B24" t="s">
         <v>178</v>
       </c>
       <c r="C24" t="s">
         <v>179</v>
       </c>
       <c r="D24" t="s">
         <v>180</v>
       </c>
       <c r="E24" t="s">
         <v>20</v>
       </c>
       <c r="F24" t="s">
         <v>56</v>
       </c>
       <c r="G24" t="s">
         <v>36</v>
       </c>
       <c r="H24">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
         <v>181</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
       <c r="L24"/>
       <c r="M24" t="s">
         <v>182</v>
       </c>
       <c r="N24" t="s">
         <v>77</v>
       </c>
       <c r="O24" t="s">
         <v>183</v>
       </c>
       <c r="P24" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>185</v>