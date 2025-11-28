--- v0 (2025-10-11)
+++ v1 (2025-11-28)
@@ -12,263 +12,306 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CQC31-406331-2015. Energy Conservation Certification Rules for Secondary Water Supply Equipment</t>
   </si>
   <si>
+    <t>Applied to secondary water supply equipment in civil bulidings</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC3153-2015</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-406331-2015-energy-conservation-certification-rules-secondary-water-supply-equipment</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-06-19/512753.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439137-2014. Mark Certification - Water-source (ground-source) heat pumps</t>
   </si>
   <si>
+    <t>Applies to ground source heat pumps</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 30721-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439137-2014-mark-certification-water-source-ground-source-heat-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-06-21/492749.shtml</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -532,403 +575,448 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="521.301" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="84.836" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="L2" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3">
+        <v>2015</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>37</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>38</v>
+      </c>
+      <c r="M3" t="s">
+        <v>39</v>
+      </c>
+      <c r="N3" t="s">
+        <v>40</v>
+      </c>
+      <c r="O3" t="s">
+        <v>41</v>
+      </c>
+      <c r="P3" t="s">
+        <v>42</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...22 lines deleted...]
-      <c r="I3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
         <v>32</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="D4" t="s">
         <v>33</v>
       </c>
-      <c r="L3" t="s">
+      <c r="E4" t="s">
         <v>34</v>
       </c>
-      <c r="M3" t="s">
+      <c r="F4" t="s">
         <v>35</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G4" t="s">
         <v>36</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="N4" t="s">
         <v>40</v>
       </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5">
         <v>2018</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>39</v>
+      </c>
+      <c r="N5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>59</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>60</v>
+      </c>
+      <c r="K6" t="s">
+        <v>61</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N6" t="s">
+        <v>40</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>67</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...73 lines deleted...]
-      <c r="G7">
+      <c r="G7" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7">
         <v>1986</v>
       </c>
-      <c r="H7"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I7"/>
       <c r="J7" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>35</v>
+        <v>69</v>
       </c>
       <c r="N7" t="s">
-        <v>57</v>
+        <v>40</v>
+      </c>
+      <c r="O7" t="s">
+        <v>70</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>