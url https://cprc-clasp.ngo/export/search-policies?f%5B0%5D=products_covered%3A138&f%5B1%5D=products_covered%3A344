--- v0 (2025-11-27)
+++ v1 (2026-03-04)
@@ -173,72 +173,72 @@
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
     <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -802,51 +802,51 @@
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
         <v>53</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>55</v>
       </c>
       <c r="D5" t="s">
         <v>56</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>57</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I5"/>
       <c r="J5" t="s">
         <v>58</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
         <v>59</v>
       </c>
       <c r="N5" t="s">
         <v>40</v>
       </c>
       <c r="O5" t="s">
         <v>60</v>
       </c>
       <c r="P5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
         <v>62</v>