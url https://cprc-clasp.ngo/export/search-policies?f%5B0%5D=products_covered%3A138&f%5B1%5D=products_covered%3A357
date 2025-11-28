--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -12,206 +12,228 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-464244-2018. Energy Conservation Certification Rules for Electric Vehicle A.C Charging System</t>
   </si>
   <si>
+    <t>Apply to electric vehicle A.C charging system</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>EV Charging Stations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>CQC 3169-2018</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-464244-2018-energy-conservation-certification-rules-electric-vehicle-ac-charging</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-04-26/554395.shtml</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-dish-dryers</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -475,277 +497,304 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N4"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="117" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="140" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="117.828" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="253.51" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="140.252" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2009</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>37</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...73 lines deleted...]
-        <v>38</v>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>