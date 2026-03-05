--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,332 +12,405 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-415321-2009 Energy Conservation Certification Rules for Aluminum Thermal Profiles</t>
   </si>
   <si>
+    <t>Applies to Aluminum Thermal Profiles.</t>
+  </si>
+  <si>
     <t>Insulations</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC3116-2009</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-415321-2009-energy-conservation-certification-rules-aluminum-thermal-profiles</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-12-11/492682.shtml</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>insulation</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>Greenmark N77 - Unfired Building Materials Made from Recycled Materials</t>
   </si>
   <si>
+    <t>This standard is applicable to unfired building materials made from recycled materials.</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenmark-n77-unfired-building-materials-made-recycled-materials</t>
   </si>
   <si>
+    <t>https://greenliving.epa.gov.tw/GreenLife/uploadfiles/Criteria/77/24539dcf-2b6e-49fe-a2a7-aaf8881eec17.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Aerated Concrete</t>
   </si>
   <si>
+    <t>This scheme covers aerated concrete components. Must be lightweight concrete than general concrete of the same size and suitable for building walls with a thickness of 75 or 100 millimeters.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Building Materials, Envelopes</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>ASTM C177-04</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-aerated-concrete</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/15_01032565.pdf</t>
+  </si>
+  <si>
     <t>High Energy Performance Label for Fiberglass Insulation</t>
   </si>
   <si>
+    <t>This scheme covers flat sheet fiberglass insulation.</t>
+  </si>
+  <si>
     <t>Building Materials, Insulations</t>
   </si>
   <si>
     <t>ISO 8301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-energy-performance-label-fiberglass-insulation</t>
   </si>
   <si>
+    <t>https://www.dede.go.th/download/general_65/12_01032565.pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>IRAM 11900 Voluntary Label for Building Envelopes</t>
   </si>
   <si>
+    <t>Building heating energy efficiency label. Classification according to the thermal transmittance of the building envelope.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Envelopes</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>IRAM 11900</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-11900-voluntary-label-building-envelopes</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>Ministerial Regulation Prescribing Fiberglass Insulation for Energy Conservation, B.E. 2561 (2018)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers fiberglass Insulation made by glass melting and natural raw materials.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulation-prescribing-fiberglass-insulation-energy-conservation-be-2561-2018</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063741</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
+    <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
+  </si>
+  <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/en/download/TGL-14-R1-11.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -601,615 +674,690 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="116" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="116.686" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="543.724" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="124.97" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2015</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...17 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...5 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>31</v>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2022</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>68</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>63</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>65</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2022</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>74</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>79</v>
+      </c>
+      <c r="D9" t="s">
         <v>32</v>
       </c>
-      <c r="B4" t="s">
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>80</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>65</v>
+      </c>
+      <c r="G10" t="s">
         <v>33</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H10">
+        <v>2002</v>
+      </c>
+      <c r="I10">
+        <v>2010</v>
+      </c>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>89</v>
+      </c>
+      <c r="M10" t="s">
+        <v>90</v>
+      </c>
+      <c r="N10" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
-[...15 lines deleted...]
-      <c r="J4" t="s">
+      <c r="O10" t="s">
+        <v>91</v>
+      </c>
+      <c r="P10" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" t="s">
+        <v>94</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2018</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>96</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>68</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...5 lines deleted...]
-      <c r="M4" t="s">
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1997</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...54 lines deleted...]
-      <c r="C6" t="s">
+      <c r="L12" t="s">
+        <v>101</v>
+      </c>
+      <c r="M12" t="s">
+        <v>102</v>
+      </c>
+      <c r="N12" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
-[...278 lines deleted...]
-        <v>80</v>
+      <c r="O12" t="s">
+        <v>103</v>
+      </c>
+      <c r="P12" t="s">
+        <v>104</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>