--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -12,462 +12,597 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources</t>
   </si>
   <si>
+    <t>Commission Delegated Regulation (EU) 2019/2015 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of light sources and repealing Commission Delegated Regulation (EU) No 874/2012.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-20192015-11-march-2019-supplementing-regulation-eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2015-20210901</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2020 of 1 October 2019 laying down ecodesign requirements for light sources and separate control gears pursuant to Directive 2009/125/EC of the European Parliament and of the Council and repealing Commission</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market the following electrical lighting products:
+(a) light sources;
+(b) separate control gears.
+The requirements also apply to light sources and separate control gears placed on the market in a containing product.
+This Regulation shall not apply to light sources and separate control gears specified in points 1 and 2 of Annex III.
+Light sources and separate control gears specified in point 3 of Annex III shall comply only with the requirements of point 3(e) of Annex II.
+This Policy is under review by the European Commission in the Ecodesign for Sustainable Products Regulation working plan 2025-2030 and is expected to be revized in 2029.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>July 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-20192020-1-october-2019-laying-down-ecodesign-requirements-light</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02019R2020-20210901</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-461281-2017 Energy Conservation Certification Rules for Electronic Control gear for LED Modules</t>
   </si>
   <si>
+    <t>Applies  to Electronic Control gear for LED Modules -specified by GB24819 with a rated supply voltage of no larger than  1000V DC or AC</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>CQC3146-2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-461281-2017-energy-conservation-certification-rules-electronic-control-gear-led</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-11-03/511032.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
+  </si>
+  <si>
     <t>The Ecodesign for Energy-Related Products and Energy Information (Lighting Products) Regulations 2021</t>
   </si>
   <si>
+    <t>This regulation applies to light sources placed on the market, with or without integrated control gears, and includes light sources placed on the market in a containing product.</t>
+  </si>
+  <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/part/2/chapter/3/made</t>
+  </si>
+  <si>
+    <t>In these Regulations “light source” means, an electricallyU operated product—
+(a) intended to emit light; or
+(b) in the case of a non-incandescent light source, intended to be possibly tuned to emit light; or
+(c) intended to do both (a) and (b); 
+This Policy is under development by the UK government with public consultation having taken place in 2023.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/ecodesign-energy-related-products-and-energy-information-lighting-products-regulations</t>
   </si>
   <si>
-    <t>The Energy (Appliances' Energy Performance and Labelling) Regulations, 2016</t>
+    <t>https://www.legislation.gov.uk/uksi/2021/1095/contents/made</t>
+  </si>
+  <si>
+    <t>The Energy Act Appliances Energy Performance and Labelling Regulations,2016</t>
+  </si>
+  <si>
+    <t>This act specifies the labeling requirements for non-ducted air conditioners, refrigerating appliances, 3 phase caged induction motors, self ballasted lamps, double capped fluorescent lamps, and ballasts for fluorescent lamps.</t>
   </si>
   <si>
     <t>Kenya</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Lighting Controls, 3-Phase Motors, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
-    <t>Kenya Bureau of Standards (KEBS)</t>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>October 2025</t>
+  </si>
+  <si>
+    <t>Energy &amp; Petroleum Regulatory Authority (EPRA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/energy-appliances-energy-performance-and-labelling-regulations-2016</t>
+    <t>https://cprc-clasp.ngo/policies/energy-act-appliances-energy-performance-and-labelling-regulations2016</t>
+  </si>
+  <si>
+    <t>https://www.epra.go.ke/sites/default/files/Documents/The-Energy-Appliances-Energy-Performance-and-Labelling-Regulations-2016.pdf</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
+  </si>
+  <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -731,1021 +866,1148 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="283" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="955.481" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>38</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>42</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2000</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>37</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E5" t="s">
+        <v>49</v>
+      </c>
+      <c r="F5" t="s">
+        <v>50</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>65</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>50</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2017</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+      <c r="K7" t="s">
+        <v>36</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>42</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>73</v>
+      </c>
+      <c r="K8" t="s">
+        <v>36</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>74</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" t="s">
+        <v>77</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>50</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" t="s">
+        <v>79</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>80</v>
+      </c>
+      <c r="P9" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>82</v>
+      </c>
+      <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>84</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
+        <v>49</v>
+      </c>
+      <c r="F10" t="s">
+        <v>50</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>51</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>91</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" t="s">
+        <v>34</v>
+      </c>
+      <c r="H11">
+        <v>2003</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>51</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" t="s">
+        <v>50</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2018</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>51</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>98</v>
+      </c>
+      <c r="M12" t="s">
+        <v>99</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>100</v>
+      </c>
+      <c r="P12" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>102</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" t="s">
+        <v>65</v>
+      </c>
+      <c r="E13" t="s">
+        <v>49</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>34</v>
+      </c>
+      <c r="H13">
+        <v>1996</v>
+      </c>
+      <c r="I13">
+        <v>2010</v>
+      </c>
+      <c r="J13" t="s">
+        <v>105</v>
+      </c>
+      <c r="K13" t="s">
+        <v>36</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>107</v>
+      </c>
+      <c r="P13" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>109</v>
+      </c>
+      <c r="B14" t="s">
+        <v>110</v>
+      </c>
+      <c r="C14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F14" t="s">
+        <v>42</v>
+      </c>
+      <c r="G14" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>105</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>106</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>111</v>
+      </c>
+      <c r="P14" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>113</v>
+      </c>
+      <c r="B15" t="s">
+        <v>114</v>
+      </c>
+      <c r="C15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D15" t="s">
+        <v>116</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>50</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>117</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>124</v>
+      </c>
+      <c r="D16" t="s">
+        <v>19</v>
+      </c>
+      <c r="E16" t="s">
+        <v>49</v>
+      </c>
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H16">
+        <v>2015</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...27 lines deleted...]
-      <c r="M3" t="s">
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>131</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
+        <v>50</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>132</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
+      <c r="L17" t="s">
+        <v>133</v>
+      </c>
+      <c r="M17" t="s">
+        <v>134</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>135</v>
+      </c>
+      <c r="P17" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
         <v>33</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2021</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>139</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...17 lines deleted...]
-      <c r="I4" t="s">
+      <c r="O18" t="s">
+        <v>140</v>
+      </c>
+      <c r="P18" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>142</v>
+      </c>
+      <c r="C19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>42</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+      <c r="K19" t="s">
         <v>36</v>
       </c>
-      <c r="J4" t="s">
-[...38 lines deleted...]
-      <c r="I5" t="s">
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>147</v>
+      </c>
+      <c r="D20" t="s">
+        <v>148</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>149</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>150</v>
+      </c>
+      <c r="K20" t="s">
+        <v>36</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>151</v>
+      </c>
+      <c r="N20" t="s">
+        <v>152</v>
+      </c>
+      <c r="O20" t="s">
+        <v>153</v>
+      </c>
+      <c r="P20" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>155</v>
+      </c>
+      <c r="B21" t="s">
+        <v>156</v>
+      </c>
+      <c r="C21" t="s">
+        <v>157</v>
+      </c>
+      <c r="D21" t="s">
+        <v>158</v>
+      </c>
+      <c r="E21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F21" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...44 lines deleted...]
-      <c r="K6" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2021</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>159</v>
+      </c>
+      <c r="K21" t="s">
+        <v>36</v>
+      </c>
+      <c r="L21" t="s">
+        <v>160</v>
+      </c>
+      <c r="M21" t="s">
+        <v>161</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>162</v>
+      </c>
+      <c r="P21"/>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>158</v>
+      </c>
+      <c r="E22" t="s">
         <v>49</v>
       </c>
-      <c r="L6" t="s">
-[...32 lines deleted...]
-      <c r="I7" t="s">
+      <c r="F22" t="s">
         <v>42</v>
       </c>
-      <c r="J7" t="s">
-[...448 lines deleted...]
-      <c r="G18">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2021</v>
       </c>
-      <c r="H18"/>
-[...162 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>31</v>
+        <v>159</v>
       </c>
       <c r="K22" t="s">
-        <v>119</v>
+        <v>36</v>
       </c>
       <c r="L22" t="s">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="M22" t="s">
-        <v>24</v>
+        <v>161</v>
       </c>
       <c r="N22" t="s">
-        <v>122</v>
-      </c>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>163</v>
+      </c>
+      <c r="P22"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>