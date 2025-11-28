--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -12,576 +12,733 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>16 CFR Part 305 - Energy And Water Use Labeling For Consumer Products Under The Energy Policy And Conservation Act (Lighting Facts Label)</t>
   </si>
   <si>
+    <t>This policy covers tubular lamps, non-directional lamps, directional lamps, and indoor luminaires.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>16 CFR Part 305 - Energy Labeling Rule - 305.15 Labeling for lighting products</t>
   </si>
   <si>
     <t>Federal Trade Commission</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/16-cfr-part-305-energy-and-water-use-labeling-consumer-products-under-energy-policy-and-0</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/cgi-bin/retrieveECFR?gp=11&amp;SID=73761cc1f845bec3a3d4dd94a2c5fb2f&amp;ty=HTML&amp;h=L&amp;n=16y1.0.1.3.29&amp;r=PART#se16.1.305_11</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CEL- LED products for indoor lighting: LED downlights</t>
   </si>
   <si>
+    <t>This policy covers LED downlights.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Indoor Luminaires</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 29293; GB/T 29294</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-led-products-indoor-lighting-led-downlights</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2020/04/%E5%AE%A4%E5%86%85%E7%85%A7%E6%98%8E%E7%94%A8LED%20%E4%BA%A7%E</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465315-2013. CQC Mark Certification. LED Downlights</t>
   </si>
   <si>
+    <t>Applies to domestic LED Downlights operating under conditions of AC 220V and 50Hz</t>
+  </si>
+  <si>
     <t>CQC 3128-2013 GB 17625.1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465315-2013-cqc-mark-certification-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492712.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465318-2016. Energy Conservation Certification Rules for Lighting Products Used in Classrooms in Schools and Kindergartens</t>
   </si>
   <si>
+    <t>This policy applies to lighting products used in classrooms in schools and kindergartens.</t>
+  </si>
+  <si>
     <t>CQC3155-2016; GB/T 18595-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465318-2016-energy-conservation-certification-rules-lighting-products-used</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/513894.shtml</t>
+  </si>
+  <si>
     <t>CQC31-465331-2019. Energy Conservation Certification Rules for LED Downlights</t>
   </si>
   <si>
+    <t>Apply to  LED downlights</t>
+  </si>
+  <si>
     <t>GB 30255-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-465331-2019-energy-conservation-certification-rules-led-downlights</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-08-08/555384.shtml</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Conservation Labeling Program Requirements for Indoor Light Fixtures: En-Tech 10205019771</t>
   </si>
   <si>
+    <t>Indoor light fixtures - The applicable products shall meet Chinese National Standards -CNS 14335 and 14115. Desk lamps; table lamps; bedside lamps; floor lamps or lamps which are not recognized by the Bureau of Energy MOEA are not included</t>
+  </si>
+  <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>CIE 70, 84 and 121, CNS 15437, CNS 691, CNS 14125, CNS 14576, CNS 15049, CIE 117</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-conservation-labeling-program-requirements-indoor-light-fixtures-en-tech</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=27%20</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp; No. En-Tech 10405000341</t>
   </si>
   <si>
+    <t>Desk; table; bedside; and floor lightings as well as any planar lamp compliant with the following criteria: Products shall meet the requirements of Article 14335 or 14115; Chinese National Standards -CNS; or be recognized by Bureau of Energy -MOEA. The light emitting surface is composed of diffusion assembly or light guide plate. Size of the surface shall be of 30cm or more in diameter for circular one and in least side length for rectangle one. Upper limit of thickness: 70mm</t>
+  </si>
+  <si>
     <t>Energy Efficiency Criteria and Labeling Method for Energy Label Qualified LED Planar Lamp</t>
   </si>
   <si>
     <t>Greenmark Labelling Program</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-criteria-and-labeling-method-energy-label-qualified-led-planar-lamp-no</t>
   </si>
   <si>
+    <t>http://www.energylabel.org.tw/application_en/efficiency/upt.asp?cid=56</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>GB 38450-2019 Minimum allowable values of energy efficiency and energy efficiency grades of LED flat panel luminaires</t>
   </si>
   <si>
+    <t>This policy covers LED flat panel luminaires.</t>
+  </si>
+  <si>
     <t>GB/T 24826; GB/T 31897.201</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-38450-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-led</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Incandescent Lamps for General Lighting Services) Determination 2016</t>
   </si>
   <si>
+    <t>This Determination covers incandescent lamps used in general lighting services in the product classes set out in the following table: GLS tungsten filament lamps; extra low voltage halogen non-reflector lamps; candle tungsten filament lamps; fancy round tungsten filament lamps; decorative tungsten filament lamps; mains voltage halogen non-reflector lamps; and extra low voltage halogen reflector lamps.</t>
+  </si>
+  <si>
     <t>Australia</t>
   </si>
   <si>
     <t>Indoor Luminaires, Non-Directional lamps</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>AS/NZS 4934.1(Int):2014</t>
   </si>
   <si>
     <t>Department of Climate Change and Energy Efficiency (DCCEE)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-incandescent-lamps-general-lighting-services</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2016L00659</t>
+  </si>
+  <si>
     <t>Greenhouse and Energy Minimum Standards (Self-ballasted Compact Fluorescent Lamps for General Lighting Services) Determination 2017</t>
   </si>
   <si>
+    <t>This Determination covers self-ballasted compact fluorescent lamps of any voltage or wattage and with any type of lamp cap, whether supplied as an individual lamp or as part of a luminaire, that are ordinarily supplied and used for general lighting services.</t>
+  </si>
+  <si>
     <t>Indoor Luminaires, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/greenhouse-and-energy-minimum-standards-self-ballasted-compact-fluorescent-lamps-general</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.au/Details/F2012L02133</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>MS :203:2014 Energy efficiency and labelling requirements -Electric lamps and luminaires</t>
   </si>
   <si>
+    <t>This standard covers the energy efficiency and labelling requirement for electric lamps and luminaires</t>
+  </si>
+  <si>
     <t>Mauritius</t>
   </si>
   <si>
     <t>Non-Directional lamps, Indoor Luminaires</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>MS 203</t>
   </si>
   <si>
     <t>Energy Efficiency Management Office</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ms-2032014-energy-efficiency-and-labelling-requirements-electric-lamps-and-luminaires</t>
   </si>
   <si>
+    <t>http://mauritianstandards.com/import-std-678/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -845,1249 +1002,1412 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="143" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1980</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>34</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>46</v>
+      </c>
+      <c r="M4" t="s">
+        <v>47</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L5" t="s">
+        <v>54</v>
+      </c>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6">
+        <v>2020</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>66</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>53</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>53</v>
+      </c>
+      <c r="G8" t="s">
+        <v>34</v>
+      </c>
+      <c r="H8">
+        <v>2016</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>55</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D9" t="s">
+        <v>44</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>53</v>
+      </c>
+      <c r="G9" t="s">
+        <v>34</v>
+      </c>
+      <c r="H9">
+        <v>2019</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>55</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>82</v>
+      </c>
+      <c r="D10" t="s">
+        <v>83</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>84</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2023</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>87</v>
+      </c>
+      <c r="P10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
+        <v>33</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" t="s">
+        <v>93</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>94</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>95</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>96</v>
+      </c>
+      <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>98</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
+        <v>53</v>
+      </c>
+      <c r="G12" t="s">
+        <v>34</v>
+      </c>
+      <c r="H12">
+        <v>2013</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>100</v>
+      </c>
+      <c r="M12" t="s">
+        <v>101</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>102</v>
+      </c>
+      <c r="P12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>52</v>
+      </c>
+      <c r="F13" t="s">
+        <v>53</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2015</v>
+      </c>
+      <c r="J13" t="s">
+        <v>99</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>106</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>110</v>
+      </c>
+      <c r="B14" t="s">
+        <v>111</v>
+      </c>
+      <c r="C14" t="s">
+        <v>112</v>
+      </c>
+      <c r="D14" t="s">
+        <v>113</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>114</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2019</v>
+      </c>
+      <c r="J14" t="s">
+        <v>115</v>
+      </c>
+      <c r="K14" t="s">
+        <v>116</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>53</v>
+      </c>
+      <c r="G15" t="s">
+        <v>34</v>
+      </c>
+      <c r="H15">
+        <v>2015</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" t="s">
+        <v>36</v>
+      </c>
+      <c r="L15" t="s">
+        <v>122</v>
+      </c>
+      <c r="M15" t="s">
+        <v>123</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>124</v>
+      </c>
+      <c r="P15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" t="s">
+        <v>34</v>
+      </c>
+      <c r="H16">
+        <v>2018</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>36</v>
+      </c>
+      <c r="L16" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" t="s">
+        <v>129</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>130</v>
+      </c>
+      <c r="P16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>132</v>
+      </c>
+      <c r="B17" t="s">
+        <v>133</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" t="s">
+        <v>53</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" t="s">
+        <v>36</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>129</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>136</v>
+      </c>
+      <c r="P17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>138</v>
+      </c>
+      <c r="B18" t="s">
+        <v>139</v>
+      </c>
+      <c r="C18" t="s">
+        <v>112</v>
+      </c>
+      <c r="D18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" t="s">
+        <v>52</v>
+      </c>
+      <c r="F18" t="s">
+        <v>53</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
+        <v>36</v>
+      </c>
+      <c r="L18" t="s">
+        <v>140</v>
+      </c>
+      <c r="M18" t="s">
+        <v>141</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>142</v>
+      </c>
+      <c r="P18" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" t="s">
+        <v>145</v>
+      </c>
+      <c r="C19" t="s">
+        <v>43</v>
+      </c>
+      <c r="D19" t="s">
+        <v>44</v>
+      </c>
+      <c r="E19" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F19" t="s">
+        <v>92</v>
+      </c>
+      <c r="G19" t="s">
+        <v>34</v>
+      </c>
+      <c r="H19">
+        <v>2021</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>61</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>146</v>
+      </c>
+      <c r="M19" t="s">
+        <v>147</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>148</v>
+      </c>
+      <c r="P19" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>150</v>
+      </c>
+      <c r="B20" t="s">
+        <v>151</v>
+      </c>
+      <c r="C20" t="s">
+        <v>152</v>
+      </c>
+      <c r="D20" t="s">
+        <v>153</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>114</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
+        <v>2016</v>
+      </c>
+      <c r="J20" t="s">
+        <v>154</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>155</v>
+      </c>
+      <c r="M20" t="s">
+        <v>156</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>157</v>
+      </c>
+      <c r="P20" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>159</v>
+      </c>
+      <c r="B21" t="s">
+        <v>160</v>
+      </c>
+      <c r="C21" t="s">
+        <v>152</v>
+      </c>
+      <c r="D21" t="s">
+        <v>161</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>92</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2009</v>
+      </c>
+      <c r="I21">
+        <v>2017</v>
+      </c>
+      <c r="J21" t="s">
+        <v>154</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>162</v>
+      </c>
+      <c r="M21" t="s">
+        <v>156</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>163</v>
+      </c>
+      <c r="P21" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>165</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>92</v>
+      </c>
+      <c r="G22" t="s">
+        <v>93</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>168</v>
+      </c>
+      <c r="K22" t="s">
+        <v>36</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>169</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>170</v>
+      </c>
+      <c r="P22" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B23" t="s">
+        <v>173</v>
+      </c>
+      <c r="C23" t="s">
+        <v>174</v>
+      </c>
+      <c r="D23" t="s">
+        <v>175</v>
+      </c>
+      <c r="E23" t="s">
+        <v>52</v>
+      </c>
+      <c r="F23" t="s">
+        <v>114</v>
+      </c>
+      <c r="G23" t="s">
+        <v>34</v>
+      </c>
+      <c r="H23">
+        <v>2014</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>176</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>177</v>
+      </c>
+      <c r="M23" t="s">
+        <v>178</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>179</v>
+      </c>
+      <c r="P23" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>181</v>
+      </c>
+      <c r="B24" t="s">
+        <v>182</v>
+      </c>
+      <c r="C24" t="s">
+        <v>183</v>
+      </c>
+      <c r="D24" t="s">
+        <v>184</v>
+      </c>
+      <c r="E24" t="s">
+        <v>52</v>
+      </c>
+      <c r="F24" t="s">
+        <v>53</v>
+      </c>
+      <c r="G24" t="s">
+        <v>34</v>
+      </c>
+      <c r="H24">
+        <v>2014</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>185</v>
+      </c>
+      <c r="K24" t="s">
+        <v>36</v>
+      </c>
+      <c r="L24" t="s">
+        <v>186</v>
+      </c>
+      <c r="M24" t="s">
+        <v>187</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>188</v>
+      </c>
+      <c r="P24" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>190</v>
+      </c>
+      <c r="B25" t="s">
+        <v>191</v>
+      </c>
+      <c r="C25" t="s">
+        <v>192</v>
+      </c>
+      <c r="D25" t="s">
+        <v>193</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>114</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2017</v>
+      </c>
+      <c r="I25">
+        <v>2021</v>
+      </c>
+      <c r="J25" t="s">
+        <v>194</v>
+      </c>
+      <c r="K25" t="s">
+        <v>195</v>
+      </c>
+      <c r="L25" t="s">
+        <v>196</v>
+      </c>
+      <c r="M25" t="s">
+        <v>197</v>
+      </c>
+      <c r="N25" t="s">
+        <v>198</v>
+      </c>
+      <c r="O25" t="s">
+        <v>199</v>
+      </c>
+      <c r="P25" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>201</v>
+      </c>
+      <c r="B26" t="s">
+        <v>202</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" t="s">
+        <v>52</v>
+      </c>
+      <c r="F26" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...16 lines deleted...]
-      <c r="B3" t="s">
+      <c r="G26" t="s">
+        <v>34</v>
+      </c>
+      <c r="H26">
+        <v>2015</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>176</v>
+      </c>
+      <c r="K26" t="s">
+        <v>36</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>197</v>
+      </c>
+      <c r="N26" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...30 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O26" t="s">
+        <v>203</v>
+      </c>
+      <c r="P26" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>205</v>
+      </c>
+      <c r="B27" t="s">
+        <v>206</v>
+      </c>
+      <c r="C27" t="s">
+        <v>207</v>
+      </c>
+      <c r="D27" t="s">
+        <v>184</v>
+      </c>
+      <c r="E27" t="s">
+        <v>52</v>
+      </c>
+      <c r="F27" t="s">
+        <v>53</v>
+      </c>
+      <c r="G27" t="s">
         <v>34</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>208</v>
+      </c>
+      <c r="K27" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...993 lines deleted...]
-      </c>
       <c r="L27" t="s">
-        <v>159</v>
+        <v>209</v>
       </c>
       <c r="M27" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N27" t="s">
-        <v>160</v>
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>211</v>
+      </c>
+      <c r="P27" t="s">
+        <v>212</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>