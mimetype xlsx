--- v0 (2025-11-29)
+++ v1 (2026-03-04)
@@ -417,69 +417,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
     <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
   </si>
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
     <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
@@ -1803,51 +1803,51 @@
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>134</v>
       </c>
       <c r="B18" t="s">
         <v>135</v>
       </c>
       <c r="C18" t="s">
         <v>136</v>
       </c>
       <c r="D18" t="s">
         <v>137</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>34</v>
       </c>
       <c r="G18" t="s">
         <v>35</v>
       </c>
       <c r="H18">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I18"/>
       <c r="J18" t="s">
         <v>138</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
         <v>139</v>
       </c>
       <c r="N18" t="s">
         <v>40</v>
       </c>
       <c r="O18" t="s">
         <v>140</v>
       </c>
       <c r="P18" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>142</v>