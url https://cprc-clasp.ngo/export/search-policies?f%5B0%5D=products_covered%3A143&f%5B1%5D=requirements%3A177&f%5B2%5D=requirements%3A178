--- v0 (2025-10-15)
+++ v1 (2026-01-20)
@@ -12,363 +12,436 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Carpentry work -Exterior windows -Part 6 - Energy efficiency labeling</t>
   </si>
   <si>
+    <t>It determines the energy efficiency class of a window, associated with a range of energy flow values ​​through the area of ​​the window system (profile + glass), both for the winter and summer periods, determined according to IRAM Standard 11.507-6 / 2018. It is expressed in kWh / m2.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>IRAM 11507-6 | 2018</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/carpentry-work-exterior-windows-part-6-energy-efficiency-labeling</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/eficiencia-energetica-en-edificaciones/etiquetado-de-ventanas</t>
+  </si>
+  <si>
     <t>CQC31-030421-2010. CQC Mark Certification - Doors and Windows</t>
   </si>
   <si>
+    <t>This policy applies to doors and windows with a thermal insulation function.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>CQC 3118-2011</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows-0</t>
+    <t>https://cprc-clasp.ngo/policies/cqc31-030421-2010-cqc-mark-certification-doors-and-windows</t>
+  </si>
+  <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492708.shtml</t>
   </si>
   <si>
     <t>CQC31-371162-2020. Energy Conservation Certification Rules for Sealed Insulating Glass Unit</t>
   </si>
   <si>
+    <t>Apply to sealed insulating glass unit</t>
+  </si>
+  <si>
     <t>Windows, Insulations</t>
   </si>
   <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3117-2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-371162-2020-energy-conservation-certification-rules-sealed-insulating-glass-unit</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2020-11-11/492707.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPs for Green Buildings - Windows</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Ghana</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ghana Energy Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-green-buildings-windows</t>
   </si>
   <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-0</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Exterior and Interior Storm Windows Version 1.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of exterior and interior storm windows that are intended for use in residential buildings as specified herein and are eligible for ENERGY STAR certification, with the exception of: exterior storm windows without weep holes or other features that allow moisture to drain from between the storm window and primary window; storm windows that are intended for non-residential buildings; storm doors; and partial components of an exterior or interior storm window.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>NFRC 301; NFRC 300; AERC 1.2 in accordance with ASTM E283</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-exterior-and-interior-storm-windows-version-10</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/stormwindows/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Residential Windows, Doors, and Skylights Version 6.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential Window, Door, or Skylight as specified in the policy document are eligible for ENERGY STAR qualification, with the exception of products that are assembled onsite, including but not limited to sash packs or sash kits; Windows, Doors, or Skylights that are intended for installation in non-Residential Buildings; Window, Door, or Skylight attachments that are not included in a product’s NFRC-certified rating.</t>
+  </si>
+  <si>
     <t>Doors, Windows, Envelopes</t>
   </si>
   <si>
     <t>NFRC 100; SHGC NFRC 200; ASTM E283 in accordance with NFRC 400 or AAMA/WDMA/CSA 101/I.S.2/A440-11</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Technical Specification for Residential Windows, Doors, and Skylights Sold in Canada Version 5.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a residential window, door, or skylight as specified in the policy document are eligible for ENERGY STAR certification. Excluded products include products that are assembled onsite, including but not limited to sash packs or sash kits; windows, doors, or skylights that are intended for installation in non-residential buildings; and window, door, or skylight attachments that are not included in a product’s certified energy performance rating.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>See policy document for full list</t>
   </si>
   <si>
     <t>ENERGY STAR Canada</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-technical-specification-residential-windows-doors-and-skylights-sold-canada</t>
   </si>
   <si>
+    <t>https://www.nrcan.gc.ca/energy-efficiency/energy-star-canada/about/participant-resources/technical-specifications/windows-doors-and-skylights-energy-starr-canada-proposed-technical-specification-draf/20950</t>
+  </si>
+  <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-window-set</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Doors and windows TGL-70-12</t>
+  </si>
+  <si>
+    <t>These criteria shall apply to finished products of door sets, window sets, and frames made of composite wood, interlocking wood, plastic, metal, mirror, and insulators.</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1288, TIS 1651, TIS 504, TIS 744, TIS 829 (Doors and Windows)
 ,   
                     TIS 1013, TIS 1220, TIS 1568, TIS 1569, TIS 192 (Doors)
 ,   
                     TIS 1043 (Windows)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-doors-and-windows-tgl-70-12</t>
+  </si>
+  <si>
+    <t>http://www.tei.or.th/greenlabel/download/TGL-70-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -632,651 +705,730 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="582.715" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="115.543" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="141.394" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="242.941" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2018</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3">
+        <v>2013</v>
+      </c>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2020</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>46</v>
+      </c>
+      <c r="P4" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>54</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2015</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M6" t="s">
+        <v>60</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>65</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>34</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>2018</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>36</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>66</v>
+      </c>
+      <c r="M7" t="s">
+        <v>67</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2003</v>
+      </c>
+      <c r="I8">
+        <v>2015</v>
+      </c>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>73</v>
+      </c>
+      <c r="M8" t="s">
+        <v>67</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>74</v>
+      </c>
+      <c r="P8" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>78</v>
+      </c>
+      <c r="D9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9">
+        <v>2018</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>81</v>
+      </c>
+      <c r="P9" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>84</v>
+      </c>
+      <c r="C10" t="s">
+        <v>85</v>
+      </c>
+      <c r="D10" t="s">
+        <v>19</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>87</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>92</v>
+      </c>
+      <c r="D11" t="s">
+        <v>93</v>
+      </c>
+      <c r="E11" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" t="s">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>94</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>95</v>
+      </c>
+      <c r="M11" t="s">
+        <v>96</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>97</v>
+      </c>
+      <c r="P11" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" t="s">
+        <v>101</v>
+      </c>
+      <c r="D12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H12">
+        <v>2015</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>102</v>
+      </c>
+      <c r="K12" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>103</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>104</v>
+      </c>
+      <c r="P12" t="s">
+        <v>105</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>33</v>
+      </c>
+      <c r="F13" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2012</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>109</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>110</v>
+      </c>
+      <c r="M13" t="s">
+        <v>111</v>
+      </c>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...447 lines deleted...]
-        <v>89</v>
+      <c r="O13" t="s">
+        <v>112</v>
+      </c>
+      <c r="P13" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>