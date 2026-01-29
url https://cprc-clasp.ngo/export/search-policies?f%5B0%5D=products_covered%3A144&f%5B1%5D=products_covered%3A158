--- v0 (2025-11-28)
+++ v1 (2026-01-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -213,53 +213,50 @@
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
   </si>
   <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
     <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
     <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Asia and Pacific, China</t>
   </si>
   <si>
     <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
@@ -1013,278 +1010,278 @@
       </c>
       <c r="L6" t="s">
         <v>62</v>
       </c>
       <c r="M6" t="s">
         <v>37</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>63</v>
       </c>
       <c r="P6" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
         <v>65</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="H7">
         <v>2025</v>
       </c>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
+        <v>69</v>
+      </c>
+      <c r="M7" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="N7" t="s">
         <v>38</v>
       </c>
       <c r="O7" t="s">
+        <v>71</v>
+      </c>
+      <c r="P7" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H8">
         <v>2021</v>
       </c>
       <c r="I8"/>
       <c r="J8" t="s">
         <v>46</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="N8" t="s">
         <v>38</v>
       </c>
       <c r="O8" t="s">
+        <v>77</v>
+      </c>
+      <c r="P8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
         <v>80</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>81</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s">
         <v>45</v>
       </c>
       <c r="G9" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H9">
         <v>2014</v>
       </c>
       <c r="I9"/>
       <c r="J9" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K9" t="s">
         <v>47</v>
       </c>
       <c r="L9" t="s">
+        <v>84</v>
+      </c>
+      <c r="M9" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="N9" t="s">
         <v>38</v>
       </c>
       <c r="O9" t="s">
+        <v>86</v>
+      </c>
+      <c r="P9" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
+        <v>88</v>
+      </c>
+      <c r="B10" t="s">
         <v>89</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10" t="s">
         <v>44</v>
       </c>
       <c r="F10" t="s">
         <v>45</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
         <v>2008</v>
       </c>
       <c r="I10">
         <v>2012</v>
       </c>
       <c r="J10" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
+        <v>92</v>
+      </c>
+      <c r="M10" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="N10" t="s">
         <v>27</v>
       </c>
       <c r="O10" t="s">
+        <v>94</v>
+      </c>
+      <c r="P10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B11" t="s">
         <v>97</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>98</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>44</v>
       </c>
       <c r="F11" t="s">
         <v>45</v>
       </c>
       <c r="G11" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H11">
         <v>2012</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="K11" t="s">
         <v>47</v>
       </c>
       <c r="L11" t="s">
+        <v>100</v>
+      </c>
+      <c r="M11" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="N11" t="s">
         <v>38</v>
       </c>
       <c r="O11" t="s">
+        <v>102</v>
+      </c>
+      <c r="P11" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">