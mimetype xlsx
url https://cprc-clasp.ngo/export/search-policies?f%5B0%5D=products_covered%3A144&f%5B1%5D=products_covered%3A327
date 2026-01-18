--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -1489,54 +1489,54 @@
       </c>
       <c r="P13"/>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
         <v>110</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>112</v>
       </c>
       <c r="D14" t="s">
         <v>113</v>
       </c>
       <c r="E14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
-      <c r="H14">
+      <c r="H14"/>
+      <c r="I14">
         <v>2024</v>
       </c>
-      <c r="I14"/>
       <c r="J14" t="s">
         <v>114</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
         <v>115</v>
       </c>
       <c r="N14" t="s">
         <v>38</v>
       </c>
       <c r="O14" t="s">
         <v>116</v>
       </c>
       <c r="P14" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>118</v>
       </c>
       <c r="B15" t="s">