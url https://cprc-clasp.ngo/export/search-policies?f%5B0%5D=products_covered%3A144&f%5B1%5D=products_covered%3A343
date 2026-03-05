--- v0 (2025-11-28)
+++ v1 (2026-03-05)
@@ -306,69 +306,69 @@
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-star-program-requirements-residential-windows-doors-and-skylights-version-60</t>
   </si>
   <si>
     <t>https://www.energystar.gov/products/building_products/residential_windows_doors_and_skylights/partners</t>
   </si>
   <si>
     <t>GB 26920.3-2019 Minimum allowable values of energy efficiency and energy efficiency grades for commercial refrigerating appliances—Part 3: Refrigerated beverage vending machines</t>
   </si>
   <si>
     <t>This policy covers refrigerated beverage vending machines.</t>
   </si>
   <si>
     <t>GB/T 21001.2; GB/T 28493; ISO 9050</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-269203-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9A0A4FA998CAD4A5E05397BE0A0AD02D</t>
   </si>
   <si>
-    <t>MELS for Commercial Storage Refrigerators</t>
+    <t>MELS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy defines minimum energy labeling scheme requirements for chiller, freezers, and combinations type of all capacities.</t>
   </si>
   <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Wine Chillers, Walk-In Coolers and Freezers, Refrigerated Vending Machines, Freezers-only</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators</t>
+    <t>https://cprc-clasp.ngo/policies/mels-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Commercial Storage Refrigerators (2025)</t>
   </si>
   <si>
     <t>This policy sets minimum energy performance standards for commercial storage refrigerators as shown below</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-commercial-storage-refrigerators-2025</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
     <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
@@ -1366,51 +1366,51 @@
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>97</v>
       </c>
       <c r="B12" t="s">
         <v>98</v>
       </c>
       <c r="C12" t="s">
         <v>99</v>
       </c>
       <c r="D12" t="s">
         <v>100</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
       <c r="H12">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="I12"/>
       <c r="J12" t="s">
         <v>101</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>102</v>
       </c>
       <c r="N12" t="s">
         <v>59</v>
       </c>
       <c r="O12" t="s">
         <v>103</v>
       </c>
       <c r="P12" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>105</v>