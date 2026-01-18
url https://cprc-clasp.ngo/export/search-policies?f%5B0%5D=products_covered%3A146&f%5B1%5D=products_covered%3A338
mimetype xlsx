--- v0 (2025-12-01)
+++ v1 (2026-01-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -313,72 +313,66 @@
     <t>https://cprc-clasp.ngo/policies/energy-saving-trust-endorsed-products-4</t>
   </si>
   <si>
     <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
     <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
   </si>
   <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
     <t>https://internet-law.ru/gosts/gost/50178/</t>
   </si>
   <si>
     <t>JS 2097:2013 Energy labeling of household combined washer-driers</t>
   </si>
@@ -461,50 +455,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1462,710 +1459,712 @@
       </c>
       <c r="L9" t="s">
         <v>89</v>
       </c>
       <c r="M9" t="s">
         <v>90</v>
       </c>
       <c r="N9" t="s">
         <v>47</v>
       </c>
       <c r="O9" t="s">
         <v>91</v>
       </c>
       <c r="P9" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
         <v>93</v>
       </c>
       <c r="B10" t="s">
         <v>94</v>
       </c>
       <c r="C10" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E10" t="s">
         <v>54</v>
       </c>
       <c r="F10" t="s">
+        <v>96</v>
+      </c>
+      <c r="G10" t="s">
+        <v>8</v>
+      </c>
+      <c r="H10">
+        <v>2008</v>
+      </c>
+      <c r="I10">
+        <v>2024</v>
+      </c>
+      <c r="J10" t="s">
         <v>97</v>
-      </c>
-[...8 lines deleted...]
-        <v>99</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="N10" t="s">
         <v>38</v>
       </c>
       <c r="O10" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="P10" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>102</v>
+      </c>
+      <c r="C11" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>105</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11" t="s">
         <v>21</v>
       </c>
       <c r="G11" t="s">
         <v>35</v>
       </c>
       <c r="H11">
         <v>1986</v>
       </c>
       <c r="I11"/>
       <c r="J11" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="N11" t="s">
         <v>47</v>
       </c>
       <c r="O11" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="P11" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>108</v>
+      </c>
+      <c r="B12" t="s">
+        <v>109</v>
+      </c>
+      <c r="C12" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>112</v>
       </c>
       <c r="D12" t="s">
         <v>70</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
         <v>2013</v>
       </c>
       <c r="I12">
         <v>2014</v>
       </c>
       <c r="J12" t="s">
         <v>63</v>
       </c>
       <c r="K12" t="s">
         <v>37</v>
       </c>
       <c r="L12" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="M12" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="N12" t="s">
         <v>47</v>
       </c>
       <c r="O12" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="P12" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B13" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="C13" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
       <c r="F13" t="s">
         <v>21</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
       <c r="I13">
         <v>2013</v>
       </c>
       <c r="J13" t="s">
         <v>63</v>
       </c>
       <c r="K13" t="s">
         <v>37</v>
       </c>
       <c r="L13" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="M13" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="N13" t="s">
         <v>47</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="P13" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
+        <v>120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C14" t="s">
+        <v>103</v>
+      </c>
+      <c r="D14" t="s">
         <v>122</v>
-      </c>
-[...7 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E14" t="s">
         <v>54</v>
       </c>
       <c r="F14" t="s">
         <v>34</v>
       </c>
       <c r="G14" t="s">
         <v>35</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
+        <v>123</v>
+      </c>
+      <c r="L14" t="s">
+        <v>124</v>
+      </c>
+      <c r="M14" t="s">
         <v>125</v>
-      </c>
-[...4 lines deleted...]
-        <v>127</v>
       </c>
       <c r="N14" t="s">
         <v>47</v>
       </c>
       <c r="O14" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="P14" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
         <v>130</v>
       </c>
-      <c r="B15" t="s">
+      <c r="D15" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>80</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
       <c r="H15">
         <v>2017</v>
       </c>
       <c r="I15">
         <v>2021</v>
       </c>
       <c r="J15" t="s">
+        <v>132</v>
+      </c>
+      <c r="K15" t="s">
+        <v>133</v>
+      </c>
+      <c r="L15" t="s">
         <v>134</v>
       </c>
-      <c r="K15" t="s">
+      <c r="M15" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="N15" t="s">
         <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="P15" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
+        <v>138</v>
+      </c>
+      <c r="B16" t="s">
+        <v>139</v>
+      </c>
+      <c r="C16" t="s">
         <v>140</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="G16" t="s">
-        <v>98</v>
+        <v>142</v>
       </c>
       <c r="H16">
         <v>2024</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
+        <v>144</v>
+      </c>
+      <c r="M16" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="N16" t="s">
         <v>47</v>
       </c>
       <c r="O16" t="s">
+        <v>146</v>
+      </c>
+      <c r="P16" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
+        <v>148</v>
+      </c>
+      <c r="B17" t="s">
         <v>149</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>150</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
         <v>34</v>
       </c>
       <c r="G17" t="s">
         <v>35</v>
       </c>
       <c r="H17">
         <v>2014</v>
       </c>
       <c r="I17"/>
       <c r="J17" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17"/>
       <c r="M17" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="N17" t="s">
         <v>47</v>
       </c>
       <c r="O17" t="s">
+        <v>154</v>
+      </c>
+      <c r="P17" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
+        <v>156</v>
+      </c>
+      <c r="B18" t="s">
         <v>157</v>
       </c>
-      <c r="B18" t="s">
+      <c r="C18" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="D18" t="s">
         <v>33</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>80</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
       <c r="H18">
         <v>2007</v>
       </c>
       <c r="I18">
         <v>2018</v>
       </c>
       <c r="J18" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
+        <v>160</v>
+      </c>
+      <c r="M18" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="N18" t="s">
         <v>47</v>
       </c>
       <c r="O18" t="s">
+        <v>162</v>
+      </c>
+      <c r="P18" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
+        <v>164</v>
+      </c>
+      <c r="B19" t="s">
         <v>165</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>166</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E19" t="s">
         <v>20</v>
       </c>
       <c r="F19" t="s">
         <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>35</v>
       </c>
       <c r="H19">
         <v>2016</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
         <v>81</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19"/>
       <c r="M19" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="N19" t="s">
         <v>47</v>
       </c>
       <c r="O19" t="s">
+        <v>169</v>
+      </c>
+      <c r="P19" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
+        <v>171</v>
+      </c>
+      <c r="B20" t="s">
         <v>172</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
+        <v>166</v>
+      </c>
+      <c r="D20" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E20" t="s">
         <v>20</v>
       </c>
       <c r="F20" t="s">
         <v>34</v>
       </c>
       <c r="G20" t="s">
         <v>35</v>
       </c>
       <c r="H20">
         <v>2017</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
         <v>81</v>
       </c>
       <c r="K20" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="L20"/>
       <c r="M20" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="N20" t="s">
         <v>27</v>
       </c>
       <c r="O20" t="s">
+        <v>174</v>
+      </c>
+      <c r="P20" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
+        <v>176</v>
+      </c>
+      <c r="B21" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>33</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
         <v>35</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
         <v>36</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21"/>
       <c r="N21" t="s">
         <v>47</v>
       </c>
       <c r="O21" t="s">
+        <v>178</v>
+      </c>
+      <c r="P21" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
+        <v>180</v>
+      </c>
+      <c r="B22" t="s">
         <v>181</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>182</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E22" t="s">
         <v>20</v>
       </c>
       <c r="F22" t="s">
         <v>80</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
       <c r="I22">
         <v>2014</v>
       </c>
       <c r="J22" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
+        <v>185</v>
+      </c>
+      <c r="M22" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="N22" t="s">
         <v>47</v>
       </c>
       <c r="O22" t="s">
+        <v>187</v>
+      </c>
+      <c r="P22" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
+        <v>189</v>
+      </c>
+      <c r="B23" t="s">
         <v>190</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>191</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E23" t="s">
         <v>54</v>
       </c>
       <c r="F23" t="s">
         <v>34</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23">
         <v>2016</v>
       </c>
       <c r="J23" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
+        <v>193</v>
+      </c>
+      <c r="L23" t="s">
         <v>194</v>
       </c>
-      <c r="L23" t="s">
+      <c r="M23" t="s">
         <v>195</v>
       </c>
-      <c r="M23" t="s">
+      <c r="N23" t="s">
         <v>196</v>
       </c>
-      <c r="N23" t="s">
+      <c r="O23" t="s">
         <v>197</v>
       </c>
-      <c r="O23" t="s">
+      <c r="P23" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">