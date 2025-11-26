--- v0 (2025-10-12)
+++ v1 (2025-11-26)
@@ -12,380 +12,477 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>Algeria Order of 25 Safar 1430 corresponding to 21 February 2009 on the energy labeling of household air-conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use with a cooling capacity less than 12kW. Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Agence Nationale pour la Promotion et la Rationalisation de l'Utilisation de l'…</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/algeria-order-25-safar-1430-corresponding-21-february-2009-energy-labeling-household-air</t>
   </si>
   <si>
+    <t>https://www.energy.gov.dz/Media/galerie/-arrete_du_21_fevrier_2009_relatif_a_l'etiquetage_energetique_des_climatiseurs_a_usage_domestique_5b69515a43778.pdf</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 626/2011 of 4 May 2011 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of air conditioners</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating, if the product has no cooling function.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-201030eu</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02011R0626-20170307</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-delegated-regulation-eu-no-6262011-4-may-2011-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2011/626/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W.</t>
+  </si>
+  <si>
     <t>Portable Fans, Room ACs - Stationary ACs, Portable ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/206/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 206/2012 of 6 March 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for air conditioners and comfort fans </t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of ≤ 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input ≤ 125W. 
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-2062012-6-march-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0206-20170109</t>
+  </si>
+  <si>
     <t>ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources. ECOWAS countries include Benin, Burkina Faso, Cabo Verde, Côte d'Ivoire, the Gambia, Ghana, Guinea, Guinea Bissau, Liberia, Mali, Niger, Nigeria, Senegal, Sierra Leone, and Togo.</t>
+  </si>
+  <si>
     <t>ECOWAS</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Central ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>ISO 5151, ISO 13253, ISO 15042, ISO 16358-1:2013, IEC 60335-2-40:2013</t>
   </si>
   <si>
     <t>ECOWAS Commission</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning-products</t>
   </si>
   <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>FDNIS ECOSTAND 071-2:2017EE: Minimum Energy Performance Standards Part 2: Air conditioning products</t>
   </si>
   <si>
+    <t>This standard covers requirements for domestic and commercial air conditioning products such as: (1) portable AC; (2) unitary AC; (3) split AC, and (4) centralised AC system, which are single or double ducts, mobile or others; manufactured, assembled, imported or sold in any of the ECOWAS countries. Descriptions and illustrations of these products are available in Appendix 1. This standard covers equipment up to 20kW. It covers appliances designed to be plugged on the electric grid, it excludes appliances not powered by alternate current that use non-electric energys ources.</t>
+  </si>
+  <si>
     <t>Nigeria</t>
   </si>
   <si>
     <t>Standards Organisation of Nigeria (SON)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/fdnis-ecostand-071-22017ee-minimum-energy-performance-standards-part-2-air-conditioning</t>
   </si>
   <si>
+    <t>http://son.gov.ng/son-introduces-national-energy-efficiency-label-for-air-conditioners-electrical-appliances-and-equipment</t>
+  </si>
+  <si>
     <t>JS 2107:2013 Technical Regulation on eco-design requirements for air conditioners and comfort fans</t>
   </si>
   <si>
+    <t>This policy establishes ecodesign requirements for the placing on the market of electric mains-operated air conditioners with a rated capacity of 12 kW for cooling, or heating if the product has no cooling function, and comfort fans with an electric fan power input of 125W.</t>
+  </si>
+  <si>
     <t>Jordan</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>JS 2107</t>
   </si>
   <si>
     <t>National Energy Research Centre (NERC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/js-21072013-technical-regulation-eco-design-requirements-air-conditioners-and-comfort-fans</t>
   </si>
   <si>
     <t>MELS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy defines the minimum energy labeling scheme for single-phase portable air-conditioners:</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Portable ACs</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
+  </si>
+  <si>
     <t>MEPS for air conditioners</t>
   </si>
   <si>
+    <t>Air conditioners for domestic use , with a cooling capacity less than 12kW.   Air-to-water and water-water appliances are excluded</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-air-conditioners-0</t>
   </si>
   <si>
+    <t>http://www.rcreee.org/sites/default/files/algeria_ee_fact_sheet_print.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Portable Air-Conditioners (2024)</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standard for portable air conditioners.
+Single-phase portable air-conditioners having a single exhaust duct (up to 12 kW) should have Coefficient of Performance (COP) 100% equal or greater than 3.0.
+Cooling capacity refers to the measured total cooling capacity in accordance with the applicable test standards. 
+1 Weighted COP = 0.4 x COP100% + 0.6 x COP50%
+ N is the number of indoor and outdoor units
+ Standby power is expressed in Watts</t>
+  </si>
+  <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/policies/meps-portable-air-conditioners-2024</t>
   </si>
   <si>
+    <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
+  </si>
+  <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,763 +746,858 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N16"/>
+  <dimension ref="A1:P16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="897.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="82.408" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="183.955" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>1994</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2023</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2010</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>43</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>50</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7">
+        <v>2012</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>45</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>64</v>
+      </c>
+      <c r="D8" t="s">
+        <v>65</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>66</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8">
+        <v>2017</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>36</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8"/>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>66</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2016</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>74</v>
+      </c>
+      <c r="K9" t="s">
+        <v>75</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>76</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>35</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L10" t="s">
+        <v>67</v>
+      </c>
+      <c r="M10" t="s">
+        <v>82</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...18 lines deleted...]
-      <c r="G3">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2013</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" t="s">
+        <v>95</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>34</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
+        <v>2024</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>96</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>97</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>100</v>
+      </c>
+      <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13">
         <v>2010</v>
       </c>
-      <c r="H3"/>
-[...3 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>37</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...6 lines deleted...]
-      <c r="N3" t="s">
+      <c r="G14" t="s">
+        <v>106</v>
+      </c>
+      <c r="H14">
+        <v>2024</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>96</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>107</v>
+      </c>
+      <c r="P14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>109</v>
+      </c>
+      <c r="B15" t="s">
+        <v>110</v>
+      </c>
+      <c r="C15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15">
+        <v>2019</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>113</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>114</v>
+      </c>
+      <c r="N15" t="s">
+        <v>115</v>
+      </c>
+      <c r="O15" t="s">
+        <v>116</v>
+      </c>
+      <c r="P15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>118</v>
+      </c>
+      <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>120</v>
+      </c>
+      <c r="D16" t="s">
+        <v>44</v>
+      </c>
+      <c r="E16" t="s">
+        <v>121</v>
+      </c>
+      <c r="F16" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="G16" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...18 lines deleted...]
-      <c r="I4" t="s">
+      <c r="H16">
+        <v>2006</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>122</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>123</v>
+      </c>
+      <c r="M16" t="s">
+        <v>124</v>
+      </c>
+      <c r="N16" t="s">
         <v>38</v>
       </c>
-      <c r="J4" t="s">
-[...498 lines deleted...]
-        <v>96</v>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>