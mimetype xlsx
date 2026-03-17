--- v1 (2025-11-26)
+++ v2 (2026-03-17)
@@ -1310,54 +1310,54 @@
       </c>
       <c r="P11"/>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
         <v>92</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>94</v>
       </c>
       <c r="D12" t="s">
         <v>95</v>
       </c>
       <c r="E12" t="s">
         <v>20</v>
       </c>
       <c r="F12" t="s">
         <v>34</v>
       </c>
       <c r="G12" t="s">
         <v>35</v>
       </c>
-      <c r="H12">
+      <c r="H12"/>
+      <c r="I12">
         <v>2024</v>
       </c>
-      <c r="I12"/>
       <c r="J12" t="s">
         <v>96</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
         <v>97</v>
       </c>
       <c r="N12" t="s">
         <v>38</v>
       </c>
       <c r="O12" t="s">
         <v>98</v>
       </c>
       <c r="P12" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
         <v>100</v>
       </c>
       <c r="B13" t="s">