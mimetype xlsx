--- v0 (2025-11-28)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -645,67 +645,67 @@
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Nigerian MEPS and Energy Label Guide</t>
   </si>
   <si>
     <t>The Nigerian Energy Label Guide label for ACs is a comparative label that helps consumers to know the level of efficiency of Acs in the market</t>
   </si>
   <si>
     <t>October 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nigerian-meps-and-energy-label-guide-0</t>
   </si>
   <si>
     <t>NOM-011-ENER-2025, Energy Efficiency in Central, Packaged, and Split Air Conditioners</t>
   </si>
   <si>
     <t>This standard establishes the minimum Seasonal Energy Efficiency Ratio (SEER) level that applies to central, package, or split-type air conditioners with a duct system, operated with electrical energy, in nominal cooling capacities from 5,275 W to 19,050 W that operate by mechanical compression and include an air-cooled evaporator coil, an air-cooled condenser coil, and that include a single-speed compressor ( fixed capacity) or an inverter compressor (variable frequency or refrigerant flow) or a compressor that uses two stages (stage capacity), with or without a reversible cycle.</t>
   </si>
   <si>
     <t>Mexico</t>
   </si>
@@ -862,50 +862,53 @@
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sro-604i2019-import-policy-solar-equipment</t>
   </si>
   <si>
     <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/normasOficiales/2464/SENER_2_22062007/SENER_2_22062007.htm</t>
   </si>
   <si>
     <t>Tuvalu Energy Efficiency Act of 2016</t>
   </si>
   <si>
     <t>This Act covers Single and three-phase non-ducted air conditioners of the vapour compression type up to 65kW cooling capacity. Freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source. Refrigerator-freezers intended for household similar use which operate using the vapour compression cycle and use mains electricity, 230|240 Volts at 50Hz, as the primary power source.Ferromagnetic and electronic ballasts for use with linear fluorescent lamps from 15W to 70W, rated for 50Hz and 230|240|250V supply, or a range that includes these values, Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Incandescent lamps, both tungsten filament and tunsten halogen, that are used for general lighting service; covers both non-reflector and reflector lamps of all voltages. Self-ballasted CFLs of any voltage or wattage and with any type of lamp cap, intended for general lighting purposes, whether supplied as an individual lamp or as part of a luminaire. Double-capped, FD and FDH; tubular fluorescent lamps of 16W or more, with a nominal length of 550mm to 1500mm, that are within the scope of AS|NZS 4782.1.</t>
   </si>
   <si>
     <t>Tuvalu</t>
   </si>
   <si>
     <t>Tuvalu Ministry of Works, Water and Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tuvalu-energy-efficiency-act-2016</t>
   </si>
@@ -3132,174 +3135,174 @@
       </c>
       <c r="P38" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>277</v>
       </c>
       <c r="B39" t="s">
         <v>278</v>
       </c>
       <c r="C39" t="s">
         <v>221</v>
       </c>
       <c r="D39" t="s">
         <v>279</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>92</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>280</v>
       </c>
       <c r="H39">
         <v>2002</v>
       </c>
       <c r="I39">
         <v>2007</v>
       </c>
       <c r="J39" t="s">
         <v>198</v>
       </c>
       <c r="K39" t="s">
         <v>34</v>
       </c>
       <c r="L39" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M39" t="s">
         <v>224</v>
       </c>
       <c r="N39" t="s">
         <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="P39" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B40" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C40" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D40" t="s">
         <v>91</v>
       </c>
       <c r="E40" t="s">
         <v>42</v>
       </c>
       <c r="F40" t="s">
         <v>92</v>
       </c>
       <c r="G40" t="s">
         <v>54</v>
       </c>
       <c r="H40">
         <v>2016</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
         <v>144</v>
       </c>
       <c r="K40" t="s">
         <v>34</v>
       </c>
       <c r="L40" t="s">
         <v>93</v>
       </c>
       <c r="M40" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N40" t="s">
         <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P40" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B41" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C41" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D41" t="s">
         <v>53</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>92</v>
       </c>
       <c r="G41" t="s">
         <v>54</v>
       </c>
       <c r="H41">
         <v>2014</v>
       </c>
       <c r="I41">
         <v>2019</v>
       </c>
       <c r="J41" t="s">
         <v>62</v>
       </c>
       <c r="K41" t="s">
         <v>34</v>
       </c>
       <c r="L41"/>
       <c r="M41" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P41" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">