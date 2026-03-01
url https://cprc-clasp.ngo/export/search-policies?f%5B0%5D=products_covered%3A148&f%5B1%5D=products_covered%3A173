--- v0 (2025-11-27)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="629">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1627,50 +1627,53 @@
     <t>https://cprc-clasp.ngo/policies/sls-1200-energy-efficiency-rating-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1711&amp;lang=en</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -6402,968 +6405,968 @@
       </c>
       <c r="P84" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="85" spans="1:16">
       <c r="A85" t="s">
         <v>527</v>
       </c>
       <c r="B85" t="s">
         <v>528</v>
       </c>
       <c r="C85" t="s">
         <v>391</v>
       </c>
       <c r="D85" t="s">
         <v>65</v>
       </c>
       <c r="E85" t="s">
         <v>20</v>
       </c>
       <c r="F85" t="s">
         <v>78</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>529</v>
       </c>
       <c r="H85">
         <v>1994</v>
       </c>
       <c r="I85">
         <v>2014</v>
       </c>
       <c r="J85" t="s">
         <v>308</v>
       </c>
       <c r="K85" t="s">
         <v>35</v>
       </c>
       <c r="L85" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M85" t="s">
         <v>393</v>
       </c>
       <c r="N85" t="s">
         <v>27</v>
       </c>
       <c r="O85" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="P85" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="86" spans="1:16">
       <c r="A86" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B86" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C86" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D86" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E86" t="s">
         <v>20</v>
       </c>
       <c r="F86" t="s">
         <v>21</v>
       </c>
       <c r="G86" t="s">
         <v>45</v>
       </c>
       <c r="H86">
         <v>2016</v>
       </c>
       <c r="I86"/>
       <c r="J86" t="s">
         <v>152</v>
       </c>
       <c r="K86" t="s">
         <v>35</v>
       </c>
       <c r="L86"/>
       <c r="M86" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N86" t="s">
         <v>27</v>
       </c>
       <c r="O86" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="P86" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="87" spans="1:16">
       <c r="A87" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B87" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C87" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D87" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="E87" t="s">
         <v>20</v>
       </c>
       <c r="F87" t="s">
         <v>44</v>
       </c>
       <c r="G87" t="s">
         <v>45</v>
       </c>
       <c r="H87">
         <v>2017</v>
       </c>
       <c r="I87"/>
       <c r="J87" t="s">
         <v>152</v>
       </c>
       <c r="K87" t="s">
         <v>24</v>
       </c>
       <c r="L87"/>
       <c r="M87" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="N87" t="s">
         <v>91</v>
       </c>
       <c r="O87" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="P87" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="88" spans="1:16">
       <c r="A88" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B88" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C88" t="s">
         <v>140</v>
       </c>
       <c r="D88" t="s">
         <v>33</v>
       </c>
       <c r="E88" t="s">
         <v>20</v>
       </c>
       <c r="F88" t="s">
         <v>21</v>
       </c>
       <c r="G88" t="s">
         <v>22</v>
       </c>
       <c r="H88">
         <v>2008</v>
       </c>
       <c r="I88">
         <v>2015</v>
       </c>
       <c r="J88" t="s">
         <v>143</v>
       </c>
       <c r="K88" t="s">
         <v>35</v>
       </c>
       <c r="L88" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="M88" t="s">
         <v>144</v>
       </c>
       <c r="N88" t="s">
         <v>27</v>
       </c>
       <c r="O88" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="P88" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="89" spans="1:16">
       <c r="A89" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B89" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C89" t="s">
         <v>140</v>
       </c>
       <c r="D89" t="s">
         <v>33</v>
       </c>
       <c r="E89" t="s">
         <v>20</v>
       </c>
       <c r="F89" t="s">
         <v>21</v>
       </c>
       <c r="G89" t="s">
         <v>22</v>
       </c>
       <c r="H89">
         <v>2009</v>
       </c>
       <c r="I89">
         <v>2013</v>
       </c>
       <c r="J89" t="s">
         <v>143</v>
       </c>
       <c r="K89" t="s">
         <v>35</v>
       </c>
       <c r="L89" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="M89" t="s">
         <v>144</v>
       </c>
       <c r="N89" t="s">
         <v>27</v>
       </c>
       <c r="O89" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="P89" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="90" spans="1:16">
       <c r="A90" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B90" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C90" t="s">
         <v>455</v>
       </c>
       <c r="D90" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E90" t="s">
         <v>20</v>
       </c>
       <c r="F90" t="s">
         <v>44</v>
       </c>
       <c r="G90" t="s">
         <v>22</v>
       </c>
       <c r="H90">
         <v>2009</v>
       </c>
       <c r="I90">
         <v>2016</v>
       </c>
       <c r="J90" t="s">
         <v>34</v>
       </c>
       <c r="K90" t="s">
         <v>24</v>
       </c>
       <c r="L90"/>
       <c r="M90" t="s">
         <v>457</v>
       </c>
       <c r="N90" t="s">
         <v>27</v>
       </c>
       <c r="O90" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="P90" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="91" spans="1:16">
       <c r="A91" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B91" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C91" t="s">
         <v>186</v>
       </c>
       <c r="D91" t="s">
         <v>65</v>
       </c>
       <c r="E91" t="s">
         <v>86</v>
       </c>
       <c r="F91" t="s">
         <v>87</v>
       </c>
       <c r="G91" t="s">
         <v>45</v>
       </c>
       <c r="H91">
         <v>2014</v>
       </c>
       <c r="I91"/>
       <c r="J91" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="K91" t="s">
         <v>35</v>
       </c>
       <c r="L91" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="M91" t="s">
         <v>280</v>
       </c>
       <c r="N91" t="s">
         <v>27</v>
       </c>
       <c r="O91" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="P91" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="92" spans="1:16">
       <c r="A92" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B92" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C92" t="s">
         <v>70</v>
       </c>
       <c r="D92" t="s">
         <v>53</v>
       </c>
       <c r="E92" t="s">
         <v>20</v>
       </c>
       <c r="F92" t="s">
         <v>44</v>
       </c>
       <c r="G92" t="s">
         <v>45</v>
       </c>
       <c r="H92">
         <v>2021</v>
       </c>
       <c r="I92"/>
       <c r="J92" t="s">
         <v>71</v>
       </c>
       <c r="K92" t="s">
         <v>35</v>
       </c>
       <c r="L92"/>
       <c r="M92"/>
       <c r="N92" t="s">
         <v>27</v>
       </c>
       <c r="O92" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="P92" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B93" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C93" t="s">
         <v>70</v>
       </c>
       <c r="D93" t="s">
         <v>53</v>
       </c>
       <c r="E93" t="s">
         <v>20</v>
       </c>
       <c r="F93" t="s">
         <v>21</v>
       </c>
       <c r="G93" t="s">
         <v>45</v>
       </c>
       <c r="H93">
         <v>2021</v>
       </c>
       <c r="I93"/>
       <c r="J93" t="s">
         <v>71</v>
       </c>
       <c r="K93" t="s">
         <v>35</v>
       </c>
       <c r="L93"/>
       <c r="M93"/>
       <c r="N93" t="s">
         <v>27</v>
       </c>
       <c r="O93" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="P93" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="94" spans="1:16">
       <c r="A94" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B94" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C94" t="s">
         <v>341</v>
       </c>
       <c r="D94" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E94" t="s">
         <v>20</v>
       </c>
       <c r="F94" t="s">
         <v>78</v>
       </c>
       <c r="G94" t="s">
         <v>45</v>
       </c>
       <c r="H94">
         <v>2016</v>
       </c>
       <c r="I94"/>
       <c r="J94" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K94" t="s">
         <v>35</v>
       </c>
       <c r="L94"/>
       <c r="M94" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="N94" t="s">
         <v>91</v>
       </c>
       <c r="O94" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="P94" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="95" spans="1:16">
       <c r="A95" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B95" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C95" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D95" t="s">
         <v>33</v>
       </c>
       <c r="E95" t="s">
         <v>86</v>
       </c>
       <c r="F95" t="s">
         <v>87</v>
       </c>
       <c r="G95" t="s">
         <v>22</v>
       </c>
       <c r="H95">
         <v>2004</v>
       </c>
       <c r="I95">
         <v>2020</v>
       </c>
       <c r="J95" t="s">
         <v>46</v>
       </c>
       <c r="K95" t="s">
         <v>35</v>
       </c>
       <c r="L95" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="M95" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="N95" t="s">
         <v>27</v>
       </c>
       <c r="O95" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="P95" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B96" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C96" t="s">
         <v>186</v>
       </c>
       <c r="D96" t="s">
         <v>33</v>
       </c>
       <c r="E96" t="s">
         <v>20</v>
       </c>
       <c r="F96" t="s">
         <v>21</v>
       </c>
       <c r="G96" t="s">
         <v>22</v>
       </c>
       <c r="H96">
         <v>1978</v>
       </c>
       <c r="I96">
         <v>2017</v>
       </c>
       <c r="J96" t="s">
         <v>187</v>
       </c>
       <c r="K96" t="s">
         <v>35</v>
       </c>
       <c r="L96"/>
       <c r="M96" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="N96" t="s">
         <v>27</v>
       </c>
       <c r="O96" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="P96" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="B97" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C97" t="s">
         <v>186</v>
       </c>
       <c r="D97" t="s">
         <v>369</v>
       </c>
       <c r="E97" t="s">
         <v>86</v>
       </c>
       <c r="F97" t="s">
         <v>21</v>
       </c>
       <c r="G97" t="s">
         <v>45</v>
       </c>
       <c r="H97">
         <v>2014</v>
       </c>
       <c r="I97"/>
       <c r="J97" t="s">
         <v>371</v>
       </c>
       <c r="K97" t="s">
         <v>35</v>
       </c>
       <c r="L97"/>
       <c r="M97" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="N97" t="s">
         <v>27</v>
       </c>
       <c r="O97" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="P97" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="98" spans="1:16">
       <c r="A98" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B98" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C98" t="s">
         <v>186</v>
       </c>
       <c r="D98" t="s">
         <v>369</v>
       </c>
       <c r="E98" t="s">
         <v>20</v>
       </c>
       <c r="F98" t="s">
         <v>21</v>
       </c>
       <c r="G98" t="s">
         <v>45</v>
       </c>
       <c r="H98">
         <v>2017</v>
       </c>
       <c r="I98"/>
       <c r="J98" t="s">
         <v>371</v>
       </c>
       <c r="K98" t="s">
         <v>35</v>
       </c>
       <c r="L98"/>
       <c r="M98" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="N98" t="s">
         <v>27</v>
       </c>
       <c r="O98" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="P98" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="99" spans="1:16">
       <c r="A99" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B99" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C99" t="s">
         <v>186</v>
       </c>
       <c r="D99" t="s">
         <v>386</v>
       </c>
       <c r="E99" t="s">
         <v>86</v>
       </c>
       <c r="F99" t="s">
         <v>21</v>
       </c>
       <c r="G99" t="s">
         <v>45</v>
       </c>
       <c r="H99">
         <v>2014</v>
       </c>
       <c r="I99"/>
       <c r="J99" t="s">
         <v>371</v>
       </c>
       <c r="K99" t="s">
         <v>35</v>
       </c>
       <c r="L99"/>
       <c r="M99" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="N99" t="s">
         <v>27</v>
       </c>
       <c r="O99" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="P99" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="100" spans="1:16">
       <c r="A100" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B100" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C100" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D100" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E100" t="s">
         <v>86</v>
       </c>
       <c r="F100" t="s">
         <v>21</v>
       </c>
       <c r="G100" t="s">
         <v>45</v>
       </c>
       <c r="H100">
         <v>2021</v>
       </c>
       <c r="I100"/>
       <c r="J100" t="s">
         <v>187</v>
       </c>
       <c r="K100" t="s">
         <v>35</v>
       </c>
       <c r="L100" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M100" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="N100" t="s">
         <v>27</v>
       </c>
       <c r="O100" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="P100"/>
     </row>
     <row r="101" spans="1:16">
       <c r="A101" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B101" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C101" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D101" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E101" t="s">
         <v>86</v>
       </c>
       <c r="F101" t="s">
         <v>21</v>
       </c>
       <c r="G101" t="s">
         <v>45</v>
       </c>
       <c r="H101">
         <v>2021</v>
       </c>
       <c r="I101"/>
       <c r="J101" t="s">
         <v>187</v>
       </c>
       <c r="K101" t="s">
         <v>35</v>
       </c>
       <c r="L101" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="M101" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="N101" t="s">
         <v>27</v>
       </c>
       <c r="O101" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="P101"/>
     </row>
     <row r="102" spans="1:16">
       <c r="A102" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B102" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C102" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="D102" t="s">
         <v>77</v>
       </c>
       <c r="E102" t="s">
         <v>86</v>
       </c>
       <c r="F102" t="s">
         <v>78</v>
       </c>
       <c r="G102" t="s">
         <v>45</v>
       </c>
       <c r="H102">
         <v>2016</v>
       </c>
       <c r="I102"/>
       <c r="J102" t="s">
         <v>196</v>
       </c>
       <c r="K102" t="s">
         <v>35</v>
       </c>
       <c r="L102" t="s">
         <v>79</v>
       </c>
       <c r="M102" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="N102" t="s">
         <v>27</v>
       </c>
       <c r="O102" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="P102" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="103" spans="1:16">
       <c r="A103" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B103" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C103" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D103" t="s">
         <v>65</v>
       </c>
       <c r="E103" t="s">
         <v>20</v>
       </c>
       <c r="F103" t="s">
         <v>78</v>
       </c>
       <c r="G103" t="s">
         <v>45</v>
       </c>
       <c r="H103">
         <v>2017</v>
       </c>
       <c r="I103"/>
       <c r="J103" t="s">
         <v>196</v>
       </c>
       <c r="K103" t="s">
         <v>35</v>
       </c>
       <c r="L103"/>
       <c r="M103" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="N103" t="s">
         <v>27</v>
       </c>
       <c r="O103" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="P103" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="104" spans="1:16">
       <c r="A104" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B104" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C104" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D104" t="s">
         <v>33</v>
       </c>
       <c r="E104" t="s">
         <v>20</v>
       </c>
       <c r="F104" t="s">
         <v>78</v>
       </c>
       <c r="G104" t="s">
         <v>45</v>
       </c>
       <c r="H104">
         <v>2011</v>
       </c>
       <c r="I104"/>
       <c r="J104" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="K104" t="s">
         <v>35</v>
       </c>
       <c r="L104"/>
       <c r="M104" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="N104" t="s">
         <v>27</v>
       </c>
       <c r="O104" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="P104" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">