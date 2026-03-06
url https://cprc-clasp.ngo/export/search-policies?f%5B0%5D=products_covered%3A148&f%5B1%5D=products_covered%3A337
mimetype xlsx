--- v0 (2025-11-27)
+++ v1 (2026-03-06)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="487">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -1023,67 +1023,67 @@
   <si>
     <t>National Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/mels-three-phase-vrf-air-conditioners</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/tick-rating</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
     <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
   </si>
   <si>
-    <t>MEPS for Three-Phase VRF Air-Conditioners</t>
+    <t>MEPS for Three-Phase VRF Air-Conditioners (2021)</t>
   </si>
   <si>
     <t>A base module/unit of a three-phase VRF air-conditioner (unit efficiency) of all cooling capacities must meet the following Minimum Integrated Energy Efficiency Ratio (IEER): ≥ 4.35.
 Integrated Energy Efficiency Ratio (IEER) = (0.020 x A) + (0.617 x B) + (0.238 x C) + (0.125 x D)
 where A = COP at full load cooling capacity tested under ISO 15042 T1 condition,
             B = COP at 75% part load cooling capacity tested under ISO 15042 T1 condition,
             C = COP at 50% part load cooling capacity tested under ISO 15042 T1 condition,
             D = COP at 25% part load cooling capacity tested under ISO 15042 T1 condition.</t>
   </si>
   <si>
     <t>ISO 15042:2017, Section 6.1: Cooling capacity test, climate class T1
 ,   
                     IEC 62301:2005 or IEC 62301:2011, Section 5.3.1 or 5.3.2 of IEC 62301:2005 or Section 5.3.2, 5.3.3 or 5.3.4 of IEC 62301:2011</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners</t>
+    <t>https://cprc-clasp.ngo/policies/meps-three-phase-vrf-air-conditioners-2021</t>
   </si>
   <si>
     <t>https://www.nea.gov.sg/our-services/climate-change-energy-efficiency/energy-efficiency/household-sector/about-mandatory-energy-labelling-and-minimum-energy-performance-standards</t>
   </si>
   <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
     <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
   </si>
   <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
@@ -1372,50 +1372,53 @@
     <t>https://cprc-clasp.ngo/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
     <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Standard NOM-011-ENER-2006 - Air Conditioners</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil. Standard NOM-011-ENER-2006 applies to central, package and split type air conditioners, powered by electricity, with nominal cooling capacities of 8,800W to 19,050W, which operate by mechanical compression and which include an air-cooling evaporator coil, a compressor and either an air- or water-cooled condensing coil.</t>
   </si>
   <si>
     <t>Packaged Terminals, Central ACs</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-050-SCFI-2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-011-ener-2006-air-conditioners</t>
   </si>
@@ -5168,364 +5171,364 @@
       </c>
       <c r="P68" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
         <v>447</v>
       </c>
       <c r="B69" t="s">
         <v>448</v>
       </c>
       <c r="C69" t="s">
         <v>354</v>
       </c>
       <c r="D69" t="s">
         <v>97</v>
       </c>
       <c r="E69" t="s">
         <v>20</v>
       </c>
       <c r="F69" t="s">
         <v>111</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>449</v>
       </c>
       <c r="H69">
         <v>1994</v>
       </c>
       <c r="I69">
         <v>2014</v>
       </c>
       <c r="J69" t="s">
         <v>299</v>
       </c>
       <c r="K69" t="s">
         <v>34</v>
       </c>
       <c r="L69" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="M69" t="s">
         <v>356</v>
       </c>
       <c r="N69" t="s">
         <v>27</v>
       </c>
       <c r="O69" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="P69" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B70" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C70" t="s">
         <v>354</v>
       </c>
       <c r="D70" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E70" t="s">
         <v>20</v>
       </c>
       <c r="F70" t="s">
         <v>111</v>
       </c>
       <c r="G70" t="s">
-        <v>22</v>
+        <v>449</v>
       </c>
       <c r="H70">
         <v>2002</v>
       </c>
       <c r="I70">
         <v>2007</v>
       </c>
       <c r="J70" t="s">
         <v>203</v>
       </c>
       <c r="K70" t="s">
         <v>34</v>
       </c>
       <c r="L70" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="M70" t="s">
         <v>356</v>
       </c>
       <c r="N70" t="s">
         <v>27</v>
       </c>
       <c r="O70" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="P70" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B71" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C71" t="s">
         <v>202</v>
       </c>
       <c r="D71" t="s">
         <v>97</v>
       </c>
       <c r="E71" t="s">
         <v>42</v>
       </c>
       <c r="F71" t="s">
         <v>89</v>
       </c>
       <c r="G71" t="s">
         <v>54</v>
       </c>
       <c r="H71">
         <v>2014</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="K71" t="s">
         <v>34</v>
       </c>
       <c r="L71" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="M71" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="N71" t="s">
         <v>27</v>
       </c>
       <c r="O71" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="P71" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B72" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C72" t="s">
         <v>202</v>
       </c>
       <c r="D72" t="s">
         <v>342</v>
       </c>
       <c r="E72" t="s">
         <v>42</v>
       </c>
       <c r="F72" t="s">
         <v>21</v>
       </c>
       <c r="G72" t="s">
         <v>54</v>
       </c>
       <c r="H72">
         <v>2014</v>
       </c>
       <c r="I72"/>
       <c r="J72" t="s">
         <v>344</v>
       </c>
       <c r="K72" t="s">
         <v>34</v>
       </c>
       <c r="L72"/>
       <c r="M72" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="N72" t="s">
         <v>27</v>
       </c>
       <c r="O72" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="P72" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B73" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="C73" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D73" t="s">
         <v>110</v>
       </c>
       <c r="E73" t="s">
         <v>42</v>
       </c>
       <c r="F73" t="s">
         <v>111</v>
       </c>
       <c r="G73" t="s">
         <v>54</v>
       </c>
       <c r="H73">
         <v>2016</v>
       </c>
       <c r="I73"/>
       <c r="J73" t="s">
         <v>212</v>
       </c>
       <c r="K73" t="s">
         <v>34</v>
       </c>
       <c r="L73" t="s">
         <v>112</v>
       </c>
       <c r="M73" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="N73" t="s">
         <v>27</v>
       </c>
       <c r="O73" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="P73" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B74" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C74" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D74" t="s">
         <v>61</v>
       </c>
       <c r="E74" t="s">
         <v>20</v>
       </c>
       <c r="F74" t="s">
         <v>111</v>
       </c>
       <c r="G74" t="s">
         <v>54</v>
       </c>
       <c r="H74">
         <v>2014</v>
       </c>
       <c r="I74">
         <v>2019</v>
       </c>
       <c r="J74" t="s">
         <v>69</v>
       </c>
       <c r="K74" t="s">
         <v>34</v>
       </c>
       <c r="L74"/>
       <c r="M74" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="N74" t="s">
         <v>27</v>
       </c>
       <c r="O74" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="P74" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B75" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C75" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D75" t="s">
         <v>97</v>
       </c>
       <c r="E75" t="s">
         <v>20</v>
       </c>
       <c r="F75" t="s">
         <v>111</v>
       </c>
       <c r="G75" t="s">
         <v>54</v>
       </c>
       <c r="H75">
         <v>2017</v>
       </c>
       <c r="I75"/>
       <c r="J75" t="s">
         <v>212</v>
       </c>
       <c r="K75" t="s">
         <v>34</v>
       </c>
       <c r="L75"/>
       <c r="M75" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="N75" t="s">
         <v>27</v>
       </c>
       <c r="O75" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="P75" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">