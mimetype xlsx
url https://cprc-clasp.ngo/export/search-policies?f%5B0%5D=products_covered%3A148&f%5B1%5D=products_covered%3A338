--- v0 (2025-11-30)
+++ v1 (2026-03-02)
@@ -564,72 +564,66 @@
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
   </si>
   <si>
     <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
   </si>
   <si>
     <t>This standard applies to tumble dryers and washer-dryer machines with a rated drying capacity greater than 1kg, designed for non-professional users in households and similar environments. Standard Specifications:
 - Drying Performance
 - Energy Consumption
 - Water Usage
 - Program Time
 - Drying Uniformity
 - Condensation Efficiency
 - Noise Level
 - Off/Standby Power
 - Fluffiness Performance
 - Wrinkle Removal Performance
 - Washing Performance for Washer-Dryer Combo Machines
 - Washing-Drying Performance
 - Grading for Indicators: Energy Consumption, Water Usage, Noise, and Other Relevant Factors</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
-[...1 lines deleted...]
-  <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Quality Standard</t>
   </si>
   <si>
-    <t>New</t>
-[...1 lines deleted...]
-  <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>SAMR, SAC</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt-23118-2024-household-and-similar-tumble-dryer-and-washer-dryer</t>
   </si>
   <si>
-    <t>https://www.codeofchina.com/standard/GBT23118-2024.html</t>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=234D7936AA97E194E06397BE0A0AA0A9</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
     <t>Pump: Centrifugal pump for feeding water into boilers</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
   </si>
   <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
     <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
 It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
   </si>
   <si>
     <t>Brazil</t>
@@ -875,50 +869,53 @@
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
     <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
   </si>
   <si>
     <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
 a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
 b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
 c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
@@ -1004,50 +1001,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Supreme Decree No. 004-2016-EM - Measures for the efficient use of energy</t>
   </si>
   <si>
     <t>This policy establishes the guidelines and / or technical specifications of the most efficient technologies for energy equipment for the following: lamps, ballasts for fluorescent lamps, refrigeration appliances, boilers, asynchronous three-phase electric motors or induction with squirrel cage rotor, washing machines, dryers of household drum, air conditioners, and water heaters.</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers, Washing Machines, Fluorescent and HID Lighting, 3-Phase Motors, Boilers and Furnaces, Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Ministry of Energy and Mines (MINEM)</t>
   </si>
@@ -2712,1057 +2712,1059 @@
       </c>
       <c r="L24" t="s">
         <v>173</v>
       </c>
       <c r="M24" t="s">
         <v>148</v>
       </c>
       <c r="N24" t="s">
         <v>26</v>
       </c>
       <c r="O24" t="s">
         <v>174</v>
       </c>
       <c r="P24" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
         <v>176</v>
       </c>
       <c r="B25" t="s">
         <v>177</v>
       </c>
       <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E25" t="s">
         <v>60</v>
       </c>
       <c r="F25" t="s">
+        <v>179</v>
+      </c>
+      <c r="G25" t="s">
+        <v>8</v>
+      </c>
+      <c r="H25">
+        <v>2008</v>
+      </c>
+      <c r="I25">
+        <v>2024</v>
+      </c>
+      <c r="J25" t="s">
         <v>180</v>
-      </c>
-[...8 lines deleted...]
-        <v>182</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
       <c r="L25"/>
       <c r="M25" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="N25" t="s">
         <v>35</v>
       </c>
       <c r="O25" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="P25" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B26" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="C26" t="s">
         <v>110</v>
       </c>
       <c r="D26" t="s">
         <v>50</v>
       </c>
       <c r="E26" t="s">
         <v>60</v>
       </c>
       <c r="F26" t="s">
         <v>61</v>
       </c>
       <c r="G26" t="s">
         <v>42</v>
       </c>
       <c r="H26">
         <v>1996</v>
       </c>
       <c r="I26">
         <v>2010</v>
       </c>
       <c r="J26" t="s">
         <v>112</v>
       </c>
       <c r="K26" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
         <v>114</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="P26" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
+        <v>189</v>
+      </c>
+      <c r="B27" t="s">
+        <v>190</v>
+      </c>
+      <c r="C27" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>193</v>
       </c>
       <c r="D27" t="s">
         <v>50</v>
       </c>
       <c r="E27" t="s">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>21</v>
       </c>
       <c r="G27" t="s">
         <v>42</v>
       </c>
       <c r="H27">
         <v>2010</v>
       </c>
       <c r="I27">
         <v>2021</v>
       </c>
       <c r="J27" t="s">
+        <v>192</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>193</v>
+      </c>
+      <c r="M27" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="P27" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
+        <v>197</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="D28" t="s">
         <v>50</v>
       </c>
       <c r="E28" t="s">
         <v>60</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
       <c r="H28">
         <v>2012</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="M28" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="P28" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
+        <v>204</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
       <c r="D29" t="s">
         <v>50</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>95</v>
       </c>
       <c r="G29" t="s">
         <v>42</v>
       </c>
       <c r="H29">
         <v>2002</v>
       </c>
       <c r="I29">
         <v>2002</v>
       </c>
       <c r="J29" t="s">
         <v>112</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="M29" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="N29" t="s">
         <v>65</v>
       </c>
       <c r="O29" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="P29" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>211</v>
+      </c>
+      <c r="B30" t="s">
+        <v>212</v>
+      </c>
+      <c r="C30" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="D30" t="s">
         <v>111</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>42</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
         <v>2014</v>
       </c>
       <c r="J30" t="s">
         <v>62</v>
       </c>
       <c r="K30" t="s">
         <v>34</v>
       </c>
       <c r="L30" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="M30" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="P30" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B31" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="C31" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D31" t="s">
         <v>111</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>41</v>
       </c>
       <c r="G31" t="s">
         <v>42</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2013</v>
       </c>
       <c r="J31" t="s">
         <v>62</v>
       </c>
       <c r="K31" t="s">
         <v>34</v>
       </c>
       <c r="L31" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="M31" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="P31" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="B32" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C32" t="s">
         <v>119</v>
       </c>
       <c r="D32" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E32" t="s">
         <v>60</v>
       </c>
       <c r="F32" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="P32" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
+        <v>231</v>
+      </c>
+      <c r="B33" t="s">
+        <v>232</v>
+      </c>
+      <c r="C33" t="s">
         <v>233</v>
       </c>
-      <c r="B33" t="s">
+      <c r="D33" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E33" t="s">
         <v>60</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>22</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
+        <v>235</v>
+      </c>
+      <c r="K33" t="s">
+        <v>236</v>
+      </c>
+      <c r="L33" t="s">
         <v>237</v>
       </c>
-      <c r="K33" t="s">
+      <c r="M33" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="P33" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
+        <v>241</v>
+      </c>
+      <c r="B34" t="s">
+        <v>242</v>
+      </c>
+      <c r="C34" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="D34" t="s">
         <v>50</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>41</v>
       </c>
       <c r="G34" t="s">
         <v>42</v>
       </c>
       <c r="H34">
         <v>2014</v>
       </c>
       <c r="I34">
         <v>2025</v>
       </c>
       <c r="J34" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="P34" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
+        <v>248</v>
+      </c>
+      <c r="B35" t="s">
+        <v>249</v>
+      </c>
+      <c r="C35" t="s">
+        <v>243</v>
+      </c>
+      <c r="D35" t="s">
         <v>250</v>
-      </c>
-[...7 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>41</v>
       </c>
       <c r="G35" t="s">
         <v>42</v>
       </c>
       <c r="H35">
         <v>2004</v>
       </c>
       <c r="I35">
         <v>2015</v>
       </c>
       <c r="J35" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="M35" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="P35" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B36" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C36" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D36" t="s">
         <v>50</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>41</v>
       </c>
       <c r="G36" t="s">
         <v>42</v>
       </c>
       <c r="H36">
         <v>1996</v>
       </c>
       <c r="I36">
         <v>2005</v>
       </c>
       <c r="J36" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="M36" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="P36" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B37" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="C37" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D37" t="s">
         <v>50</v>
       </c>
       <c r="E37" t="s">
         <v>60</v>
       </c>
       <c r="F37" t="s">
         <v>61</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="M37" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="P37" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>265</v>
+      </c>
+      <c r="B38" t="s">
+        <v>266</v>
+      </c>
+      <c r="C38" t="s">
         <v>267</v>
       </c>
-      <c r="B38" t="s">
+      <c r="D38" t="s">
         <v>268</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
         <v>95</v>
       </c>
       <c r="G38" t="s">
         <v>42</v>
       </c>
       <c r="H38">
         <v>2017</v>
       </c>
       <c r="I38">
         <v>2021</v>
       </c>
       <c r="J38" t="s">
+        <v>269</v>
+      </c>
+      <c r="K38" t="s">
+        <v>270</v>
+      </c>
+      <c r="L38" t="s">
         <v>271</v>
       </c>
-      <c r="K38" t="s">
+      <c r="M38" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="N38" t="s">
         <v>65</v>
       </c>
       <c r="O38" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="P38" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
+        <v>275</v>
+      </c>
+      <c r="B39" t="s">
+        <v>276</v>
+      </c>
+      <c r="C39" t="s">
         <v>277</v>
       </c>
-      <c r="B39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D39" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="G39" t="s">
-        <v>181</v>
+        <v>279</v>
       </c>
       <c r="H39">
         <v>2024</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
+        <v>280</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
         <v>281</v>
       </c>
-      <c r="K39" t="s">
-[...2 lines deleted...]
-      <c r="L39" t="s">
+      <c r="M39" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
+        <v>283</v>
+      </c>
+      <c r="P39" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
+        <v>285</v>
+      </c>
+      <c r="B40" t="s">
         <v>286</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>287</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E40" t="s">
         <v>60</v>
       </c>
       <c r="F40" t="s">
         <v>21</v>
       </c>
       <c r="G40" t="s">
         <v>22</v>
       </c>
       <c r="H40">
         <v>2014</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40"/>
       <c r="M40" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
+        <v>291</v>
+      </c>
+      <c r="P40" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
+        <v>293</v>
+      </c>
+      <c r="B41" t="s">
         <v>294</v>
       </c>
-      <c r="B41" t="s">
+      <c r="C41" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="D41" t="s">
         <v>32</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>95</v>
       </c>
       <c r="G41" t="s">
         <v>42</v>
       </c>
       <c r="H41">
         <v>2007</v>
       </c>
       <c r="I41">
         <v>2018</v>
       </c>
       <c r="J41" t="s">
+        <v>296</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
         <v>297</v>
       </c>
-      <c r="K41" t="s">
-[...2 lines deleted...]
-      <c r="L41" t="s">
+      <c r="M41" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
+        <v>299</v>
+      </c>
+      <c r="P41" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
+        <v>301</v>
+      </c>
+      <c r="B42" t="s">
         <v>302</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D42" t="s">
         <v>50</v>
       </c>
       <c r="E42" t="s">
         <v>60</v>
       </c>
       <c r="F42" t="s">
         <v>61</v>
       </c>
       <c r="G42" t="s">
         <v>42</v>
       </c>
       <c r="H42">
         <v>2002</v>
       </c>
       <c r="I42">
         <v>2012</v>
       </c>
       <c r="J42" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
+        <v>303</v>
+      </c>
+      <c r="M42" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
+        <v>305</v>
+      </c>
+      <c r="P42" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
+        <v>307</v>
+      </c>
+      <c r="B43" t="s">
         <v>308</v>
       </c>
-      <c r="B43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D43" t="s">
         <v>50</v>
       </c>
       <c r="E43" t="s">
         <v>60</v>
       </c>
       <c r="F43" t="s">
         <v>61</v>
       </c>
       <c r="G43" t="s">
         <v>42</v>
       </c>
       <c r="H43">
         <v>2004</v>
       </c>
       <c r="I43">
         <v>2012</v>
       </c>
       <c r="J43" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="M43" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
+        <v>310</v>
+      </c>
+      <c r="P43" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
+        <v>312</v>
+      </c>
+      <c r="B44" t="s">
         <v>313</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D44" t="s">
         <v>50</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>41</v>
       </c>
       <c r="G44" t="s">
         <v>42</v>
       </c>
       <c r="H44">
         <v>2000</v>
       </c>
       <c r="I44">
         <v>2014</v>
       </c>
       <c r="J44" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="M44" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
+        <v>315</v>
+      </c>
+      <c r="P44" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
+        <v>317</v>
+      </c>
+      <c r="B45" t="s">
         <v>318</v>
       </c>
-      <c r="B45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="D45" t="s">
         <v>50</v>
       </c>
       <c r="E45" t="s">
         <v>20</v>
       </c>
       <c r="F45" t="s">
         <v>95</v>
       </c>
       <c r="G45" t="s">
-        <v>42</v>
+        <v>319</v>
       </c>
       <c r="H45">
         <v>1994</v>
       </c>
       <c r="I45">
         <v>2014</v>
       </c>
       <c r="J45" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
         <v>320</v>
       </c>
       <c r="M45" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
         <v>321</v>
       </c>
       <c r="P45" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
         <v>323</v>
       </c>
       <c r="B46" t="s">
         <v>324</v>
       </c>
       <c r="C46" t="s">
         <v>325</v>
       </c>
       <c r="D46" t="s">
         <v>326</v>
       </c>
       <c r="E46" t="s">
@@ -3806,51 +3808,51 @@
         <v>331</v>
       </c>
       <c r="C47" t="s">
         <v>325</v>
       </c>
       <c r="D47" t="s">
         <v>332</v>
       </c>
       <c r="E47" t="s">
         <v>20</v>
       </c>
       <c r="F47" t="s">
         <v>21</v>
       </c>
       <c r="G47" t="s">
         <v>22</v>
       </c>
       <c r="H47">
         <v>2017</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
         <v>97</v>
       </c>
       <c r="K47" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="L47"/>
       <c r="M47" t="s">
         <v>327</v>
       </c>
       <c r="N47" t="s">
         <v>65</v>
       </c>
       <c r="O47" t="s">
         <v>333</v>
       </c>
       <c r="P47" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
         <v>335</v>
       </c>
       <c r="B48" t="s">
         <v>336</v>
       </c>
       <c r="C48" t="s">
         <v>119</v>
       </c>
@@ -3925,67 +3927,67 @@
         <v>24</v>
       </c>
       <c r="L49"/>
       <c r="M49"/>
       <c r="N49" t="s">
         <v>26</v>
       </c>
       <c r="O49" t="s">
         <v>344</v>
       </c>
       <c r="P49" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
         <v>346</v>
       </c>
       <c r="B50" t="s">
         <v>347</v>
       </c>
       <c r="C50" t="s">
         <v>119</v>
       </c>
       <c r="D50" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E50" t="s">
         <v>60</v>
       </c>
       <c r="F50" t="s">
         <v>41</v>
       </c>
       <c r="G50" t="s">
         <v>22</v>
       </c>
       <c r="H50">
         <v>2014</v>
       </c>
       <c r="I50"/>
       <c r="J50" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="K50" t="s">
         <v>24</v>
       </c>
       <c r="L50"/>
       <c r="M50" t="s">
         <v>348</v>
       </c>
       <c r="N50" t="s">
         <v>26</v>
       </c>
       <c r="O50" t="s">
         <v>349</v>
       </c>
       <c r="P50" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>351</v>
       </c>
       <c r="B51" t="s">
         <v>352</v>
       </c>
@@ -4035,101 +4037,101 @@
       <c r="B52" t="s">
         <v>358</v>
       </c>
       <c r="C52" t="s">
         <v>359</v>
       </c>
       <c r="D52" t="s">
         <v>360</v>
       </c>
       <c r="E52" t="s">
         <v>20</v>
       </c>
       <c r="F52" t="s">
         <v>95</v>
       </c>
       <c r="G52" t="s">
         <v>42</v>
       </c>
       <c r="H52">
         <v>2012</v>
       </c>
       <c r="I52">
         <v>2014</v>
       </c>
       <c r="J52" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K52" t="s">
         <v>24</v>
       </c>
       <c r="L52" t="s">
         <v>361</v>
       </c>
       <c r="M52" t="s">
         <v>362</v>
       </c>
       <c r="N52" t="s">
         <v>26</v>
       </c>
       <c r="O52" t="s">
         <v>363</v>
       </c>
       <c r="P52" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>365</v>
       </c>
       <c r="B53" t="s">
         <v>366</v>
       </c>
       <c r="C53" t="s">
         <v>367</v>
       </c>
       <c r="D53" t="s">
         <v>368</v>
       </c>
       <c r="E53" t="s">
         <v>60</v>
       </c>
       <c r="F53" t="s">
         <v>21</v>
       </c>
       <c r="G53" t="s">
         <v>42</v>
       </c>
       <c r="H53">
         <v>2015</v>
       </c>
       <c r="I53">
         <v>2016</v>
       </c>
       <c r="J53" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="K53" t="s">
         <v>369</v>
       </c>
       <c r="L53" t="s">
         <v>370</v>
       </c>
       <c r="M53" t="s">
         <v>371</v>
       </c>
       <c r="N53" t="s">
         <v>372</v>
       </c>
       <c r="O53" t="s">
         <v>373</v>
       </c>
       <c r="P53" t="s">
         <v>374</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">