--- v0 (2025-10-14)
+++ v1 (2026-01-20)
@@ -12,644 +12,873 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>CQC31-432212-2009. CQC Mark Certification - Centrifugal Corrosion Resisting Pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pump for fresh water; single stage double suction centrifugal pump for fresh water; and multiple stage centrifugal pump for fresh water</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>China Quality Certification Center (CQC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432212-2009-cqc-mark-certification-centrifugal-corrosion-resisting-pumps</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2019-11-20/492766.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432216-2011. Energy Conservation Certification Rules for Centrifual Corrosion Resisting Pump</t>
   </si>
   <si>
+    <t>Apply to centrifual corrosion resisting pump</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>CQC 3122-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432216-2011-energy-conservation-certification-rules-centrifual-corrosion-resisting</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2011-08-02/492994.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432217-2017 Energy Conservation Certification Rules for Submersible motor-pumps</t>
   </si>
   <si>
+    <t>Applies to  small size submersible motor-pumps; sewage submersible motor-pumps; well-use submersible motor-pumps</t>
+  </si>
+  <si>
     <t>GB32029-2015, GB32031-2015, GB32030-2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432217-2017-energy-conservation-certification-rules-submersible-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546484.shtml</t>
+  </si>
+  <si>
     <t>CQC31-432218-2017 Energy Conservation Certification Rules for Centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies to centrifugal pump for fresh water powered by 50Hz three-phase DC power under 690V or lower; which are three-phase DC motor drive typical load units; Applies to single stage single punction|single stage double punction|multi-stage centrifugal pump for fresh water with a rated power of 0.75kW-375kW</t>
+  </si>
+  <si>
     <t>JBT 11706.1-2013</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-432218-2017-energy-conservation-certification-rules-centrifugal-pump-fresh-water</t>
   </si>
   <si>
+    <t>http://www.cqc.com.cn/www/chinese/c/2017-06-15/546487.shtml</t>
+  </si>
+  <si>
     <t>CQC31-439801-2019. Energy Conservation Certification Rules for Low Ambient Temperature Air Source Heat Pump (Water Chilling) Packages</t>
   </si>
   <si>
+    <t>Applies to low ambient temperature air source heat pump -water chilling packages</t>
+  </si>
+  <si>
     <t>Heat Pumps, Pumps Other</t>
   </si>
   <si>
     <t>GB 37480-2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cqc31-439801-2019-energy-conservation-certification-rules-low-ambient-temperature-air</t>
   </si>
   <si>
+    <t>https://www.cqc.com.cn/www/chinese/c/2021-01-29/542277.shtml</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft water pumps policy</t>
   </si>
   <si>
+    <t>All types of water pumps over 2 horsepower</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-water-pumps-policy</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Label No5 for Water Pump</t>
   </si>
   <si>
+    <t>This program covers automatic electric water pumps - sprocket and normal blades types.</t>
+  </si>
+  <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>TIS 2618-2557</t>
   </si>
   <si>
     <t>Electricity Generating Authority Thailand (EGAT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-label-no5-water-pump</t>
   </si>
   <si>
+    <t>http://labelno5.egat.co.th/new58/wp-content/uploads/2019/shortforweb/pump.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32029-2015 Minimum allowable values of energy efficiency and energy efficiency grades for small-size submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to small-size submersible motor-pumps with rated power no larger than 22kW that are single- or three- phase and single- or multi- stage.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 25409</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32029-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80934D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32030-2015 Minimum allowable values of energy efficiency and energy efficiency grades for submersible pumps for deep well</t>
   </si>
   <si>
+    <t>This policy applies to submersible pumps for deep well - an integrated system of pump and submersible motors used in well, which is used to extract clean water.</t>
+  </si>
+  <si>
     <t>GB/T 2816; GB/T 2818; GB/T 2828.1; GB/T 2829; GB/T 12785-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32030-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80933D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>IRAM 62408 Voluntary Label for Electric Pumps</t>
   </si>
   <si>
+    <t>Voluntary energy efficiency label for household electric pumps.</t>
+  </si>
+  <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>IRAM 62408</t>
   </si>
   <si>
     <t>Secretaria de Energia (Secretary of Energy)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/iram-62408-voluntary-label-electric-pumps</t>
   </si>
   <si>
+    <t>https://www.argentina.gob.ar/economia/energia/eficiencia-energetica/etiquetado-en-eficiencia-energetica</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>Ministerial Regulations Prescribing High Efficiency Household Water Pump, B.E. 2564 (2021)</t>
   </si>
   <si>
+    <t>The ministerial regulation covers single-stage suction centrifugal pumps that are used to pump water with temperatures from 5 to 40 °C. Maximum working pressure 1 MPa, inlet diameter not more than 32 mm. Single-phase induction motors, the maximum voltage does not exceed 250 volts, frequency of 50 hertz. The power is not more than 746 watts. It excludes submersible pumps and special pumps.</t>
+  </si>
+  <si>
     <t>Pumps, Pumps Other</t>
   </si>
   <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>April 2022</t>
   </si>
   <si>
     <t>Department of Alternative Energy Development and Efficiency, Ministry of Energy…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/ministerial-regulations-prescribing-high-efficiency-household-water-pump-be-2564-2021</t>
   </si>
   <si>
+    <t>https://ratchakitcha2.soc.go.th/pdfdownload/?id=17063743</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Procel Seal - Centrifugal Pumps and Motor Pumps</t>
   </si>
   <si>
+    <t>This webpage contains endorsement label requirements for centrifugal pumps.</t>
+  </si>
+  <si>
     <t>NBR 626-2, NBR 5383-1, NBR 5383-2</t>
   </si>
   <si>
     <t>National Energy Efficiency Conservation Program (Procel)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/procel-seal-centrifugal-pumps-and-motor-pumps</t>
   </si>
   <si>
+    <t>http://www.procelinfo.com.br/main.asp?View=%7bB70B5A3C-19EF-499D-B7BC-D6FF3BABE5FA%7d</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4118 - Water Pumps</t>
   </si>
   <si>
+    <t>This specification is applicable to: clean water submersible motor pumps from 1HP to 200HP, vertical turbine pumps with external electric motor for pumping clean water from 5HP to 500HP, vertical turbine pumps with external or submersible electric motor for the extraction of deep well water from 7.5HP to 350HP</t>
+  </si>
+  <si>
     <t>NOM-001-ENER / NOM-006- ENER / NOM-010-ENER / ISO 3555 / ANSI/AWWAE101</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4118-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4118_01.pdf</t>
+  </si>
+  <si>
     <t>Sello FIDE No. 4128 - Domestic Centrifugal Water Pumps</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for centrifugal water pumps for residential use, from 0.187kW (1/4HP) to 0.746kW (1HP), with nominal voltage of 115 and 127V, operating at a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>NOM-004-ENER / NOM-014-ENER / NOM-003-SCFI / NOM-008-SCFI / NOM-J-098-ANCE</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>Thai Green Label Scheme - Water Pump TGL-94-14</t>
   </si>
   <si>
+    <t>These criteria shall apply to pumps for pumping liquids with a temperature not exceeding 90°C intended for use in residential and similar purposes with a rated voltage that does not exceed 250 V for single-phase pumps and 480 V for other pumps.</t>
+  </si>
+  <si>
     <t>March 2022</t>
   </si>
   <si>
     <t>TIS 1548 (or IEC 60335-2-41)</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-water-pump-tgl-94-14</t>
   </si>
   <si>
+    <t>http://www.tei.or.th/greenlabel/en/application.html</t>
+  </si>
+  <si>
     <t>TIS 2618-2557 (2014) Single suction centrifugal electric pumps: Energy efficiency requirements</t>
   </si>
   <si>
+    <t>This standard specifies energy efficiency requirements of single-suction centrifugal electric pumps (sprocket blades type) for household and similar purposes with a rated voltage of no more than 250 V for single-phase appliances and 480 V for three-phase appliances with 50Hz and three-phase induction motor.</t>
+  </si>
+  <si>
     <t>Thai Industrial Standards Institute (TISI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/tis-2618-2557-2014-single-suction-centrifugal-electric-pumps-energy-efficiency</t>
   </si>
   <si>
+    <t>http://www.ratchakitcha.soc.go.th/DATA/PDF/2557/E/079/6.PDF</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -913,1679 +1142,1904 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N37"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="503.591" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="88.407" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2004</v>
+      </c>
+      <c r="I5">
+        <v>2011</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>52</v>
+      </c>
+      <c r="O5" t="s">
+        <v>53</v>
+      </c>
+      <c r="P5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>47</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2011</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>47</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7">
+        <v>2004</v>
+      </c>
+      <c r="I7">
+        <v>2017</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>63</v>
+      </c>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>52</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>47</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>68</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>72</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9">
+        <v>2004</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>49</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>75</v>
+      </c>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>82</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>84</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>85</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>86</v>
+      </c>
+      <c r="P10" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>46</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G11" t="s">
+        <v>83</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>92</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>93</v>
+      </c>
+      <c r="P11" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>95</v>
+      </c>
+      <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>97</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>48</v>
+      </c>
+      <c r="H12">
+        <v>2016</v>
+      </c>
+      <c r="I12">
+        <v>2019</v>
+      </c>
+      <c r="J12" t="s">
+        <v>98</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>99</v>
+      </c>
+      <c r="M12" t="s">
+        <v>100</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>101</v>
+      </c>
+      <c r="P12" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>105</v>
+      </c>
+      <c r="D13" t="s">
+        <v>106</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>82</v>
+      </c>
+      <c r="G13" t="s">
+        <v>48</v>
+      </c>
+      <c r="H13">
+        <v>2016</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>84</v>
+      </c>
+      <c r="K13" t="s">
+        <v>107</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>109</v>
+      </c>
+      <c r="P13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D14" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>48</v>
+      </c>
+      <c r="H14">
+        <v>2005</v>
+      </c>
+      <c r="I14">
+        <v>2011</v>
+      </c>
+      <c r="J14" t="s">
+        <v>49</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>50</v>
+      </c>
+      <c r="M14" t="s">
+        <v>113</v>
+      </c>
+      <c r="N14" t="s">
+        <v>52</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>32</v>
+      </c>
+      <c r="E15" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>48</v>
+      </c>
+      <c r="H15">
+        <v>2005</v>
+      </c>
+      <c r="I15">
+        <v>2016</v>
+      </c>
+      <c r="J15" t="s">
+        <v>49</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>118</v>
+      </c>
+      <c r="M15" t="s">
+        <v>119</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>120</v>
+      </c>
+      <c r="P15" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>46</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>48</v>
+      </c>
+      <c r="H16">
+        <v>2005</v>
+      </c>
+      <c r="I16">
+        <v>2016</v>
+      </c>
+      <c r="J16" t="s">
+        <v>49</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>124</v>
+      </c>
+      <c r="M16" t="s">
+        <v>119</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>127</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>45</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17">
+        <v>2005</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>129</v>
+      </c>
+      <c r="M17" t="s">
+        <v>119</v>
+      </c>
+      <c r="N17" t="s">
+        <v>52</v>
+      </c>
+      <c r="O17" t="s">
+        <v>130</v>
+      </c>
+      <c r="P17" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>45</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" t="s">
+        <v>48</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2017</v>
+      </c>
+      <c r="J18" t="s">
+        <v>49</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>134</v>
+      </c>
+      <c r="M18" t="s">
+        <v>119</v>
+      </c>
+      <c r="N18" t="s">
+        <v>52</v>
+      </c>
+      <c r="O18" t="s">
+        <v>135</v>
+      </c>
+      <c r="P18" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>137</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...10 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>57</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>139</v>
+      </c>
+      <c r="M19" t="s">
+        <v>119</v>
+      </c>
+      <c r="N19" t="s">
+        <v>52</v>
+      </c>
+      <c r="O19" t="s">
+        <v>140</v>
+      </c>
+      <c r="P19" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>142</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>45</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2020</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>57</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>144</v>
+      </c>
+      <c r="M20" t="s">
+        <v>119</v>
+      </c>
+      <c r="N20" t="s">
         <v>26</v>
       </c>
-      <c r="C3" t="s">
-[...11 lines deleted...]
-      <c r="G3">
+      <c r="O20" t="s">
+        <v>145</v>
+      </c>
+      <c r="P20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" t="s">
+        <v>148</v>
+      </c>
+      <c r="C21" t="s">
+        <v>149</v>
+      </c>
+      <c r="D21" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" t="s">
+        <v>46</v>
+      </c>
+      <c r="F21" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" t="s">
+        <v>48</v>
+      </c>
+      <c r="H21">
+        <v>1996</v>
+      </c>
+      <c r="I21">
+        <v>2010</v>
+      </c>
+      <c r="J21" t="s">
+        <v>150</v>
+      </c>
+      <c r="K21" t="s">
+        <v>151</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>153</v>
+      </c>
+      <c r="P21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>155</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>157</v>
+      </c>
+      <c r="D22" t="s">
+        <v>32</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>48</v>
+      </c>
+      <c r="H22">
+        <v>2010</v>
+      </c>
+      <c r="I22">
+        <v>2021</v>
+      </c>
+      <c r="J22" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>159</v>
+      </c>
+      <c r="M22" t="s">
+        <v>160</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>161</v>
+      </c>
+      <c r="P22" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B23" t="s">
+        <v>164</v>
+      </c>
+      <c r="C23" t="s">
+        <v>165</v>
+      </c>
+      <c r="D23" t="s">
+        <v>32</v>
+      </c>
+      <c r="E23" t="s">
+        <v>46</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2012</v>
       </c>
-      <c r="H3"/>
-[...21 lines deleted...]
-      <c r="B4" t="s">
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M23" t="s">
+        <v>167</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>168</v>
+      </c>
+      <c r="P23" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>170</v>
+      </c>
+      <c r="B24" t="s">
+        <v>171</v>
+      </c>
+      <c r="C24" t="s">
+        <v>172</v>
+      </c>
+      <c r="D24" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
-[...112 lines deleted...]
-      <c r="N6" t="s">
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>82</v>
+      </c>
+      <c r="G24" t="s">
         <v>48</v>
-      </c>
-[...747 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
-      <c r="I24" t="s">
-        <v>109</v>
+      <c r="I24">
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>150</v>
       </c>
       <c r="K24" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>127</v>
+        <v>173</v>
       </c>
       <c r="M24" t="s">
-        <v>43</v>
+        <v>174</v>
       </c>
       <c r="N24" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>52</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>129</v>
+        <v>177</v>
       </c>
       <c r="B25" t="s">
-        <v>74</v>
+        <v>178</v>
       </c>
       <c r="C25" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="D25" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="E25" t="s">
-        <v>131</v>
+        <v>46</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>180</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>2021</v>
       </c>
-      <c r="H25"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I25"/>
       <c r="J25" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>182</v>
       </c>
       <c r="N25" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>183</v>
+      </c>
+      <c r="P25" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>135</v>
+        <v>185</v>
       </c>
       <c r="B26" t="s">
-        <v>136</v>
+        <v>186</v>
       </c>
       <c r="C26" t="s">
-        <v>27</v>
+        <v>187</v>
       </c>
       <c r="D26" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E26" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F26" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>33</v>
+      </c>
+      <c r="G26" t="s">
+        <v>48</v>
+      </c>
+      <c r="H26">
         <v>2014</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2025</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
       <c r="M26" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="N26" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>190</v>
+      </c>
+      <c r="P26" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>140</v>
+        <v>192</v>
       </c>
       <c r="B27" t="s">
-        <v>136</v>
+        <v>193</v>
       </c>
       <c r="C27" t="s">
-        <v>141</v>
+        <v>187</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>194</v>
       </c>
       <c r="E27" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F27" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>33</v>
+      </c>
+      <c r="G27" t="s">
+        <v>48</v>
+      </c>
+      <c r="H27">
         <v>2004</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2015</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
+        <v>188</v>
       </c>
       <c r="K27" t="s">
-        <v>142</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>138</v>
+        <v>195</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="N27" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>196</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>144</v>
+        <v>198</v>
       </c>
       <c r="B28" t="s">
-        <v>136</v>
+        <v>199</v>
       </c>
       <c r="C28" t="s">
-        <v>27</v>
+        <v>187</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E28" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F28" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G28">
+        <v>33</v>
+      </c>
+      <c r="G28" t="s">
+        <v>48</v>
+      </c>
+      <c r="H28">
         <v>1996</v>
       </c>
-      <c r="H28">
+      <c r="I28">
         <v>2005</v>
       </c>
-      <c r="I28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>200</v>
       </c>
       <c r="K28" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>138</v>
+        <v>198</v>
       </c>
       <c r="M28" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="N28" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>201</v>
+      </c>
+      <c r="P28" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>147</v>
+        <v>203</v>
       </c>
       <c r="B29" t="s">
-        <v>114</v>
+        <v>204</v>
       </c>
       <c r="C29" t="s">
-        <v>27</v>
+        <v>157</v>
       </c>
       <c r="D29" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E29" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G29">
+        <v>47</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
         <v>2011</v>
       </c>
-      <c r="H29"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="K29" t="s">
-        <v>148</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>149</v>
+        <v>205</v>
       </c>
       <c r="M29" t="s">
-        <v>23</v>
+        <v>206</v>
       </c>
       <c r="N29" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>207</v>
+      </c>
+      <c r="P29" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>151</v>
+        <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="C30" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="D30" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="E30" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F30" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G30">
+        <v>82</v>
+      </c>
+      <c r="G30" t="s">
+        <v>48</v>
+      </c>
+      <c r="H30">
         <v>2017</v>
       </c>
-      <c r="H30">
+      <c r="I30">
         <v>2021</v>
       </c>
-      <c r="I30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>155</v>
+        <v>213</v>
       </c>
       <c r="K30" t="s">
-        <v>156</v>
+        <v>214</v>
       </c>
       <c r="L30" t="s">
-        <v>157</v>
+        <v>215</v>
       </c>
       <c r="M30" t="s">
-        <v>43</v>
+        <v>216</v>
       </c>
       <c r="N30" t="s">
+        <v>52</v>
+      </c>
+      <c r="O30" t="s">
+        <v>217</v>
+      </c>
+      <c r="P30" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>219</v>
+      </c>
+      <c r="B31" t="s">
+        <v>220</v>
+      </c>
+      <c r="C31" t="s">
+        <v>187</v>
+      </c>
+      <c r="D31" t="s">
+        <v>32</v>
+      </c>
+      <c r="E31" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" t="s">
+        <v>47</v>
+      </c>
+      <c r="G31" t="s">
+        <v>48</v>
+      </c>
+      <c r="H31">
+        <v>2002</v>
+      </c>
+      <c r="I31">
+        <v>2012</v>
+      </c>
+      <c r="J31" t="s">
         <v>158</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H31">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>221</v>
+      </c>
+      <c r="M31" t="s">
+        <v>222</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>223</v>
+      </c>
+      <c r="P31" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>225</v>
+      </c>
+      <c r="B32" t="s">
+        <v>226</v>
+      </c>
+      <c r="C32" t="s">
+        <v>187</v>
+      </c>
+      <c r="D32" t="s">
+        <v>32</v>
+      </c>
+      <c r="E32" t="s">
+        <v>46</v>
+      </c>
+      <c r="F32" t="s">
+        <v>47</v>
+      </c>
+      <c r="G32" t="s">
+        <v>48</v>
+      </c>
+      <c r="H32">
+        <v>2004</v>
+      </c>
+      <c r="I32">
         <v>2012</v>
       </c>
-      <c r="I31" t="s">
-[...45 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="K32" t="s">
-        <v>164</v>
+        <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>161</v>
+        <v>227</v>
       </c>
       <c r="M32" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
       <c r="N32" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>228</v>
+      </c>
+      <c r="P32" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>166</v>
+        <v>230</v>
       </c>
       <c r="B33" t="s">
-        <v>136</v>
+        <v>231</v>
       </c>
       <c r="C33" t="s">
-        <v>27</v>
+        <v>187</v>
       </c>
       <c r="D33" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E33" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F33" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G33">
+        <v>33</v>
+      </c>
+      <c r="G33" t="s">
+        <v>48</v>
+      </c>
+      <c r="H33">
         <v>2000</v>
       </c>
-      <c r="H33">
+      <c r="I33">
         <v>2014</v>
       </c>
-      <c r="I33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="K33" t="s">
-        <v>167</v>
+        <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>138</v>
+        <v>232</v>
       </c>
       <c r="M33" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="N33" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>233</v>
+      </c>
+      <c r="P33" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>169</v>
+        <v>235</v>
       </c>
       <c r="B34" t="s">
-        <v>136</v>
+        <v>236</v>
       </c>
       <c r="C34" t="s">
-        <v>27</v>
+        <v>187</v>
       </c>
       <c r="D34" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E34" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F34" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="G34">
+        <v>82</v>
+      </c>
+      <c r="G34" t="s">
+        <v>237</v>
+      </c>
+      <c r="H34">
         <v>1994</v>
       </c>
-      <c r="H34">
+      <c r="I34">
         <v>2014</v>
       </c>
-      <c r="I34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J34" t="s">
-        <v>21</v>
+        <v>158</v>
       </c>
       <c r="K34" t="s">
-        <v>170</v>
+        <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>138</v>
+        <v>238</v>
       </c>
       <c r="M34" t="s">
-        <v>23</v>
+        <v>189</v>
       </c>
       <c r="N34" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>239</v>
+      </c>
+      <c r="P34" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>172</v>
+        <v>241</v>
       </c>
       <c r="B35" t="s">
-        <v>74</v>
+        <v>242</v>
       </c>
       <c r="C35" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="D35" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E35" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="F35" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G35">
+        <v>47</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
         <v>2014</v>
       </c>
-      <c r="H35"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>21</v>
+        <v>243</v>
       </c>
       <c r="K35" t="s">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>175</v>
+        <v>244</v>
       </c>
       <c r="M35" t="s">
-        <v>23</v>
+        <v>245</v>
       </c>
       <c r="N35" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>246</v>
+      </c>
+      <c r="P35" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>177</v>
+        <v>248</v>
       </c>
       <c r="B36" t="s">
-        <v>74</v>
+        <v>249</v>
       </c>
       <c r="C36" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="D36" t="s">
-        <v>37</v>
+        <v>179</v>
       </c>
       <c r="E36" t="s">
-        <v>28</v>
+        <v>46</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G36">
+        <v>33</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
         <v>2014</v>
       </c>
-      <c r="H36"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I36"/>
       <c r="J36" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
       <c r="M36" t="s">
-        <v>23</v>
+        <v>250</v>
       </c>
       <c r="N36" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>251</v>
+      </c>
+      <c r="P36" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>180</v>
+        <v>253</v>
       </c>
       <c r="B37" t="s">
-        <v>181</v>
+        <v>254</v>
       </c>
       <c r="C37" t="s">
-        <v>27</v>
+        <v>255</v>
       </c>
       <c r="D37" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E37" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G37">
+        <v>82</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
         <v>2017</v>
       </c>
-      <c r="H37"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I37"/>
       <c r="J37" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37"/>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>257</v>
       </c>
       <c r="N37" t="s">
-        <v>184</v>
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>258</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>