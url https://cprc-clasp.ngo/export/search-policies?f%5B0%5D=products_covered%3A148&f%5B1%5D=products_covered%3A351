--- v0 (2025-11-28)
+++ v1 (2026-03-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -825,50 +825,53 @@
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4128-domestic-centrifugal-water-pumps</t>
   </si>
   <si>
     <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4128_02.pdf</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
     <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
   </si>
   <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
     <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
   </si>
   <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
     <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
     <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
   </si>
   <si>
     <t>Thai Green Label Scheme - Building Materials: Thermal Insulation TGL-14-R1-11</t>
   </si>
   <si>
     <t>These criteria shall apply to thermal insulation, including glass wool and foam plastic insulation for use in office, residential, commercial, and industrial buildings.</t>
   </si>
   <si>
     <t>TIS 486</t>
   </si>
   <si>
     <t>Thailand Environment Institute (TEI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/thai-green-label-scheme-building-materials-thermal-insulation-tgl-14-r1-11</t>
   </si>
@@ -3181,268 +3184,268 @@
       </c>
       <c r="P39" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>268</v>
       </c>
       <c r="B40" t="s">
         <v>269</v>
       </c>
       <c r="C40" t="s">
         <v>220</v>
       </c>
       <c r="D40" t="s">
         <v>32</v>
       </c>
       <c r="E40" t="s">
         <v>20</v>
       </c>
       <c r="F40" t="s">
         <v>95</v>
       </c>
       <c r="G40" t="s">
-        <v>58</v>
+        <v>270</v>
       </c>
       <c r="H40">
         <v>1994</v>
       </c>
       <c r="I40">
         <v>2014</v>
       </c>
       <c r="J40" t="s">
         <v>188</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M40" t="s">
         <v>222</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="P40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C41" t="s">
         <v>110</v>
       </c>
       <c r="D41" t="s">
         <v>57</v>
       </c>
       <c r="E41" t="s">
         <v>47</v>
       </c>
       <c r="F41" t="s">
         <v>48</v>
       </c>
       <c r="G41" t="s">
         <v>22</v>
       </c>
       <c r="H41">
         <v>1997</v>
       </c>
       <c r="I41">
         <v>2011</v>
       </c>
       <c r="J41" t="s">
         <v>210</v>
       </c>
       <c r="K41" t="s">
         <v>50</v>
       </c>
       <c r="L41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="P41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
         <v>110</v>
       </c>
       <c r="D42" t="s">
         <v>32</v>
       </c>
       <c r="E42" t="s">
         <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>48</v>
       </c>
       <c r="G42" t="s">
         <v>22</v>
       </c>
       <c r="H42">
         <v>2014</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
         <v>210</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="M42" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="P42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C43" t="s">
         <v>110</v>
       </c>
       <c r="D43" t="s">
         <v>215</v>
       </c>
       <c r="E43" t="s">
         <v>47</v>
       </c>
       <c r="F43" t="s">
         <v>33</v>
       </c>
       <c r="G43" t="s">
         <v>22</v>
       </c>
       <c r="H43">
         <v>2014</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
         <v>169</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="P43" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B44" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C44" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D44" t="s">
         <v>32</v>
       </c>
       <c r="E44" t="s">
         <v>20</v>
       </c>
       <c r="F44" t="s">
         <v>95</v>
       </c>
       <c r="G44" t="s">
         <v>22</v>
       </c>
       <c r="H44">
         <v>2017</v>
       </c>
       <c r="I44"/>
       <c r="J44" t="s">
         <v>118</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44"/>
       <c r="M44" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="P44" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">