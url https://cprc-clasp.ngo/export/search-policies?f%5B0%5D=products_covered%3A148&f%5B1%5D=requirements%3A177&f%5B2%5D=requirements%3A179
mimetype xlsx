--- v0 (2025-10-12)
+++ v1 (2026-03-05)
@@ -12,413 +12,534 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BNS 5: Part 8: 2013 Labelling – Energy labelling of household appliances and products - Requirements</t>
   </si>
   <si>
+    <t>This standard Specifies the terms and conditions under which major household appliances shall be labelled. It identifies the information which consumers shall receive on the energy label of major household appliances.</t>
+  </si>
+  <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Televisions, DVD|Blu-Ray Players, Ovens, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washing Machines, Directional Lamps, 3-Phase Motors, Portable Fans, Room ACs - Stationary ACs, Evaporative Coolers, Storage Water Heaters, Pumps Other, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Trade, Energy Division</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/bns-5-part-8-2013-labelling-energy-labelling-household-appliances-and-products</t>
   </si>
   <si>
+    <t>https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf , http://www.oas.org/en/sedi/dsd/Energy/03_CROSQ_Fulgence_StPrix.pdf----https://commerce.gov.bb/wp-content/uploads/2020/08/BNSI-Standards-Catalogue-2020-.pdf</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 547/2012 of 25 June 2012 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for water pumps</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02012R0547-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of rotodynamic water pumps for pumping clean water; including where integrated in other products.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/commission-regulation-eu-no-5472012-25-june-2012-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2012/547/contents</t>
+  </si>
+  <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/draft-meps-water-pumps</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>GB 19762-2007 Minimum allowable values of energy efficiency and evaluating values of energy conservation of centrifugal pump for fresh water</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction clear water centrifugal pumps, single stage double suction clear water centrifugal pumps, and multiple stage clear water centrifugal pumps. This standard does not apply to other types of pumps.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB 19762-2007 GB/T 3216 GB/T 5657 GB/T 7021 GB/T 13006</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19762-2007-minimum-allowable-values-energy-efficiency-and-evaluating-values-energy</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D78826D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32031-2015 Minimum allowable values of energy efficiency and energy efficiency grades for waste submersible motor-pumps</t>
   </si>
   <si>
+    <t>This policy applies to single-phase or three-phase waste submersible motor-pumps that are used for carrying sewage or mixed liquid that contains sediment, fabrics, feces, and river sludge.</t>
+  </si>
+  <si>
     <t>GB/T 2828.1; GB/T 2829; GB/T 12785-2014; GB/T 24674</t>
   </si>
   <si>
     <t>The Standardisation Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32031-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80932D3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 32284-2015 Minimum allowable values of energy efficiency and energy efficiency grades for petrochemical centrifugal pumps</t>
   </si>
   <si>
+    <t>Applies only to single stage single suction centrifugal pumps with shrouded -maximum- impeller which are used to transport clean liquid</t>
+  </si>
+  <si>
     <t>GB/T 3215; GB/T 3216; GB/T 5656; GB/T 7021; GB/T 13006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-32284-2015-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=71F772D80EEBD3A7E05397BE0A0AB82A</t>
+  </si>
+  <si>
     <t>GB 37483-2019 Minimum allowable values of energy efficiency and energy efficiency grades for rotary aerator in wastewater treatment</t>
   </si>
   <si>
+    <t>This policy covers rotary aerators in wastewater treatment.</t>
+  </si>
+  <si>
     <t>May 2021</t>
   </si>
   <si>
     <t>GB 18613; JB/T 12579</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37483-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB60E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>GB 37485-2019 Minimum allowable values of energy efficiency and energy efficiency grades for submersible mixers of wastewater</t>
   </si>
   <si>
+    <t>This policy covers submersible mixers of wastewater.</t>
+  </si>
+  <si>
     <t>GB 18163; GB/T 33566</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-37485-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=86000D0C5CB90E10E05397BE0A0A5BBB</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 319 of 23 July 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for pumps.
+It covers closed, open and semi-open rotor pumps, self-aspiring centrifugal pumps, multi-stage pumps with horizontal or vertical axis, up to 25 HP for three-phase monoblock centrifugal pumps, and up to 15 HP for single phase monoblock centrifugal pumps.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ISO 9906:2012 / ABNT NBR 17094-1:2018 / ABNT NBR 17094-2:2018</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-319-23-july-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/en/web/dou/-/portaria-n-319-de-23-de-julho-de-2021-334087813</t>
+  </si>
+  <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2025, Energy efficiency for motor pumps and motor pumps for pumping clean water, with capacities from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
   </si>
   <si>
+    <t>This standard establishes the maximum Pump Energy Index (PEI) that motor-pump and motor-pump assemblies must meet for clean water handling. It applies to the motor pump and motor pump assembly, which use single-phase squirrel-cage induction motors, for handling clean water in powers from 0.149 kW (1/5 HP) to 1.492 kW (2 HP).</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>September 2025</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-004-ener-2025-energy-efficiency-motor-pumps-and-motor-pumps-pumping-clean-water</t>
   </si>
   <si>
+    <t>https://www.dof.gob.mx/normasOficiales/9501/sener/sener.html</t>
+  </si>
+  <si>
     <t>NOM-006-ENER-2015, Electromechanical Energy Efficiency in Deep-Well Pumping Systems in Operation</t>
   </si>
   <si>
+    <t>This standard establishes the minimum energy efficiency values ​​that deep-well pumping systems installed in the field. It applies to vertical turbine-type pumps with external electric motors and submersible pumps, used for pumping water from deep wells, in the power range of 5.5 - 261 kW (7.5 - 350 hp).</t>
+  </si>
+  <si>
     <t>Agricultural Pumps, Pumps Other</t>
   </si>
   <si>
     <t>ANSI/HI 14.6-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-006-ener-2015-electromechanical-energy-efficiency-deep-well-pumping-systems-operation</t>
   </si>
   <si>
+    <t>https://dof.gob.mx/nota_detalle.php?codigo=5393140&amp;fecha=21/05/2015#gsc.tab=0</t>
+  </si>
+  <si>
     <t>NOM-010-ENER-2004</t>
   </si>
   <si>
+    <t>Standard NOM-010-ENER-2004 applies to submersible deep well type clean water motor pumps operated by a submersible three-phase electric motor. The standard does not apply to sewage and mud pumps.</t>
+  </si>
+  <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/nom-010-ener-2004</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=2033456&amp;fecha=18/04/2005</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Standard NOM-001-ENER-2014 - Pumps</t>
   </si>
   <si>
+    <t>Standard NOM-001-ENER-2014 applies to vertical turbine pumps with external vertical electric motor for pumping clean water as specified in the standard.</t>
+  </si>
+  <si>
     <t>NOM-008-SCFI-2002 / NOM-016-ENER-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-001-ener-2014-pumps</t>
   </si>
   <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5355493&amp;fecha=06/08/2014</t>
+  </si>
+  <si>
     <t>Standard NOM-004-ENER-2014 - Domestic Water Pumps</t>
   </si>
   <si>
+    <t>This policy covers labeling and minimum efficiency requirements for residential water pumps and residential water motor pumps (using single-phase squirrel-cage induction motors), respectively, and the test methods for verifying compliance therewith. Standard NOM-004-ENER-2014 applies to clean-water pumps and motor pumps with a power rating of 0.187 kW to 0.746 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>NOM-004-ENER-2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-004-ener-2014-domestic-water-pumps</t>
   </si>
   <si>
+    <t>http://dof.gob.mx/nota_detalle.php?codigo=5361894&amp;fecha=30/09/2014</t>
+  </si>
+  <si>
     <t>UAE.S 5010-7: 2017 – Labeling – Energy Efficiency Label for Electrical Appliances - Part: 7 Minimum Energy Efficiency Limits for Rotodynamic Water Pumps.</t>
   </si>
   <si>
+    <t>This standard covers brand new rotodynamic water pumps for pumping clean water, including where integrated in other products.</t>
+  </si>
+  <si>
     <t>United Arab Emirates</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>Emirates Authority For Standardization &amp; Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/uaes-5010-7-2017-labeling-energy-efficiency-label-electrical-appliances-part-7-minimum</t>
+  </si>
+  <si>
+    <t>https://etrans.esma.gov.ae/english/purchase-standards/pages/standards-listing.aspx?categorytype=1&amp;categoryid=2361a709-8375-e511-9402-005056b81473&amp;legalstatus=2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -682,913 +803,1030 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N19"/>
+  <dimension ref="A1:P19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="224" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="144" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="432.894" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="144.965" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2012</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>35</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>33</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2012</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>50</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>33</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2011</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>60</v>
+      </c>
+      <c r="O6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7">
+        <v>2005</v>
+      </c>
+      <c r="I7">
+        <v>2016</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>66</v>
+      </c>
+      <c r="N7" t="s">
+        <v>60</v>
+      </c>
+      <c r="O7" t="s">
+        <v>67</v>
+      </c>
+      <c r="P7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8">
+        <v>2005</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>60</v>
+      </c>
+      <c r="O8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P8" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2020</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>76</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" t="s">
+        <v>66</v>
+      </c>
+      <c r="N9" t="s">
+        <v>60</v>
+      </c>
+      <c r="O9" t="s">
+        <v>78</v>
+      </c>
+      <c r="P9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>33</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2020</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>82</v>
+      </c>
+      <c r="M10" t="s">
+        <v>66</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>83</v>
+      </c>
+      <c r="P10" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>85</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G11" t="s">
+        <v>56</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2021</v>
+      </c>
+      <c r="J11" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" t="s">
         <v>24</v>
       </c>
+      <c r="L11" t="s">
+        <v>89</v>
+      </c>
+      <c r="M11" t="s">
+        <v>90</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>91</v>
+      </c>
+      <c r="P11" t="s">
+        <v>92</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...43 lines deleted...]
-      <c r="B4" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>93</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
         <v>32</v>
       </c>
-      <c r="C4" t="s">
-[...99 lines deleted...]
-      <c r="K6" t="s">
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>47</v>
       </c>
-      <c r="L6" t="s">
-[...84 lines deleted...]
-      <c r="K8" t="s">
+      <c r="G12" t="s">
         <v>56</v>
-      </c>
-[...158 lines deleted...]
-        <v>2002</v>
       </c>
       <c r="H12">
         <v>2002</v>
       </c>
-      <c r="I12" t="s">
-        <v>73</v>
+      <c r="I12">
+        <v>2002</v>
       </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>96</v>
       </c>
       <c r="K12" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>75</v>
+        <v>97</v>
       </c>
       <c r="M12" t="s">
-        <v>49</v>
+        <v>98</v>
       </c>
       <c r="N12" t="s">
-        <v>76</v>
+        <v>60</v>
+      </c>
+      <c r="O12" t="s">
+        <v>99</v>
+      </c>
+      <c r="P12" t="s">
+        <v>100</v>
       </c>
     </row>
-    <row r="13" spans="1:14">
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="B13" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G13">
+        <v>33</v>
+      </c>
+      <c r="G13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13">
         <v>2014</v>
       </c>
-      <c r="H13">
+      <c r="I13">
         <v>2025</v>
       </c>
-      <c r="I13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
       <c r="N13" t="s">
-        <v>81</v>
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>106</v>
+      </c>
+      <c r="P13" t="s">
+        <v>107</v>
       </c>
     </row>
-    <row r="14" spans="1:14">
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>108</v>
       </c>
       <c r="B14" t="s">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
-        <v>83</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E14" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>33</v>
+      </c>
+      <c r="G14" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14">
         <v>2004</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2015</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>21</v>
+        <v>104</v>
       </c>
       <c r="K14" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
       <c r="N14" t="s">
-        <v>85</v>
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>112</v>
+      </c>
+      <c r="P14" t="s">
+        <v>113</v>
       </c>
     </row>
-    <row r="15" spans="1:14">
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>115</v>
       </c>
       <c r="C15" t="s">
-        <v>27</v>
+        <v>103</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>33</v>
+      </c>
+      <c r="G15" t="s">
+        <v>56</v>
+      </c>
+      <c r="H15">
         <v>1996</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2005</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="K15" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>105</v>
       </c>
       <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>117</v>
+      </c>
+      <c r="P15" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C16" t="s">
+        <v>121</v>
+      </c>
+      <c r="D16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>47</v>
+      </c>
+      <c r="G16" t="s">
+        <v>56</v>
+      </c>
+      <c r="H16">
+        <v>2017</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>123</v>
+      </c>
+      <c r="K16" t="s">
+        <v>124</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>60</v>
+      </c>
+      <c r="O16" t="s">
+        <v>127</v>
+      </c>
+      <c r="P16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>103</v>
+      </c>
+      <c r="D17" t="s">
+        <v>32</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>33</v>
+      </c>
+      <c r="G17" t="s">
+        <v>56</v>
+      </c>
+      <c r="H17">
+        <v>2000</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
         <v>88</v>
       </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>131</v>
+      </c>
+      <c r="M17" t="s">
+        <v>105</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>132</v>
+      </c>
+      <c r="P17" t="s">
+        <v>133</v>
+      </c>
     </row>
-    <row r="16" spans="1:14">
-[...18 lines deleted...]
-      <c r="G16">
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>134</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>103</v>
+      </c>
+      <c r="D18" t="s">
+        <v>32</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>47</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18">
+        <v>1994</v>
+      </c>
+      <c r="I18">
+        <v>2014</v>
+      </c>
+      <c r="J18" t="s">
+        <v>88</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>137</v>
+      </c>
+      <c r="M18" t="s">
+        <v>105</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>138</v>
+      </c>
+      <c r="P18" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>140</v>
+      </c>
+      <c r="B19" t="s">
+        <v>141</v>
+      </c>
+      <c r="C19" t="s">
+        <v>142</v>
+      </c>
+      <c r="D19" t="s">
+        <v>32</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>47</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
         <v>2017</v>
       </c>
-      <c r="H16">
-[...134 lines deleted...]
-      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="N19" t="s">
-        <v>107</v>
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>145</v>
+      </c>
+      <c r="P19" t="s">
+        <v>146</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>