--- v0 (2025-10-12)
+++ v1 (2026-03-13)
@@ -12,375 +12,448 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>10 CFR 430—Energy Conservation Program for Consumer Products</t>
   </si>
   <si>
+    <t>Conventional cooking top means a class of cooking products which is a household cooking appliance consisting of a horizontal surface containing one or more surface units which utilize a gas flame; electric resistance heating; or electric inductive heating.</t>
+  </si>
+  <si>
     <t>United States of America*</t>
   </si>
   <si>
     <t>Electronics, Uninterruptable Power Supply, Battery Chargers, External Power Supply, Dehumidifiers, Air Cleaners, Ovens, Microwaves, Dishwashers, Clothes Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Fluorescent and HID Lighting, Ceiling Fans, Duct Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Central ACs, Pool Heaters, Instantaneous Water Heaters, Storage Water Heaters, Showers or Showerheads, Urinals, Taps or Faucets, Distribution Transformers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2024</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>U.S. Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-430-energy-conservation-program-consumer-products</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-430</t>
+  </si>
+  <si>
     <t>10 CFR 431—Energy Efficiency Program For Certain Commercial And Industrial Equipment</t>
   </si>
   <si>
+    <t>Commercial warm air furnace means a warm air furnace that is industrial equipment and that has a capacity -rated maximum input- of 225000 Btu per hour or more.  A warm air furnace is defined as a self-contained oil-fired or gas-fired furnace designed to supply heated air through ducts to spaces that require it and includes combination warm air furnace or electric air conditioning units but does not include unit heaters and duct furnaces.</t>
+  </si>
+  <si>
     <t>Washing Machines, Streetlighting, Air Compressors, 3-Phase Motors, 1-Phase Motors, Heat Pumps, Boilers and Furnaces, Portable ACs, Packaged Terminals, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Building Circulator Pumps, Pump Systems, Pool Pumps, Power Transformers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>10 CFR 431 and product-specific Subparts</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/10-cfr-431-energy-efficiency-program-certain-commercial-and-industrial-equipment</t>
   </si>
   <si>
+    <t>https://www.ecfr.gov/current/title-10/chapter-II/subchapter-D/part-431</t>
+  </si>
+  <si>
     <t>CEL-019. Air Compressor -Displacement Air Compressor</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered under this policy: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>July 2021</t>
   </si>
   <si>
     <t>GB-T 3853-1998</t>
   </si>
   <si>
     <t>National Development and Reform Commission (NDRC); and State Administration for…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/cel-019-air-compressor-displacement-air-compressor</t>
   </si>
   <si>
+    <t>https://www.energylabelrecord.com/userfiles/2/files/cms/article/2017/04/6%E9%99%84%E4%BB%B621_%E5%AE%B9%E7%A7%AF%E5%BC%8F%E7%A9%BA%E6%B0%94%E5%8E%8B%E7%BC%A9%E6%9C%BA%E8%83%BD%E6%BA%90%E6%95%88%E7%8E%87%E6%A0%87%E8%AF%86%E5%AE%9E%E6%96%BD%E8%A7%84%E5%88%99.pdf</t>
+  </si>
+  <si>
     <t>Decision No. 14/2023/QD-TTg: Lists of Low-Efficiency Equipment Subject to Elimination and Low-Efficiency Generating Sets Banned from Development and Application Roadmaps</t>
   </si>
   <si>
+    <t>This Decision regulates the list of products that have mandatory Minimum Energy Performance Standards (MEPS) that must be met before being imported to Vietnam. Devices such as LED lamps, infrared hobs, induction hobs, refrigerators, refrigerator-freezers and freezers, storage water heaters, non-ducted air conditioners, television sets, notebook computers, desktop computers, LED road and street lighting luminaries, and industrial boilers should comply with the most recent standards beginning April 1, 2025. The Decision comes into force on July 15, 2023, and Decision No. 24/2018/QD-TTg will expire at such time.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Computers, Imaging Equipment, Televisions, Displays, Induction Cookstoves or Hobs, Rice Cookers, Electric Kettles, Cooktops or Hobs, Washing Machines, Indoor Luminaires, Streetlighting, Tubular Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, Ceiling Fans, Portable Fans, Room ACs - Stationary ACs, Storage Water Heaters, Distribution Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/decision-no-142023qd-ttg-lists-low-efficiency-equipment-subject-elimination-and-low</t>
   </si>
   <si>
+    <t>https://vanban.chinhphu.vn/?pageid=27160&amp;docid=207954</t>
+  </si>
+  <si>
     <t>Energy Efficiency Regulations, 2016 (SOR/2016-311)</t>
   </si>
   <si>
+    <t>This policy is divided into 14 divisions: 1) household appliances, 2) air conditioners, condensing units, and chillers, 3) heat pumps, 4) furnaces, fireplaces, unit heaters, and recovery ventilators, 5) boilers, 6) water heaters, 7) lamps and lamp ballasts, 8) lighting fixtures, 9) electronic products, 10) commercial refrigeration, 11) dry-type transformers, 12) motors, 13) commercial pre-rinse spray valves, and 14) pumps.</t>
+  </si>
+  <si>
     <t>Canada</t>
   </si>
   <si>
     <t>Audio-Visual, Televisions, Displays, Battery Chargers, External Power Supply, Dehumidifiers, Ovens, Microwaves, Dishwashers, Cooktops or Hobs, Clothes Dryers, Washer and Dryers, Washing Machines, Indoor Luminaires, Specialty Luminaires, Specialty Lamps, Non-Directional lamps, Fluorescent and HID Lighting, 3-Phase Motors, 1-Phase Motors, Ventilation, Ceiling Fans, Space Heating, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Portable ACs, Packaged Terminals, Chillers - Cooler Towers, Central ACs, Instantaneous Water Heaters, Storage Water Heaters, Pump Systems, Power Transformers, Distribution Transformers, Wine Chillers, Walk-In Coolers and Freezers, Refrigerators-Freezers, Refrigerated Vending Machines, Ice Machines, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Natural Resources Canada Office of Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/energy-efficiency-regulations-2016-sor2016-311</t>
   </si>
   <si>
+    <t>https://laws-lois.justice.gc.ca/eng/regulations/SOR-2016-311/index.html</t>
+  </si>
+  <si>
     <t>GB 19153-2019 Minimum Allowable Values of Energy Efficiency and Energy Efficiency Grades for Displacement Air Compressors</t>
   </si>
   <si>
+    <t>The following types of air compressors are covered: Direct drive portable reciprocating piston air compressors; Reciprocating piston micro air compressors; Oil-free reciprocating piston air compressors; Stationary reciprocating piston air compressors for general use; Oil injected screw air compressors for general use; Oil injected single screw air compressors for general use, and Oil flooded sliding vane air compressor for general use.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>GB/T 3853; GB/T 4975; GB/T 13279; GB/T 13928; GB/T26967; JB/T 4253; JB/T 6430; JB/T 7662; JB/T 8933; JB/T 8934; JB/T 9107; JB/T 10972; JB/T 11423; JB/T 13345</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gb-19153-2019-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades</t>
   </si>
   <si>
+    <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94001A80CE05397BE0A0A84AC</t>
+  </si>
+  <si>
     <t>GB/T45785—2025 Evaluation of Energy Performance for Compressed Air Stations</t>
   </si>
   <si>
-    <t>Asia and Pacific, China</t>
+    <t>This voluntary standard applies to compressed air stations consisting of air compressors driven by electric motors, with discharge pressures ranging from 0.25 MPa to 1.6 MPa, an air supply flow rate of no less than 4 m³/min, and a total operating power of no less than 37 kW.</t>
   </si>
   <si>
     <t>Voluntary</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
+    <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
+  </si>
+  <si>
     <t>Inmetro Ordinance No. 382 of 17 September 2021</t>
   </si>
   <si>
+    <t>This labeling policy specifies quality and conformity assessment requirements for distribution transformers in insulating liquid.</t>
+  </si>
+  <si>
     <t>Brazil</t>
   </si>
   <si>
     <t>Distribution Transformers</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>ABNT NBR ISO/IEC 17025</t>
   </si>
   <si>
     <t>National Institute of Metrology, Quality, and Technology (INMETRO)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/inmetro-ordinance-no-382-17-september-2021</t>
   </si>
   <si>
+    <t>https://www.in.gov.br/web/dou/-/portaria-n-382-de-17-de-setembro-de-2021-346341931</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Distribution Transformers (MEPS)</t>
   </si>
   <si>
+    <t>This regulation applies to all distribution power transformers that are manufactured in, or imported into the country/region, and are either sold, installed, or put into service as standalone equipment or as a component of a system, and which meet the following criteria:</t>
+  </si>
+  <si>
     <t>Botswana</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Botswana Energy Regulatory Authority (BERA)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/minimum-energy-performance-standards-distribution-transformers-meps</t>
   </si>
   <si>
     <t>Sello FIDE No. 4142 - Screw Type Air Compressors</t>
   </si>
   <si>
+    <t>This endorsement label establishes specifications for screw type air compressors with or without integrated dryer, using AC electric motors from 2.24kW (3HP) to 447.60kW (600HP), with a supply rated voltage of 208-230/460V and a frequency of 60Hz.</t>
+  </si>
+  <si>
     <t>Mexico</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>CAGI/PNEUROP PN2CPTC2</t>
   </si>
   <si>
     <t>Fideicomiso para el Ahorro de Energía Eléctrica (FIDE) - Trust for Saving Elect…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/sello-fide-no-4142-screw-type-air-compressors</t>
   </si>
   <si>
+    <t>https://www.fide.org.mx/wp-content/uploads/sello-fide/especificaciones/esp4142_1.pdf</t>
+  </si>
+  <si>
     <t>Standard NOM-002-SEDE/ENER-2014 - Distribution Transformers</t>
   </si>
   <si>
+    <t>This standard establishes requirements for safety and energy-efficiency for distribution transformers (liquid-immersed units).</t>
+  </si>
+  <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>NMX-J-169-ANCE-2004</t>
   </si>
   <si>
     <t>Comision Nacional para el Uso Eficiente de la Energia (CONUEE, National Commiss…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/policies/standard-nom-002-sedeener-2014-distribution-transformers</t>
+  </si>
+  <si>
+    <t>http://www.dof.gob.mx/nota_detalle.php?codigo=5358207&amp;fecha=29/08/2014</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -644,663 +717,740 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="200" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="139" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="200.38" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="727.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="891.782" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="186.24" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="139.109" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="307.782" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1990</v>
+      </c>
+      <c r="I2">
+        <v>2016</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2023</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>36</v>
+      </c>
+      <c r="O3" t="s">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>43</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
+        <v>44</v>
+      </c>
+      <c r="K4" t="s">
+        <v>34</v>
+      </c>
+      <c r="L4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>47</v>
+      </c>
+      <c r="P4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2011</v>
+      </c>
+      <c r="I5">
+        <v>2023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K5" t="s">
+        <v>34</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>55</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>56</v>
+      </c>
+      <c r="P5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2016</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>63</v>
+      </c>
+      <c r="K6" t="s">
+        <v>64</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>65</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H7">
+        <v>2009</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K7" t="s">
+        <v>34</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" t="s">
+        <v>36</v>
+      </c>
+      <c r="O7" t="s">
+        <v>72</v>
+      </c>
+      <c r="P7" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" t="s">
+        <v>75</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>76</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>77</v>
+      </c>
+      <c r="H8">
+        <v>2025</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>78</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>80</v>
+      </c>
+      <c r="N8" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...30 lines deleted...]
-        <v>32</v>
+      <c r="O8" t="s">
+        <v>81</v>
+      </c>
+      <c r="P8" t="s">
+        <v>82</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...3 lines deleted...]
-      <c r="B4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>84</v>
+      </c>
+      <c r="C9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D9" t="s">
+        <v>86</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>87</v>
+      </c>
+      <c r="K9" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>89</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>90</v>
+      </c>
+      <c r="P9" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>93</v>
+      </c>
+      <c r="D10" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>94</v>
+      </c>
+      <c r="H10">
+        <v>2021</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>63</v>
+      </c>
+      <c r="K10" t="s">
+        <v>34</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>95</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>96</v>
+      </c>
+      <c r="P10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>101</v>
+      </c>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>34</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>102</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>103</v>
+      </c>
+      <c r="P11"/>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>104</v>
+      </c>
+      <c r="B12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C12" t="s">
+        <v>106</v>
+      </c>
+      <c r="D12" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>107</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" t="s">
+        <v>108</v>
+      </c>
+      <c r="M12" t="s">
+        <v>109</v>
+      </c>
+      <c r="N12" t="s">
         <v>36</v>
       </c>
-      <c r="F4" t="s">
-[...24 lines deleted...]
-        <v>40</v>
+      <c r="O12" t="s">
+        <v>110</v>
+      </c>
+      <c r="P12" t="s">
+        <v>111</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...87 lines deleted...]
-      <c r="B7" t="s">
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B13" t="s">
+        <v>113</v>
+      </c>
+      <c r="C13" t="s">
+        <v>106</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1997</v>
+      </c>
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>114</v>
+      </c>
+      <c r="K13" t="s">
         <v>34</v>
       </c>
-      <c r="C7" t="s">
-[...277 lines deleted...]
-      </c>
       <c r="L13" t="s">
-        <v>93</v>
+        <v>115</v>
       </c>
       <c r="M13" t="s">
-        <v>24</v>
+        <v>116</v>
       </c>
       <c r="N13" t="s">
-        <v>94</v>
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>117</v>
+      </c>
+      <c r="P13" t="s">
+        <v>118</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>